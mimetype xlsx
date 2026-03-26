--- v0 (2025-10-26)
+++ v1 (2026-03-26)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
-  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portal.collab.admin.ch/sites/805-tech/Freigegebene Dokumente/Interne Zusammenarbeit/Finanzbeiblatt/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E2B361F-647D-4FA7-821C-863F6D5389A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="+y5IF+BXwHDG66xx6cCG3yZNSmf2I2+yRz1JCnPmhV6cFQtDYQ3IbTwUFw8zLLn/QnbyCe/Md+iDMXsZm0lnbQ==" workbookSaltValue="HACmP5cwkm9LmpUSQq432Q==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:20000001_{010E62C2-66D5-4CAE-9E2E-CFD17ED88B46}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="j4UuZL1FjJ/emUsJlsz2QgkPe1UzpyKWDWpVYVfYUEOlkfYTiGwzaqmIEZLVMeQo4YVtfCV+3EQ3FPWmr3AGMQ==" workbookSaltValue="kD5APFCSSJfHQ81uVw0TZg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="705" activeTab="1" xr2:uid="{204416A4-42F1-49F4-890F-F0F095467538}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="705" activeTab="1" xr2:uid="{204416A4-42F1-49F4-890F-F0F095467538}"/>
   </bookViews>
   <sheets>
     <sheet name="(0) Aide au remplissage " sheetId="23" r:id="rId1"/>
     <sheet name="(1) Vue d'ensemble" sheetId="1" r:id="rId2"/>
     <sheet name="(2) Coûts d'investissement" sheetId="15" r:id="rId3"/>
     <sheet name="(3) Coûts d'exploitation" sheetId="22" r:id="rId4"/>
     <sheet name="(4) Financement &amp; aide fin." sheetId="7" r:id="rId5"/>
     <sheet name="Diskontierung" sheetId="20" state="hidden" r:id="rId6"/>
     <sheet name="Legende" sheetId="17" state="hidden" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'(2) Coûts d''investissement'!$B$10:$K$51</definedName>
     <definedName name="Betriebskosten">Legende!$B$1:$B$8</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'(0) Aide au remplissage '!$A$1:$D$10</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'(1) Vue d''ensemble'!$A$4:$Q$65</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'(2) Coûts d''investissement'!$A$1:$L$86</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'(3) Coûts d''exploitation'!$A$1:$L$89</definedName>
     <definedName name="Investitionskosten">Legende!$A$1:$A$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -714,51 +714,51 @@
     <author>tc={9D0259B2-0EDD-4EA9-BCDC-AF8061DB6492}</author>
   </authors>
   <commentList>
     <comment ref="H59" authorId="0" shapeId="0" xr:uid="{9E490E36-D479-42F4-BAE4-2CDEB45A1FA7}">
       <text>
         <t>[Kommentarthread]
 Ihre Version von Excel gestattet Ihnen das Lesen dieses Kommentarthreads. Jegliche Bearbeitungen daran werden jedoch entfernt, wenn die Datei in einer neueren Version von Excel geöffnet wird. Weitere Informationen: https://go.microsoft.com/fwlink/?linkid=870924.
 Kommentar:
     Ich finde das einen guten, weil sehr kompakten Ansatz. Das Problem könnte darin liegen, dass diese Liste ja sehr detailliert ist (weil auf die Massnahme zugeschnitten) und es deshalb vielleicht schwierig ist, die richtigen Positionen für die konventionelle Anlage zu finden. Je nach dem sieht diese Liste ja ganz anders aus (andere Geräte und Aktivitäten). Evtl. könnte man sonst den Hinweis anbringen, dass man für die konventionelle Anlage eigene Zeilen ausfüllen kann, die dann nur in Spalten H/I, nicht aber in E/F ausgefüllt werden.
 Und wo werden dann die Informationen zu dieser konventionellen Anlage geliefert? Wir möchten doch wissen, was genau die Referenz ist, was nur von einer Stückliste womöglich nicht erkennbar ist. Das ist u.a. auch wichtig, um die deklarierten Mehrkosten plausibilisieren zu können.</t>
       </text>
     </comment>
     <comment ref="K59" authorId="1" shapeId="0" xr:uid="{9D0259B2-0EDD-4EA9-BCDC-AF8061DB6492}">
       <text>
         <t>[Kommentarthread]
 Ihre Version von Excel gestattet Ihnen das Lesen dieses Kommentarthreads. Jegliche Bearbeitungen daran werden jedoch entfernt, wenn die Datei in einer neueren Version von Excel geöffnet wird. Weitere Informationen: https://go.microsoft.com/fwlink/?linkid=870924.
 Kommentar:
     Pourquoi prendre la valeur absolue?</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="101">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total*</t>
   </si>
   <si>
     <t>Hilfstabelle Diskontierung</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>D-Faktor</t>
   </si>
   <si>
     <t>kumuliert</t>
   </si>
   <si>
     <t>Diskontsatz</t>
   </si>
   <si>
     <t>20xx</t>
   </si>
   <si>
@@ -800,75 +800,63 @@
   <si>
     <t>Coûts imputables:</t>
   </si>
   <si>
     <t>Titre de la mesure:</t>
   </si>
   <si>
     <t>Contribution à l'investissement:</t>
   </si>
   <si>
     <t>(si &gt; 20 Mio. : soit 50% CAPEX  ou Surcoût)</t>
   </si>
   <si>
     <t>Economies/surcoûts</t>
   </si>
   <si>
     <t>Description des coûts avec désignation des lots de travaux</t>
   </si>
   <si>
     <t>Type de coûts</t>
   </si>
   <si>
     <t>Centre de coûts (entreprise)</t>
   </si>
   <si>
-    <t>Prix unitaire* [CHF] ou Taux horaire* [CHF/h]</t>
-[...1 lines deleted...]
-  <si>
     <t>Nombre ou charge de travail [h]</t>
   </si>
   <si>
     <t>Coûts [CHF]</t>
   </si>
   <si>
-    <t>* charges internes en gén. TVA exclus, approvisionnements externes (Matériels / services) TVA inclus</t>
-[...1 lines deleted...]
-  <si>
     <t>Economies / Surcoûts</t>
-  </si>
-[...1 lines deleted...]
-    <t>Coûts d'exploitation de la mesure innovante</t>
   </si>
   <si>
     <t>Coûts de la mesure innovante</t>
   </si>
   <si>
     <t>Coûts investissement de la mesure innovante</t>
-  </si>
-[...1 lines deleted...]
-    <t>Prix unitaire* [CHF], Taux horaire* [CHF/h] ou Coûts Energie [CHF/MWh]</t>
   </si>
   <si>
     <t>Nombre [Nbr/a], Charge de travail [h/a] ou Energie [MWh/a]</t>
   </si>
   <si>
     <t>Coûts internes</t>
   </si>
   <si>
     <t>Coûts externes</t>
   </si>
   <si>
     <t>Total sur 7 ans</t>
   </si>
   <si>
     <t>sur 7 ans</t>
   </si>
   <si>
     <t>par an</t>
   </si>
   <si>
     <t>(La répartition temporelle est purement informative et peut vous aider à la définition d'objectifs intermédiaires)</t>
   </si>
   <si>
     <t>Durée de la mise en oeuvre de la mesure</t>
   </si>
@@ -882,212 +870,54 @@
     <t>Contributions à l'investissement demandées à l'OFEN**</t>
   </si>
   <si>
     <t>Fonds propres des requérants</t>
   </si>
   <si>
     <t>Répartition dans le temps des coûts d'exploitation selon les partenaires du projet</t>
   </si>
   <si>
     <t>Fonds de tiers (indiquez la source)</t>
   </si>
   <si>
     <t>* Le total doit correspondre à la somme des coûts internes et externes du projet (dossiers «Coûts d'investissement» et «Coûts d'exploitation»)</t>
   </si>
   <si>
     <t>** Le paiement final doit représenter au moins 20 % de la contribution totale de l'OFEN (art. 23, al. 2, LSu). 10 % des contributions à l'investissement sont retenus après l'approbation du rapport de mise en œuvre et 
 versés après l'approbation du rapport d'évaluation. Les contributions d'exploitation sont versées annuellement.</t>
   </si>
   <si>
     <t>Contributions à l'exploitation demandées à l'OFEN**</t>
   </si>
   <si>
     <t>Coûts d'investissement de la mesure innovante (CAPEX)</t>
   </si>
   <si>
-    <r>
-[...68 lines deleted...]
-  <si>
     <t>Possibilités des demandes pour la mise oeuvre de la mesure innovante</t>
   </si>
   <si>
     <t>Remplissage des tableaux</t>
-  </si>
-[...86 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Demande de contribution à l'investissement pour : </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>CAPEX</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> de la mesure innovante </t>
     </r>
     <r>
@@ -1304,57 +1134,51 @@
   <si>
     <t>Tableaux à remplir en fonction des différentes possibilités de demande d'aides financières</t>
   </si>
   <si>
     <t>Fonds de tiers</t>
   </si>
   <si>
     <r>
       <t>Pour les entreprises du SEQE:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Gains futurs vraisemblablement réalisés sur 7 ans lors de la vente des droits d'émissions / économies si possibilité de renoncer à acquérir des droits.*
 </t>
     </r>
   </si>
   <si>
     <t>ou</t>
   </si>
   <si>
-    <t>Si seulement des contributions à l'exploitation sont demandées, il n'est pas nécessaire de remplir l'onglet (2) Coûts d'investissement</t>
-[...1 lines deleted...]
-  <si>
     <t>Estimation des coûts d'investissement de l'installation conventionnelle (CAPEX)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estimations des coûts d'exploitation de l'installation conventionnelle.</t>
   </si>
   <si>
     <t>Coûts d'investissement</t>
   </si>
   <si>
     <t>Coûts d'exploitation</t>
   </si>
   <si>
     <t>* Le montant est déduit de l'aide financière. La déduction peut être effectuée au choix sur les contributions à l'investissement ou sur les contributions d'exploitation. Inscrivez les bénéfices/économies correspondants dans la cellule E52 (déduction sur les contributions à l'investissement) ou I52 (déduction sur les contributions d'exploitation).</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Surcoûts / économies (si négatif) de la nouvelle mesure (Δ):
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(Valeur actuelle (taux 5%) sur 7 ans compris)</t>
     </r>
   </si>
   <si>
@@ -1410,140 +1234,50 @@
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">après </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>déduction pour les entreprises du SEQE
 (sous réserve de réductions après évaluation des critères).</t>
     </r>
   </si>
   <si>
     <t>Estimation des coûts investissement d'une installation conventionnelle</t>
   </si>
   <si>
     <t>Etimation des coûts de l'installation conventionnelle</t>
   </si>
   <si>
-    <r>
-[...88 lines deleted...]
-  <si>
     <t>Requérant (le représentant, en cas de regroupement) :</t>
   </si>
   <si>
     <t>Autres requérants (en cas de regroupement d'entreprises) :</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Remplissez les champs marqués en jaune dans l'ensemble du classeur </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>où cela est nécessaire</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
@@ -1577,204 +1311,815 @@
 En cas d'association: Indiquez sous "Autres requérants" tous les réquérants qui, avec le requérant représentant, sont responsables vis-à-vis de l'OFEN de la </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>réussite du projet</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> et auxquels la décision sera adressée.</t>
     </r>
   </si>
   <si>
-    <t>Version: 13.8.2025</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Recettes attendues </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>issues de la vente de certificats volontaires ou attestations nationales / internationales conformément à la loi sur le CO</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> pour les technologies d'émission négatives (hors EHS) ou de garanties d'origine</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Certificat / attestation / garanties d'origine (indiquez la source) </t>
   </si>
   <si>
     <t>(contributions à l'exploitation demandées, les fonds de tiers et les fonds propres et le revenus provenant de la vente d'attestions/certificats d'origine volontaire/garanties d'origine)</t>
   </si>
   <si>
     <t>OPEX:  Répartition dans le temps</t>
   </si>
   <si>
+    <t>Prix unitaire [CHF] ou Taux horaire [CHF/h]</t>
+  </si>
+  <si>
+    <t>Prix unitaire [CHF], Taux horaire [CHF/h] ou Coûts Energie [CHF/MWh]</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Consulter tout d'abord l'onglet (0) Aide au remplissage pour savoir quels tableaux doivent être remplis.
-Indiquez en détail les </t>
+      <t xml:space="preserve">(1) Vue d'ensemble: </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>coûts d'exploitation annuels</t>
+      <t>OUI</t>
     </r>
     <r>
       <rPr>
-        <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> récurrents budgétés pour l'exploitation de la mesure (arrondi: env. 50 CHF).  Les coûts sont à prendre en compte sur 7 ans maximun. Répartissez entre les coûts internes (c.à.d, les heures de travail et les dépenses de personnels internes impliqués dans la mise en oeuvre de la mesure, etc... hors TVA) et les coûts externes (c.à.d., les coûts de l'énergie,  les prestations et  services auprès de fournisseurs externes, etc. TVA comprise). Les positions dont les coûts sont supérieurs à 100'000 CHF sont à justifier par des offres ou des explications détaillées et sourcées. Concernant les taux horaires, les taux habituels du marché, dépendamment de la fonction, sont à utiliser (en général max. 170 CHF/h, les taux supérieurs à cette valeur sont à justifier). 
-Concernant les coûts d'exploitation de la </t>
+      <t xml:space="preserve"> - remplir les cellules en jaune
+(2) Coûts d'investissement : </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>technique conventionnelle</t>
+      <t>OUI</t>
     </r>
     <r>
       <rPr>
-        <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>, veuillez indiquer une estimation des coûts aussi réalistes que possible (justifiée par des explications détaillées et sourcées ou, si possible, par des offres).</t>
+      <t xml:space="preserve"> - seulement le tableau "Coûts d'investissement de la solution innovante" - remplir les cellules en jaune
+(3) Coûts d'exploitation: </t>
     </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>NON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+(4) Financement &amp; aide fin. : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(1) Vue d'ensemble: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune
+(2) Coûts d'investissement : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> seulement le tableau "Coûts d'investissement de la solution innovante" - remplir les cellules en jaune correspondantes
+(3) Coûts d'exploitation: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - Tableaux "Coûts exploitation de la mesure innovante" + "Coûts exploitation de l'installation conventionnelle" - remplir les cellules en jaune
+(4) Financement &amp; aide fin. : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(1) Vue d'ensemble: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune
+(2) Coûts d'investissement : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> -  tableaux "Coûts d'investissement de la solution innovante" + "Coûts investissement installation conventionnelle" - remplir les cellules en jaune
+(3) Coûts d'exploitation: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - Tableaux "Coûts exploitation de la mesure innovante" + "Coûts exploitation de l'installation conventionnelle" - remplir les cellules en jaune
+(4) Financement &amp; aide fin. : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Demande de contribution à l'investissement pour : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>NON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Demande de contribution à l'exploitation : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(1) Vue d'ensemble: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune
+(2) Coûts d'investissement : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>NON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+(3) Coûts d'exploitation: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - Tableaux "Coûts exploitation de la mesure innovante" + "Coûts exploitation de l'installation conventionnelle" - remplir les cellules en jaune
+(4) Financement &amp; aide fin. : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune</t>
+    </r>
+  </si>
+  <si>
+    <t>Désignation des coûts</t>
+  </si>
+  <si>
+    <t>Description des coûts</t>
+  </si>
+  <si>
+    <t>Lots de travaux</t>
+  </si>
+  <si>
+    <r>
+      <t>(1) Vue d'ensemble:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune
+(2) Coûts d'investissement : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> -  tableaux "Coûts d'investissement de la solution innovante" + "Coûts investissement installation conventionnelle" - remplir les cellules en jaune
+(3) Coûts d'exploitation: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>NON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+(4) Financement &amp; aide fin. : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OUI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - remplir les cellules en jaune</t>
+    </r>
+  </si>
+  <si>
+    <t>Version: 23.2.2026</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Consulter tout d'abord l'onglet (0) Aide au remplissage pour savoir quels tableaux doivent être remplis.
 Veuillez indiquer pour toutes les entreprises participantes les </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>coûts détaillés (arrondi: env. 50k CHF) d'investissement</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> budgétisés qui sont nécessaires et appropriés à une mise en oeuvre ciblée et pertinente économiquement de la mesure innovante dans le premier tableau ci-dessous:  coûts de planification capitalisables, coûts d'investissements pour les composants (installations, appareils, consommables, instruments de mesure, etc...), coûts d'installation ( y compris coûts de génie civil directement liés à la mesure), coûts de mise en service (y compris les interruptions justifiées d'exploitation).
-Répartissez les coûts d'investissements entre les coûts internes (c.à.d, les heures de travail et les dépenses de personnels internes impliqués dans la mise en oeuvre de la mesure, hors TVA) et les coûts externes (c.à.d., l'achat des équipements et des services auprès de fournisseurs externes, TVA comprise). Les positions dont les coûts sont supérieurs à 100'000 CHF sont à justifier par des offres ou des explications détaillées et sourcées. Concernant les taux horaires, les taux habituels du marché, dépendant de la fonction, sont à utiliser (en général max. 170 CHF/h, les taux supérieurs à cette valeur sont à justifier). Les investissements et les prestations effectués avant l'éventuelle approbation de la demande, ainsi que les frais de capital ne peuvent pas être pris en compte.
+Répartissez les coûts d'investissements entre les coûts internes (c.à.d, les heures de travail et les dépenses de personnels internes impliqués dans la mise en oeuvre de la mesure) et les coûts externes (c.à.d., l'achat des équipements et des services auprès de fournisseurs externes). Les positions dont les coûts sont supérieurs à 100'000 CHF sont à justifier par des offres ou des explications détaillées et sourcées. Concernant les taux horaires, les taux habituels du marché, dépendant de la fonction, sont à utiliser (en général max. 170 CHF/h, les taux supérieurs à cette valeur sont à justifier). La TVA n'est éligible que si elle a effectivement été acquittée et n'a pas été remboursée. Les investissements et les prestations effectués avant l'éventuelle approbation de la demande, ainsi que les frais de capital ne peuvent pas être pris en compte. Veillez à toujours entrer les coûts en valeur positive.
 Pour </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>l'installation conventionnelle</t>
+      <t xml:space="preserve">l'installation conventionnelle </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(= Etat de la technique selon la communication de l’OFEV « Compensation des émissions de CO</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="subscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> : Projets et programmes ». La technique qui vous installeriez sans subvention)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>, donnez une estimation des coûts la plus réaliste possible (justifiée par des explications détaillées et sourcées ou, si possible, par des offres).</t>
     </r>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Consulter tout d'abord l'onglet (0) Aide au remplissage pour savoir quels tableaux doivent être remplis.
+Indiquez en détail les </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>coûts d'exploitation annuels</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> récurrents budgétés pour l'exploitation de la mesure (arrondi: env. 50 CHF).  Les coûts sont à prendre en compte sur 7 ans maximun. Répartissez entre les coûts internes (c.à.d, les heures de travail et les dépenses de personnels internes impliqués dans la mise en oeuvre de la mesure, etc.) et les coûts externes (c.à.d., les coûts de l'énergie,  les prestations et  services auprès de fournisseurs externes, etc.). Les positions dont les coûts sont supérieurs à 100'000 CHF sont à justifier par des offres ou des explications détaillées et sourcées. Concernant les taux horaires, les taux habituels du marché, dépendamment de la fonction, sont à utiliser (en général max. 170 CHF/h, les taux supérieurs à cette valeur sont à justifier). La TVA n'est éligible que si elle a effectivement été acquittée et n'a pas été remboursée. Veillez à toujours entrer les coûts en valeur positive. Concernant les coûts d'exploitation de la </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">technique conventionnelle </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(= Etat de la technique selon la communication de l’OFEV « Compensation des émissions de CO2 : Projets et programmes ». La technique qui vous installeriez sans subvention), veuillez indiquer une estimation des coûts aussi réalistes que possible (justifiée par des explications détaillées et sourcées ou, si possible, par des offres).</t>
+    </r>
+  </si>
+  <si>
+    <t>Description des coûts
+(si utile pour la plausibilisation des coûts)</t>
+  </si>
+  <si>
+    <t>Coûts d'exploitation de la mesure innovante (OPEX)</t>
+  </si>
+  <si>
+    <t>Estimations des coûts d'exploitation de l'installation conventionnelle (OPEX)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Indiquez pour toutes les entreprises requérantes la </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">répartition dans le temps de leurs coûts d'investissement </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(présents sur la page (2) Coûts d'investissement) et de leurs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">coûts d'exploitation </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(présents sur la page (3) Coûts d'exploitation). La première et la dernière année pour la partie CAPEX correspondent au début et à la fin de la mise en oeuvre de la mesure (voir le formulaire de demande) et pour la partie OPEX à la période d'exploitation (sur 7 ans). Veillez à toujours entrer les coûts en valeur positive 
+Indiquez également la </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">répartition </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">entre les subventions demandées auprès de l'OFEN  et les fonds éventuels de tiers provenant de sources externes (par ex. les contributions cantonales) et les fonds propres (charges de personnel, apports en nature, contributions en espèces, recettes attendues issues de la vente de certificats volontaires, attestations nationales / internationales conformément à la loi sur le CO2 pour les technologies d'émission négatives (hors EHS) ou de garanties d'origine) des entreprises requérantes qui </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>garantissent le financement</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>. En soumettant leur demande, les requérants confirment que ces fonds propres leur ont été garantis (voir formulaire de demande). Indiquez également la source des fonds de tiers éventuels (Confédération, cantons, maîtres d'ouvrage, fondations, associations, investisseurs privés (Private Equity Fond, Family Office, Venture Capital Fond, etc.)).</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="_ [$CHF-807]\ * #,##0.00_ ;_ [$CHF-807]\ * \-#,##0.00_ ;_ [$CHF-807]\ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1877,96 +2222,104 @@
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="subscript"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <vertAlign val="subscript"/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="108">
+  <borders count="112">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
@@ -3267,57 +3620,117 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="401">
+  <cellXfs count="413">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -4064,50 +4477,137 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="106" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="78" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="77" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4216,307 +4716,237 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="70" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="78" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="74" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="77" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="73" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="165" fontId="7" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="72" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="78" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="74" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...97 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="20" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="5" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="108" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="109" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="110" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Prozent" xfId="2" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="33">
-[...27 lines deleted...]
-    </dxf>
+  <dxfs count="29">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
@@ -4559,86 +4989,86 @@
         <patternFill>
           <fgColor theme="0"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color theme="0"/>
         </left>
         <right style="thin">
           <color theme="0"/>
         </right>
         <top style="thin">
           <color theme="0"/>
         </top>
         <bottom style="thin">
           <color theme="0"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="7" tint="0.79998168889431442"/>
-[...12 lines deleted...]
-        <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
+          <bgColor theme="7" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
           <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <fgColor theme="0"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color theme="0"/>
         </left>
         <right style="thin">
           <color theme="0"/>
         </right>
         <top style="thin">
           <color theme="0"/>
         </top>
         <bottom style="thin">
           <color theme="0"/>
@@ -4655,79 +5085,79 @@
         <patternFill>
           <fgColor theme="0"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color theme="0"/>
         </left>
         <right style="thin">
           <color theme="0"/>
         </right>
         <top style="thin">
           <color theme="0"/>
         </top>
         <bottom style="thin">
           <color theme="0"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="7" tint="0.79998168889431442"/>
-[...12 lines deleted...]
-        <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
+          <bgColor theme="7" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
           <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -4772,54 +5202,54 @@
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Wirz Men BFE" id="{CF4EDF84-067D-4079-8101-EA3304388951}" userId="S::men.wirz@bfe.admin.ch::595c2655-e171-4cbc-bd55-64e14c6abba7" providerId="AD"/>
   <person displayName="Billat Denis BFE" id="{E444EC00-0AB2-4168-B7F8-EB8E314494C7}" userId="S::denis.billat@bfe.admin.ch::b9582c2c-b45a-4321-ae71-83be68d09899" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1E10834D-1968-4CFD-A898-F2B1654DB4E4}" name="Tableau1" displayName="Tableau1" ref="B3:C7" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1E10834D-1968-4CFD-A898-F2B1654DB4E4}" name="Tableau1" displayName="Tableau1" ref="B3:C8" totalsRowShown="0" headerRowDxfId="28" dataDxfId="27">
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{7E2B3DB0-62E9-433C-8D63-374AACF8F454}" name="Possibilités des demandes pour la mise oeuvre de la mesure innovante" dataDxfId="30"/>
-    <tableColumn id="2" xr3:uid="{2366510F-6353-48AC-A5F6-D4901EDC96EC}" name="Remplissage des tableaux" dataDxfId="29"/>
+    <tableColumn id="1" xr3:uid="{7E2B3DB0-62E9-433C-8D63-374AACF8F454}" name="Possibilités des demandes pour la mise oeuvre de la mesure innovante" dataDxfId="26"/>
+    <tableColumn id="2" xr3:uid="{2366510F-6353-48AC-A5F6-D4901EDC96EC}" name="Remplissage des tableaux" dataDxfId="25"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium6" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -5055,3723 +5485,3687 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="H59" dT="2025-01-24T08:56:28.74" personId="{CF4EDF84-067D-4079-8101-EA3304388951}" id="{9E490E36-D479-42F4-BAE4-2CDEB45A1FA7}">
     <text>Ich finde das einen guten, weil sehr kompakten Ansatz. Das Problem könnte darin liegen, dass diese Liste ja sehr detailliert ist (weil auf die Massnahme zugeschnitten) und es deshalb vielleicht schwierig ist, die richtigen Positionen für die konventionelle Anlage zu finden. Je nach dem sieht diese Liste ja ganz anders aus (andere Geräte und Aktivitäten). Evtl. könnte man sonst den Hinweis anbringen, dass man für die konventionelle Anlage eigene Zeilen ausfüllen kann, die dann nur in Spalten H/I, nicht aber in E/F ausgefüllt werden.
 Und wo werden dann die Informationen zu dieser konventionellen Anlage geliefert? Wir möchten doch wissen, was genau die Referenz ist, was nur von einer Stückliste womöglich nicht erkennbar ist. Das ist u.a. auch wichtig, um die deklarierten Mehrkosten plausibilisieren zu können.</text>
   </threadedComment>
   <threadedComment ref="K59" dT="2025-01-27T07:21:34.92" personId="{E444EC00-0AB2-4168-B7F8-EB8E314494C7}" id="{9D0259B2-0EDD-4EA9-BCDC-AF8061DB6492}">
     <text>Pourquoi prendre la valeur absolue?</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{865500FA-CA20-4440-AA05-5356B208C3AD}">
   <dimension ref="A1:L36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C37" sqref="C37"/>
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5" style="47" customWidth="1"/>
     <col min="2" max="2" width="83" customWidth="1"/>
-    <col min="3" max="3" width="124.88671875" customWidth="1"/>
-    <col min="4" max="12" width="11.44140625" style="47"/>
+    <col min="3" max="3" width="151.140625" customWidth="1"/>
+    <col min="4" max="12" width="11.42578125" style="47"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="47" customFormat="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:12" s="251" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" s="47" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:12" s="251" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="252" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" s="37" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" s="37" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="52"/>
       <c r="B3" s="132" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C3" s="132" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
       <c r="H3" s="52"/>
       <c r="I3" s="52"/>
       <c r="J3" s="52"/>
       <c r="K3" s="52"/>
       <c r="L3" s="52"/>
     </row>
-    <row r="4" spans="1:12" s="37" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" s="37" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="52"/>
       <c r="B4" s="131" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C4" s="131" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="D4" s="52"/>
       <c r="E4" s="52"/>
       <c r="F4" s="52"/>
       <c r="G4" s="52"/>
       <c r="H4" s="52"/>
       <c r="I4" s="52"/>
       <c r="J4" s="52"/>
       <c r="K4" s="52"/>
       <c r="L4" s="52"/>
     </row>
-    <row r="5" spans="1:12" s="37" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" s="37" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="52"/>
       <c r="B5" s="221" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C5" s="221" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="D5" s="52"/>
       <c r="E5" s="52"/>
       <c r="F5" s="52"/>
       <c r="G5" s="52"/>
       <c r="H5" s="52"/>
       <c r="I5" s="52"/>
       <c r="J5" s="52"/>
       <c r="K5" s="52"/>
       <c r="L5" s="52"/>
     </row>
-    <row r="6" spans="1:12" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="131" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C6" s="131" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="221" t="s">
         <v>56</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="C7" s="221" t="s">
-        <v>60</v>
-[...11 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="221" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" s="221" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="47" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="233"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B10" s="47"/>
       <c r="C10" s="47"/>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B11" s="47"/>
       <c r="C11" s="47"/>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B13" s="47"/>
       <c r="C13" s="47"/>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B15" s="47"/>
       <c r="C15" s="47"/>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
     </row>
-    <row r="17" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B17" s="47"/>
       <c r="C17" s="47"/>
     </row>
-    <row r="18" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
     </row>
-    <row r="19" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B19" s="47"/>
       <c r="C19" s="47"/>
     </row>
-    <row r="20" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
     </row>
-    <row r="21" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B21" s="47"/>
       <c r="C21" s="47"/>
     </row>
-    <row r="22" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
     </row>
-    <row r="23" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B23" s="47"/>
       <c r="C23" s="47"/>
     </row>
-    <row r="24" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
     </row>
-    <row r="25" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B25" s="47"/>
       <c r="C25" s="47"/>
     </row>
-    <row r="26" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
     </row>
-    <row r="27" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B27" s="47"/>
       <c r="C27" s="47"/>
     </row>
-    <row r="28" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
     </row>
-    <row r="29" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B29" s="47"/>
       <c r="C29" s="47"/>
     </row>
-    <row r="30" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
     </row>
-    <row r="31" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B31" s="47"/>
       <c r="C31" s="47"/>
     </row>
-    <row r="32" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
     </row>
-    <row r="33" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B33" s="47"/>
       <c r="C33" s="47"/>
     </row>
-    <row r="34" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
     </row>
-    <row r="35" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B35" s="47"/>
       <c r="C35" s="47"/>
     </row>
-    <row r="36" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:3" x14ac:dyDescent="0.2">
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="htDFyKXPOqxH7aHTOpJAUPm8499UlRCIRcMQ53uGdceCXKpN+0fE8JFIolroQBZfgP75emr19Hnt4VW1RdGG0w==" saltValue="1enB+tGpK9MfXgM34G3IvA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="QYymMHxT7GehgQMpE/aSmaX/wIu9p0RA1AKoHQImVAGLpAazk37+fTFRtngJOaL2f36s2pfw2d5izh//ljcECQ==" saltValue="noNNlVmvWn3Vc4T6GRGNTA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="40" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="4" max="35" man="1"/>
   </colBreaks>
+  <customProperties>
+    <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
+  </customProperties>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:XFC69"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A4" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="E51" sqref="E51"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" view="pageLayout" topLeftCell="A4" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="B66" sqref="B66"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.44140625" style="8" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="42.44140625" style="8" customWidth="1"/>
+    <col min="1" max="1" width="10.42578125" style="8" customWidth="1"/>
+    <col min="2" max="2" width="2.42578125" style="8" customWidth="1"/>
+    <col min="3" max="3" width="11.42578125" style="8" customWidth="1"/>
+    <col min="4" max="4" width="42.42578125" style="8" customWidth="1"/>
     <col min="5" max="5" width="22" style="8" customWidth="1"/>
-    <col min="6" max="7" width="11.44140625" style="8" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="2.5546875" style="53" customWidth="1"/>
+    <col min="6" max="7" width="11.42578125" style="8" customWidth="1"/>
+    <col min="8" max="8" width="2.42578125" style="53" customWidth="1"/>
+    <col min="9" max="9" width="11.42578125" style="8" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" style="53" customWidth="1"/>
     <col min="11" max="11" width="17" style="8" customWidth="1"/>
-    <col min="12" max="12" width="13.33203125" style="8" customWidth="1"/>
-    <col min="13" max="14" width="1.109375" style="53" customWidth="1"/>
+    <col min="12" max="12" width="13.28515625" style="8" customWidth="1"/>
+    <col min="13" max="14" width="1.140625" style="53" customWidth="1"/>
     <col min="15" max="15" width="5" style="53" customWidth="1"/>
-    <col min="16" max="16" width="4.33203125" style="8" customWidth="1"/>
+    <col min="16" max="16" width="4.28515625" style="8" customWidth="1"/>
     <col min="17" max="17" width="6" style="8" customWidth="1"/>
     <col min="18" max="22" width="0" style="8" hidden="1"/>
-    <col min="23" max="16383" width="11.44140625" style="8" hidden="1"/>
-    <col min="16384" max="16384" width="13.44140625" style="8" hidden="1"/>
+    <col min="23" max="16383" width="11.42578125" style="8" hidden="1"/>
+    <col min="16384" max="16384" width="13.42578125" style="8" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="22.8" hidden="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" ht="23.25" hidden="1" x14ac:dyDescent="0.2">
       <c r="A1" s="47"/>
       <c r="B1" s="47"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1" s="47"/>
       <c r="I1"/>
       <c r="J1" s="47"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1" s="47"/>
       <c r="N1" s="47"/>
       <c r="O1" s="47"/>
       <c r="P1"/>
       <c r="Q1" s="92"/>
     </row>
-    <row r="2" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:17" hidden="1" x14ac:dyDescent="0.2">
       <c r="A2" s="47"/>
       <c r="B2" s="47"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" s="47"/>
       <c r="I2"/>
       <c r="J2" s="47"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2" s="47"/>
       <c r="N2" s="47"/>
       <c r="O2" s="47"/>
       <c r="P2"/>
       <c r="Q2"/>
     </row>
-    <row r="3" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" hidden="1" x14ac:dyDescent="0.2">
       <c r="A3" s="47"/>
       <c r="B3" s="47"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" s="47"/>
       <c r="I3"/>
       <c r="J3" s="47"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3" s="47"/>
       <c r="N3" s="47"/>
       <c r="O3" s="47"/>
       <c r="P3"/>
       <c r="Q3"/>
     </row>
-    <row r="4" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="P4" s="287"/>
+    <row r="4" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="312" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" s="313"/>
+      <c r="C4" s="313"/>
+      <c r="D4" s="313"/>
+      <c r="E4" s="313"/>
+      <c r="F4" s="313"/>
+      <c r="G4" s="313"/>
+      <c r="H4" s="313"/>
+      <c r="I4" s="313"/>
+      <c r="J4" s="313"/>
+      <c r="K4" s="313"/>
+      <c r="L4" s="313"/>
+      <c r="M4" s="313"/>
+      <c r="N4" s="313"/>
+      <c r="O4" s="313"/>
+      <c r="P4" s="314"/>
       <c r="Q4" s="278"/>
     </row>
-    <row r="5" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="P5" s="290"/>
+    <row r="5" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="315"/>
+      <c r="B5" s="316"/>
+      <c r="C5" s="316"/>
+      <c r="D5" s="316"/>
+      <c r="E5" s="316"/>
+      <c r="F5" s="316"/>
+      <c r="G5" s="316"/>
+      <c r="H5" s="316"/>
+      <c r="I5" s="316"/>
+      <c r="J5" s="316"/>
+      <c r="K5" s="316"/>
+      <c r="L5" s="316"/>
+      <c r="M5" s="316"/>
+      <c r="N5" s="316"/>
+      <c r="O5" s="316"/>
+      <c r="P5" s="317"/>
       <c r="Q5" s="92"/>
     </row>
-    <row r="6" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="P6" s="290"/>
+    <row r="6" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="315"/>
+      <c r="B6" s="316"/>
+      <c r="C6" s="316"/>
+      <c r="D6" s="316"/>
+      <c r="E6" s="316"/>
+      <c r="F6" s="316"/>
+      <c r="G6" s="316"/>
+      <c r="H6" s="316"/>
+      <c r="I6" s="316"/>
+      <c r="J6" s="316"/>
+      <c r="K6" s="316"/>
+      <c r="L6" s="316"/>
+      <c r="M6" s="316"/>
+      <c r="N6" s="316"/>
+      <c r="O6" s="316"/>
+      <c r="P6" s="317"/>
       <c r="Q6" s="92"/>
     </row>
-    <row r="7" spans="1:17" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="P7" s="293"/>
+    <row r="7" spans="1:17" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="318"/>
+      <c r="B7" s="319"/>
+      <c r="C7" s="319"/>
+      <c r="D7" s="319"/>
+      <c r="E7" s="319"/>
+      <c r="F7" s="319"/>
+      <c r="G7" s="319"/>
+      <c r="H7" s="319"/>
+      <c r="I7" s="319"/>
+      <c r="J7" s="319"/>
+      <c r="K7" s="319"/>
+      <c r="L7" s="319"/>
+      <c r="M7" s="319"/>
+      <c r="N7" s="319"/>
+      <c r="O7" s="319"/>
+      <c r="P7" s="320"/>
       <c r="Q7" s="133"/>
     </row>
-    <row r="8" spans="1:17" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:17" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50"/>
       <c r="B8" s="134"/>
       <c r="C8" s="17"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="134"/>
       <c r="I8" s="17"/>
       <c r="J8" s="134"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="134"/>
       <c r="N8" s="134"/>
       <c r="O8" s="134"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
     </row>
-    <row r="9" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:17" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58"/>
       <c r="B9" s="52"/>
-      <c r="C9" s="294" t="s">
-[...14 lines deleted...]
-      <c r="P9" s="295"/>
+      <c r="C9" s="321" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" s="322"/>
+      <c r="E9" s="322"/>
+      <c r="F9" s="322"/>
+      <c r="G9" s="322"/>
+      <c r="H9" s="322"/>
+      <c r="I9" s="322"/>
+      <c r="J9" s="322"/>
+      <c r="K9" s="322"/>
+      <c r="L9" s="322"/>
+      <c r="M9" s="322"/>
+      <c r="N9" s="322"/>
+      <c r="O9" s="322"/>
+      <c r="P9" s="322"/>
       <c r="Q9" s="135"/>
     </row>
-    <row r="10" spans="1:17" customFormat="1" ht="63.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:17" customFormat="1" ht="63.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58"/>
       <c r="B10" s="52"/>
-      <c r="C10" s="296"/>
-[...12 lines deleted...]
-      <c r="P10" s="297"/>
+      <c r="C10" s="323"/>
+      <c r="D10" s="324"/>
+      <c r="E10" s="324"/>
+      <c r="F10" s="324"/>
+      <c r="G10" s="324"/>
+      <c r="H10" s="324"/>
+      <c r="I10" s="324"/>
+      <c r="J10" s="324"/>
+      <c r="K10" s="324"/>
+      <c r="L10" s="324"/>
+      <c r="M10" s="324"/>
+      <c r="N10" s="324"/>
+      <c r="O10" s="324"/>
+      <c r="P10" s="324"/>
       <c r="Q10" s="135"/>
     </row>
-    <row r="11" spans="1:17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="50"/>
       <c r="B11" s="49"/>
       <c r="C11" s="20"/>
       <c r="D11" s="20"/>
       <c r="E11" s="20"/>
       <c r="F11" s="20"/>
       <c r="G11" s="20"/>
       <c r="H11" s="49"/>
       <c r="I11" s="20"/>
       <c r="J11" s="49"/>
       <c r="K11" s="49"/>
       <c r="L11" s="20"/>
       <c r="M11" s="49"/>
       <c r="N11" s="49"/>
       <c r="O11" s="49"/>
       <c r="P11" s="20"/>
       <c r="Q11" s="21"/>
     </row>
-    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="50"/>
       <c r="B12" s="49"/>
       <c r="C12" s="20" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="24"/>
       <c r="E12" s="15"/>
       <c r="F12" s="59"/>
       <c r="G12" s="48"/>
       <c r="H12" s="48"/>
       <c r="I12" s="48"/>
       <c r="J12" s="52"/>
       <c r="K12" s="136" t="s">
         <v>13</v>
       </c>
       <c r="L12" s="52"/>
       <c r="M12" s="52"/>
       <c r="N12" s="52"/>
       <c r="O12" s="52"/>
       <c r="P12"/>
-      <c r="Q12" s="327"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:17" ht="12.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q12" s="354"/>
+    </row>
+    <row r="13" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="50"/>
       <c r="B13" s="50"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="48"/>
       <c r="I13" s="21"/>
       <c r="J13" s="56"/>
       <c r="K13" s="137"/>
       <c r="L13" s="137"/>
       <c r="M13" s="137"/>
       <c r="N13" s="137"/>
       <c r="O13" s="137"/>
       <c r="P13" s="137"/>
-      <c r="Q13" s="327"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q13" s="354"/>
+    </row>
+    <row r="14" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="50"/>
       <c r="B14" s="50"/>
       <c r="C14" s="16" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D14" s="18"/>
-      <c r="E14" s="309"/>
-[...3 lines deleted...]
-      <c r="I14" s="312"/>
+      <c r="E14" s="336"/>
+      <c r="F14" s="337"/>
+      <c r="G14" s="337"/>
+      <c r="H14" s="338"/>
+      <c r="I14" s="339"/>
       <c r="J14" s="138"/>
-      <c r="K14" s="298" t="str">
+      <c r="K14" s="325" t="str">
         <f>IF('(4) Financement &amp; aide fin.'!K24&lt;&gt;'(4) Financement &amp; aide fin.'!K52,"ATTENTION: le coûts totaux du projet ne correspondent pas aux financements planifiées (voir onglet (4))",IF('(4) Financement &amp; aide fin.'!K71&lt;&gt;'(4) Financement &amp; aide fin.'!K113,"ATTENTION: les coûts totaux du projet ne correspondent pas aux financements planifiées (voir onglet (4))",""))</f>
         <v/>
       </c>
-      <c r="L14" s="299"/>
-[...6 lines deleted...]
-    <row r="15" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L14" s="326"/>
+      <c r="M14" s="326"/>
+      <c r="N14" s="326"/>
+      <c r="O14" s="326"/>
+      <c r="P14" s="327"/>
+      <c r="Q14" s="354"/>
+    </row>
+    <row r="15" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="50"/>
       <c r="B15" s="60"/>
-      <c r="C15" s="313" t="s">
-[...7 lines deleted...]
-      <c r="I15" s="322"/>
+      <c r="C15" s="340" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" s="341"/>
+      <c r="E15" s="346"/>
+      <c r="F15" s="347"/>
+      <c r="G15" s="347"/>
+      <c r="H15" s="348"/>
+      <c r="I15" s="349"/>
       <c r="J15" s="138"/>
-      <c r="K15" s="301"/>
-[...7 lines deleted...]
-    <row r="16" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K15" s="328"/>
+      <c r="L15" s="329"/>
+      <c r="M15" s="329"/>
+      <c r="N15" s="329"/>
+      <c r="O15" s="329"/>
+      <c r="P15" s="330"/>
+      <c r="Q15" s="354"/>
+    </row>
+    <row r="16" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="50"/>
       <c r="B16" s="56"/>
-      <c r="C16" s="315"/>
-[...5 lines deleted...]
-      <c r="I16" s="322"/>
+      <c r="C16" s="342"/>
+      <c r="D16" s="343"/>
+      <c r="E16" s="346"/>
+      <c r="F16" s="347"/>
+      <c r="G16" s="347"/>
+      <c r="H16" s="348"/>
+      <c r="I16" s="349"/>
       <c r="J16" s="138"/>
-      <c r="K16" s="304"/>
-[...4 lines deleted...]
-      <c r="P16" s="306"/>
+      <c r="K16" s="331"/>
+      <c r="L16" s="332"/>
+      <c r="M16" s="332"/>
+      <c r="N16" s="332"/>
+      <c r="O16" s="332"/>
+      <c r="P16" s="333"/>
       <c r="Q16" s="139"/>
     </row>
-    <row r="17" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="50"/>
       <c r="B17" s="56"/>
-      <c r="C17" s="315"/>
-[...5 lines deleted...]
-      <c r="I17" s="322"/>
+      <c r="C17" s="342"/>
+      <c r="D17" s="343"/>
+      <c r="E17" s="346"/>
+      <c r="F17" s="347"/>
+      <c r="G17" s="347"/>
+      <c r="H17" s="348"/>
+      <c r="I17" s="349"/>
       <c r="J17" s="138"/>
       <c r="K17" s="274"/>
       <c r="L17" s="274"/>
       <c r="M17" s="274"/>
       <c r="N17" s="274"/>
       <c r="O17" s="274"/>
       <c r="P17" s="274"/>
       <c r="Q17" s="139"/>
     </row>
-    <row r="18" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="50"/>
       <c r="B18" s="56"/>
-      <c r="C18" s="315"/>
-      <c r="D18" s="316"/>
+      <c r="C18" s="342"/>
+      <c r="D18" s="343"/>
       <c r="E18" s="256"/>
       <c r="F18" s="257"/>
       <c r="G18" s="257"/>
       <c r="H18" s="258"/>
       <c r="I18" s="259"/>
       <c r="J18" s="138"/>
       <c r="K18" s="274"/>
       <c r="L18" s="274"/>
       <c r="M18" s="274"/>
       <c r="N18" s="274"/>
       <c r="O18" s="274"/>
       <c r="P18" s="274"/>
       <c r="Q18" s="139"/>
     </row>
-    <row r="19" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:17" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="50"/>
       <c r="B19" s="56"/>
-      <c r="C19" s="315"/>
-      <c r="D19" s="316"/>
+      <c r="C19" s="342"/>
+      <c r="D19" s="343"/>
       <c r="E19" s="256"/>
       <c r="F19" s="257"/>
       <c r="G19" s="257"/>
       <c r="H19" s="258"/>
       <c r="I19" s="259"/>
       <c r="J19" s="138"/>
       <c r="K19" s="274"/>
-      <c r="L19" s="327"/>
-[...6 lines deleted...]
-    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="L19" s="354"/>
+      <c r="M19" s="354"/>
+      <c r="N19" s="354"/>
+      <c r="O19" s="354"/>
+      <c r="P19" s="354"/>
+      <c r="Q19" s="355"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" s="50"/>
       <c r="B20" s="56"/>
-      <c r="C20" s="315"/>
-[...5 lines deleted...]
-      <c r="I20" s="322"/>
+      <c r="C20" s="342"/>
+      <c r="D20" s="343"/>
+      <c r="E20" s="346"/>
+      <c r="F20" s="347"/>
+      <c r="G20" s="347"/>
+      <c r="H20" s="348"/>
+      <c r="I20" s="349"/>
       <c r="J20" s="138"/>
       <c r="K20" s="139"/>
-      <c r="L20" s="327"/>
-[...6 lines deleted...]
-    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="L20" s="354"/>
+      <c r="M20" s="354"/>
+      <c r="N20" s="354"/>
+      <c r="O20" s="354"/>
+      <c r="P20" s="354"/>
+      <c r="Q20" s="355"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="50"/>
       <c r="B21" s="61"/>
-      <c r="C21" s="317"/>
-[...5 lines deleted...]
-      <c r="I21" s="322"/>
+      <c r="C21" s="344"/>
+      <c r="D21" s="345"/>
+      <c r="E21" s="346"/>
+      <c r="F21" s="347"/>
+      <c r="G21" s="347"/>
+      <c r="H21" s="348"/>
+      <c r="I21" s="349"/>
       <c r="J21" s="138"/>
       <c r="K21" s="22"/>
-      <c r="L21" s="327"/>
-[...6 lines deleted...]
-    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="L21" s="354"/>
+      <c r="M21" s="354"/>
+      <c r="N21" s="354"/>
+      <c r="O21" s="354"/>
+      <c r="P21" s="354"/>
+      <c r="Q21" s="355"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" s="50"/>
       <c r="B22" s="50"/>
       <c r="C22" s="16"/>
       <c r="D22" s="18"/>
-      <c r="E22" s="319"/>
-[...3 lines deleted...]
-      <c r="I22" s="322"/>
+      <c r="E22" s="346"/>
+      <c r="F22" s="347"/>
+      <c r="G22" s="347"/>
+      <c r="H22" s="348"/>
+      <c r="I22" s="349"/>
       <c r="J22" s="138"/>
       <c r="K22" s="22"/>
-      <c r="L22" s="327"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="L22" s="354"/>
+      <c r="M22" s="354"/>
+      <c r="N22" s="354"/>
+      <c r="O22" s="354"/>
+      <c r="P22" s="354"/>
+      <c r="Q22" s="355"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A23" s="16"/>
       <c r="B23" s="16"/>
       <c r="D23" s="18"/>
-      <c r="E23" s="319"/>
-[...3 lines deleted...]
-      <c r="I23" s="322"/>
+      <c r="E23" s="346"/>
+      <c r="F23" s="347"/>
+      <c r="G23" s="347"/>
+      <c r="H23" s="348"/>
+      <c r="I23" s="349"/>
       <c r="J23" s="138"/>
       <c r="K23" s="22"/>
-      <c r="L23" s="327"/>
-[...6 lines deleted...]
-    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="L23" s="354"/>
+      <c r="M23" s="354"/>
+      <c r="N23" s="354"/>
+      <c r="O23" s="354"/>
+      <c r="P23" s="354"/>
+      <c r="Q23" s="355"/>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" s="16"/>
       <c r="B24" s="16"/>
       <c r="C24" s="16"/>
       <c r="D24" s="18"/>
-      <c r="E24" s="323"/>
-[...3 lines deleted...]
-      <c r="I24" s="326"/>
+      <c r="E24" s="350"/>
+      <c r="F24" s="351"/>
+      <c r="G24" s="351"/>
+      <c r="H24" s="352"/>
+      <c r="I24" s="353"/>
       <c r="J24" s="138"/>
       <c r="K24" s="22"/>
-      <c r="L24" s="329"/>
-[...6 lines deleted...]
-    <row r="25" spans="1:17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="L24" s="356"/>
+      <c r="M24" s="356"/>
+      <c r="N24" s="356"/>
+      <c r="O24" s="356"/>
+      <c r="P24" s="356"/>
+      <c r="Q24" s="357"/>
+    </row>
+    <row r="25" spans="1:17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="16"/>
       <c r="B25" s="16"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
       <c r="H25" s="48"/>
       <c r="I25" s="21"/>
       <c r="J25" s="48"/>
       <c r="K25" s="17"/>
       <c r="L25" s="17"/>
       <c r="M25" s="134"/>
       <c r="N25" s="134"/>
       <c r="O25" s="134"/>
       <c r="P25" s="17"/>
       <c r="Q25" s="17"/>
     </row>
-    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" s="16"/>
       <c r="B26" s="16"/>
       <c r="C26" s="25" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="26"/>
-      <c r="E26" s="307"/>
-[...10 lines deleted...]
-      <c r="P26" s="308"/>
+      <c r="E26" s="334"/>
+      <c r="F26" s="335"/>
+      <c r="G26" s="335"/>
+      <c r="H26" s="335"/>
+      <c r="I26" s="335"/>
+      <c r="J26" s="335"/>
+      <c r="K26" s="335"/>
+      <c r="L26" s="335"/>
+      <c r="M26" s="335"/>
+      <c r="N26" s="335"/>
+      <c r="O26" s="335"/>
+      <c r="P26" s="335"/>
       <c r="Q26" s="91"/>
     </row>
-    <row r="27" spans="1:17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="16"/>
       <c r="B27" s="16"/>
       <c r="C27" s="16"/>
       <c r="D27" s="16"/>
       <c r="E27" s="20"/>
       <c r="F27" s="20"/>
       <c r="G27" s="20"/>
       <c r="H27" s="49"/>
       <c r="I27" s="20"/>
       <c r="J27" s="52"/>
       <c r="K27" s="52"/>
       <c r="L27" s="52"/>
       <c r="M27" s="52"/>
       <c r="N27" s="52"/>
       <c r="O27" s="52"/>
       <c r="P27" s="47"/>
       <c r="Q27" s="48"/>
     </row>
-    <row r="28" spans="1:17" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:17" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="16"/>
       <c r="B28" s="17"/>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="140"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="37"/>
       <c r="L28" s="52"/>
       <c r="M28" s="52"/>
       <c r="N28" s="52"/>
       <c r="O28" s="52"/>
       <c r="P28" s="47"/>
       <c r="Q28" s="141"/>
     </row>
-    <row r="29" spans="1:17" s="35" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:17" s="35" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="18"/>
       <c r="B29" s="142"/>
       <c r="C29" s="143"/>
       <c r="D29" s="143"/>
       <c r="E29" s="143"/>
       <c r="F29" s="143"/>
       <c r="G29" s="143"/>
       <c r="H29" s="143"/>
       <c r="I29" s="143"/>
       <c r="J29" s="143"/>
       <c r="K29" s="144"/>
       <c r="L29" s="144"/>
       <c r="M29" s="144"/>
       <c r="N29" s="144"/>
       <c r="O29" s="144"/>
       <c r="P29" s="145"/>
       <c r="Q29" s="141"/>
     </row>
-    <row r="30" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="18"/>
       <c r="B30" s="146"/>
       <c r="C30" s="147" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="52"/>
       <c r="E30" s="136" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="148"/>
       <c r="G30" s="148"/>
       <c r="H30" s="148"/>
       <c r="I30" s="136" t="s">
         <v>16</v>
       </c>
       <c r="J30" s="136"/>
       <c r="K30" s="148"/>
       <c r="L30" s="148" t="s">
         <v>17</v>
       </c>
       <c r="M30" s="148"/>
       <c r="N30" s="148"/>
       <c r="O30" s="148"/>
       <c r="P30" s="149"/>
       <c r="Q30" s="19"/>
     </row>
-    <row r="31" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="18"/>
       <c r="B31" s="75"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="52"/>
       <c r="I31"/>
       <c r="K31" s="52"/>
       <c r="L31" s="37"/>
       <c r="M31" s="52"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="150"/>
       <c r="Q31" s="19"/>
     </row>
-    <row r="32" spans="1:17" s="136" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:17" s="136" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="26"/>
       <c r="B32" s="151"/>
       <c r="C32" s="136" t="s">
         <v>18</v>
       </c>
       <c r="E32" s="152">
         <f>'(2) Coûts d''investissement'!D7</f>
         <v>0</v>
       </c>
       <c r="F32" s="153" t="s">
         <v>8</v>
       </c>
       <c r="G32" s="154"/>
       <c r="H32" s="154"/>
       <c r="I32" s="152">
         <f>'(3) Coûts d''exploitation'!$D$6</f>
         <v>0</v>
       </c>
       <c r="J32" s="153" t="s">
         <v>9</v>
       </c>
       <c r="K32" s="154"/>
       <c r="L32" s="152">
         <f>E32+(7*I32)</f>
         <v>0</v>
       </c>
       <c r="M32" s="153"/>
       <c r="N32" s="153" t="s">
         <v>8</v>
       </c>
       <c r="O32" s="153"/>
       <c r="P32" s="155"/>
       <c r="Q32" s="156"/>
     </row>
-    <row r="33" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="18"/>
       <c r="B33" s="157"/>
       <c r="E33" s="158"/>
       <c r="F33" s="153"/>
       <c r="G33" s="153"/>
       <c r="H33" s="153"/>
       <c r="I33" s="158"/>
       <c r="J33" s="153"/>
       <c r="K33" s="153"/>
       <c r="L33" s="153"/>
       <c r="M33" s="153"/>
       <c r="P33" s="155"/>
       <c r="Q33" s="19"/>
     </row>
-    <row r="34" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="18"/>
       <c r="B34" s="157"/>
       <c r="C34" s="136" t="s">
         <v>19</v>
       </c>
       <c r="E34" s="152">
         <f>'(2) Coûts d''investissement'!E7</f>
         <v>0</v>
       </c>
       <c r="F34" s="153" t="s">
         <v>8</v>
       </c>
       <c r="G34" s="154"/>
       <c r="H34" s="154"/>
       <c r="I34" s="152">
         <f>'(3) Coûts d''exploitation'!$E$6</f>
         <v>0</v>
       </c>
       <c r="J34" s="153" t="s">
         <v>9</v>
       </c>
       <c r="K34" s="154"/>
       <c r="L34" s="152">
         <f>E34+(7*I34)</f>
         <v>0</v>
       </c>
       <c r="M34" s="153"/>
       <c r="N34" s="153" t="s">
         <v>8</v>
       </c>
       <c r="O34" s="153"/>
       <c r="P34" s="155"/>
       <c r="Q34" s="19"/>
     </row>
-    <row r="35" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A35" s="18"/>
       <c r="B35" s="159"/>
       <c r="C35" s="160"/>
       <c r="D35" s="160"/>
       <c r="E35" s="161"/>
       <c r="F35" s="162"/>
       <c r="G35" s="162"/>
       <c r="H35" s="162"/>
       <c r="I35" s="161"/>
       <c r="J35" s="162"/>
       <c r="K35" s="162"/>
       <c r="L35" s="161"/>
       <c r="M35" s="162"/>
       <c r="N35" s="162"/>
       <c r="O35" s="162"/>
       <c r="P35" s="163"/>
       <c r="Q35" s="19"/>
     </row>
-    <row r="36" spans="1:17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="47"/>
       <c r="J36" s="47"/>
       <c r="K36" s="47"/>
       <c r="M36" s="47"/>
       <c r="N36" s="47"/>
       <c r="O36" s="47"/>
     </row>
-    <row r="37" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="18"/>
       <c r="B37" s="164"/>
       <c r="C37" s="143"/>
       <c r="D37" s="143"/>
       <c r="E37" s="165"/>
       <c r="F37" s="166"/>
       <c r="G37" s="166"/>
       <c r="H37" s="166"/>
       <c r="I37" s="165"/>
       <c r="J37" s="166"/>
       <c r="K37" s="166"/>
       <c r="L37" s="165"/>
       <c r="M37" s="166"/>
       <c r="N37" s="166"/>
       <c r="O37" s="166"/>
       <c r="P37" s="145"/>
       <c r="Q37" s="19"/>
     </row>
-    <row r="38" spans="1:17" s="47" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:17" s="47" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="18"/>
       <c r="B38" s="157"/>
-      <c r="C38" s="331" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="332"/>
+      <c r="C38" s="293" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38" s="294"/>
       <c r="E38" s="152">
         <f>E32-E34</f>
         <v>0</v>
       </c>
       <c r="F38" s="153" t="s">
         <v>8</v>
       </c>
       <c r="G38" s="154"/>
       <c r="H38" s="154"/>
       <c r="I38" s="152">
         <f>(I32-I34)*Diskontierung!B11</f>
         <v>0</v>
       </c>
       <c r="J38" s="153" t="s">
         <v>8</v>
       </c>
       <c r="K38" s="154"/>
       <c r="L38" s="168">
         <f>E38+I38</f>
         <v>0</v>
       </c>
       <c r="M38" s="153"/>
       <c r="N38" s="153" t="s">
         <v>8</v>
       </c>
       <c r="O38" s="153"/>
       <c r="P38" s="155"/>
       <c r="Q38" s="19"/>
     </row>
-    <row r="39" spans="1:17" s="47" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:17" s="47" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="18"/>
       <c r="B39" s="157"/>
-      <c r="C39" s="332"/>
-      <c r="D39" s="332"/>
+      <c r="C39" s="294"/>
+      <c r="D39" s="294"/>
       <c r="F39" s="153"/>
       <c r="G39" s="154"/>
       <c r="H39" s="154"/>
       <c r="I39" s="153"/>
       <c r="J39" s="153"/>
       <c r="K39" s="154"/>
       <c r="L39" s="169"/>
       <c r="M39" s="154"/>
       <c r="N39" s="154"/>
       <c r="O39" s="154"/>
       <c r="P39" s="155"/>
       <c r="Q39" s="19"/>
     </row>
-    <row r="40" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A40" s="18"/>
       <c r="B40" s="75"/>
       <c r="C40" s="52"/>
       <c r="D40" s="52"/>
       <c r="E40" s="153"/>
       <c r="F40" s="170"/>
       <c r="G40" s="170"/>
       <c r="H40" s="170"/>
       <c r="I40" s="170"/>
       <c r="J40" s="153"/>
       <c r="K40" s="170"/>
       <c r="L40" s="170"/>
       <c r="M40" s="170"/>
       <c r="N40" s="170"/>
       <c r="O40" s="170"/>
       <c r="P40" s="149"/>
       <c r="Q40" s="19"/>
     </row>
-    <row r="41" spans="1:17" s="136" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:17" s="136" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A41" s="26"/>
       <c r="B41" s="151"/>
       <c r="C41" s="136" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="171">
         <f>E32</f>
         <v>0</v>
       </c>
       <c r="F41" s="172" t="s">
         <v>8</v>
       </c>
       <c r="G41" s="173"/>
       <c r="H41" s="173"/>
       <c r="I41" s="171">
         <f>I38</f>
         <v>0</v>
       </c>
       <c r="J41" s="172" t="s">
         <v>8</v>
       </c>
       <c r="K41" s="173"/>
       <c r="L41" s="171">
         <f>E41+(I41)</f>
         <v>0</v>
       </c>
       <c r="M41" s="172"/>
       <c r="N41" s="136" t="s">
         <v>8</v>
       </c>
       <c r="P41" s="174"/>
       <c r="Q41" s="156"/>
     </row>
-    <row r="42" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A42" s="18"/>
       <c r="B42" s="175"/>
       <c r="C42" s="279"/>
       <c r="D42" s="176"/>
       <c r="E42" s="177"/>
       <c r="F42" s="177"/>
       <c r="G42" s="178"/>
       <c r="H42" s="177"/>
       <c r="I42" s="178"/>
       <c r="J42" s="179"/>
       <c r="K42" s="177"/>
       <c r="L42" s="178"/>
       <c r="M42" s="177"/>
       <c r="N42" s="177"/>
       <c r="O42" s="177"/>
       <c r="P42" s="180"/>
       <c r="Q42" s="181"/>
     </row>
-    <row r="43" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A43" s="58"/>
       <c r="B43" s="59"/>
       <c r="C43" s="48"/>
       <c r="D43" s="52"/>
       <c r="E43" s="182"/>
       <c r="F43" s="170"/>
       <c r="G43" s="170"/>
       <c r="H43" s="170"/>
       <c r="I43" s="183"/>
       <c r="J43" s="153"/>
       <c r="K43" s="170"/>
       <c r="L43" s="170"/>
       <c r="M43" s="170"/>
       <c r="N43" s="170"/>
       <c r="O43" s="170"/>
       <c r="P43" s="52"/>
       <c r="Q43" s="19"/>
     </row>
-    <row r="44" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="18"/>
       <c r="B44" s="184"/>
       <c r="C44" s="185"/>
       <c r="D44" s="144"/>
       <c r="E44" s="186"/>
       <c r="F44" s="187"/>
       <c r="G44" s="187"/>
       <c r="H44" s="187"/>
       <c r="I44" s="186"/>
       <c r="J44" s="188"/>
       <c r="K44" s="187"/>
       <c r="L44" s="189"/>
       <c r="M44" s="189"/>
       <c r="N44" s="189"/>
       <c r="O44" s="189"/>
       <c r="P44" s="190"/>
       <c r="Q44" s="19"/>
     </row>
-    <row r="45" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A45" s="18"/>
       <c r="B45" s="191"/>
       <c r="C45" s="192" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="D45" s="52"/>
       <c r="E45" s="172" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="193"/>
       <c r="G45" s="193"/>
       <c r="H45" s="193"/>
       <c r="I45" s="172" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="J45" s="172"/>
       <c r="K45" s="193"/>
       <c r="L45" s="172" t="s">
         <v>0</v>
       </c>
       <c r="M45" s="172"/>
       <c r="N45" s="172"/>
       <c r="O45" s="172"/>
       <c r="P45" s="194"/>
       <c r="Q45" s="19"/>
     </row>
-    <row r="46" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A46" s="18"/>
       <c r="B46" s="64"/>
       <c r="C46" s="50"/>
       <c r="D46" s="49"/>
       <c r="E46" s="195"/>
       <c r="F46" s="196"/>
       <c r="G46" s="183"/>
       <c r="H46" s="183"/>
       <c r="I46" s="196"/>
       <c r="J46" s="153"/>
       <c r="K46" s="196"/>
       <c r="L46" s="172"/>
       <c r="M46" s="172"/>
       <c r="N46" s="172"/>
       <c r="O46" s="172"/>
       <c r="P46" s="194"/>
       <c r="Q46" s="19"/>
     </row>
-    <row r="47" spans="1:17" s="47" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:17" s="47" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="18"/>
       <c r="B47" s="64"/>
-      <c r="C47" s="342" t="s">
-[...2 lines deleted...]
-      <c r="D47" s="343"/>
+      <c r="C47" s="304" t="s">
+        <v>72</v>
+      </c>
+      <c r="D47" s="305"/>
       <c r="E47" s="197">
         <f>IF($E$41&gt;40000000,MIN($E$38,0.5*$E$41),0.5*$E$41)</f>
         <v>0</v>
       </c>
       <c r="F47" s="158" t="s">
         <v>8</v>
       </c>
       <c r="G47" s="198"/>
       <c r="H47" s="154"/>
       <c r="I47" s="197">
         <f>0.5*$I$41</f>
         <v>0</v>
       </c>
       <c r="J47" s="199" t="s">
         <v>8</v>
       </c>
       <c r="K47" s="200"/>
       <c r="L47" s="201">
         <f>IF($E$47+$I$47&lt;0,0,$E$47+$I$47)</f>
         <v>0</v>
       </c>
       <c r="M47" s="153"/>
       <c r="N47" s="153" t="s">
         <v>8</v>
       </c>
       <c r="O47" s="153"/>
       <c r="P47" s="202"/>
       <c r="Q47" s="19"/>
     </row>
-    <row r="48" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="18"/>
       <c r="B48" s="64"/>
-      <c r="C48" s="344"/>
-[...1 lines deleted...]
-      <c r="E48" s="339" t="s">
+      <c r="C48" s="306"/>
+      <c r="D48" s="294"/>
+      <c r="E48" s="301" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="204"/>
       <c r="G48" s="204"/>
       <c r="H48" s="204"/>
       <c r="I48" s="153"/>
       <c r="J48" s="205"/>
       <c r="K48" s="206"/>
-      <c r="L48" s="341"/>
-[...2 lines deleted...]
-      <c r="O48" s="341"/>
+      <c r="L48" s="303"/>
+      <c r="M48" s="303"/>
+      <c r="N48" s="303"/>
+      <c r="O48" s="303"/>
       <c r="P48" s="202"/>
       <c r="Q48" s="19"/>
     </row>
-    <row r="49" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A49" s="18"/>
       <c r="B49" s="64"/>
-      <c r="C49" s="344"/>
-[...1 lines deleted...]
-      <c r="E49" s="340"/>
+      <c r="C49" s="306"/>
+      <c r="D49" s="294"/>
+      <c r="E49" s="302"/>
       <c r="F49" s="204"/>
       <c r="G49" s="204"/>
       <c r="H49" s="204"/>
       <c r="I49" s="172"/>
       <c r="J49" s="207"/>
       <c r="K49" s="208"/>
-      <c r="L49" s="341"/>
-[...2 lines deleted...]
-      <c r="O49" s="341"/>
+      <c r="L49" s="303"/>
+      <c r="M49" s="303"/>
+      <c r="N49" s="303"/>
+      <c r="O49" s="303"/>
       <c r="P49" s="202"/>
       <c r="Q49" s="19"/>
     </row>
-    <row r="50" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="18"/>
       <c r="B50" s="64"/>
       <c r="C50" s="260"/>
       <c r="D50" s="261"/>
       <c r="E50" s="254"/>
       <c r="F50" s="204"/>
       <c r="G50" s="204"/>
       <c r="H50" s="204"/>
       <c r="I50" s="172"/>
       <c r="J50" s="172"/>
       <c r="K50" s="208"/>
       <c r="L50" s="253"/>
       <c r="M50" s="253"/>
       <c r="N50" s="253"/>
       <c r="O50" s="253"/>
       <c r="P50" s="202"/>
       <c r="Q50" s="19"/>
     </row>
-    <row r="51" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="18"/>
       <c r="B51" s="64"/>
-      <c r="C51" s="344" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="332"/>
+      <c r="C51" s="306" t="s">
+        <v>65</v>
+      </c>
+      <c r="D51" s="294"/>
       <c r="E51" s="15"/>
       <c r="F51" s="158" t="s">
         <v>8</v>
       </c>
       <c r="G51" s="262" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="H51" s="173"/>
       <c r="I51" s="15"/>
       <c r="J51" s="158" t="s">
         <v>8</v>
       </c>
       <c r="K51" s="208"/>
       <c r="L51" s="253"/>
       <c r="M51" s="253"/>
       <c r="N51" s="253"/>
       <c r="O51" s="253"/>
       <c r="P51" s="202"/>
       <c r="Q51" s="19"/>
     </row>
-    <row r="52" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A52" s="18"/>
       <c r="B52" s="64"/>
-      <c r="C52" s="344"/>
-      <c r="D52" s="332"/>
+      <c r="C52" s="306"/>
+      <c r="D52" s="294"/>
       <c r="E52" s="254"/>
       <c r="F52" s="204"/>
       <c r="G52" s="204"/>
       <c r="H52" s="204"/>
       <c r="I52" s="172"/>
       <c r="J52" s="207"/>
       <c r="K52" s="208"/>
       <c r="L52" s="253"/>
       <c r="M52" s="253"/>
       <c r="N52" s="253"/>
       <c r="O52" s="253"/>
       <c r="P52" s="202"/>
       <c r="Q52" s="19"/>
     </row>
-    <row r="53" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A53" s="18"/>
       <c r="B53" s="64"/>
-      <c r="C53" s="344"/>
-      <c r="D53" s="332"/>
+      <c r="C53" s="306"/>
+      <c r="D53" s="294"/>
       <c r="E53" s="204"/>
       <c r="F53" s="172"/>
       <c r="G53" s="173"/>
       <c r="H53" s="173"/>
       <c r="I53" s="172"/>
       <c r="J53" s="207"/>
       <c r="K53" s="208"/>
       <c r="L53" s="209"/>
       <c r="M53" s="209"/>
       <c r="N53" s="209"/>
       <c r="O53" s="209"/>
       <c r="P53" s="202"/>
       <c r="Q53" s="19"/>
     </row>
-    <row r="54" spans="1:17" s="47" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:17" s="47" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="18"/>
       <c r="B54" s="64"/>
       <c r="C54" s="203"/>
       <c r="D54" s="167"/>
       <c r="E54" s="172"/>
       <c r="F54" s="172"/>
       <c r="G54" s="173"/>
       <c r="H54" s="173"/>
       <c r="I54" s="172"/>
       <c r="J54" s="207"/>
       <c r="K54" s="208"/>
       <c r="L54" s="209"/>
       <c r="M54" s="209"/>
       <c r="N54" s="209"/>
       <c r="O54" s="209"/>
       <c r="P54" s="202"/>
       <c r="Q54" s="19"/>
     </row>
-    <row r="55" spans="1:17" s="47" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:17" s="47" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="18"/>
       <c r="B55" s="64"/>
-      <c r="C55" s="345" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="346"/>
+      <c r="C55" s="307" t="s">
+        <v>73</v>
+      </c>
+      <c r="D55" s="308"/>
       <c r="E55" s="197">
         <f>$E$47-$E$51</f>
         <v>0</v>
       </c>
       <c r="F55" s="158" t="s">
         <v>8</v>
       </c>
       <c r="G55" s="198"/>
       <c r="H55" s="154"/>
       <c r="I55" s="197">
         <f>$I$47-$I$51</f>
         <v>0</v>
       </c>
       <c r="J55" s="199" t="s">
         <v>8</v>
       </c>
       <c r="K55" s="200"/>
       <c r="L55" s="201">
         <f>IF($E$55+$I$55&lt;0,0,$E$55+$I$55)</f>
         <v>0</v>
       </c>
       <c r="M55" s="153"/>
       <c r="N55" s="153" t="s">
         <v>8</v>
       </c>
       <c r="O55" s="153"/>
       <c r="P55" s="202"/>
       <c r="Q55" s="19"/>
     </row>
-    <row r="56" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="18"/>
       <c r="B56" s="64"/>
-      <c r="C56" s="347"/>
-[...1 lines deleted...]
-      <c r="E56" s="339"/>
+      <c r="C56" s="309"/>
+      <c r="D56" s="310"/>
+      <c r="E56" s="301"/>
       <c r="F56" s="204"/>
       <c r="G56" s="204"/>
       <c r="H56" s="204"/>
       <c r="I56" s="153"/>
       <c r="J56" s="205"/>
       <c r="K56" s="206"/>
-      <c r="L56" s="341"/>
-[...2 lines deleted...]
-      <c r="O56" s="341"/>
+      <c r="L56" s="303"/>
+      <c r="M56" s="303"/>
+      <c r="N56" s="303"/>
+      <c r="O56" s="303"/>
       <c r="P56" s="202"/>
       <c r="Q56" s="19"/>
     </row>
-    <row r="57" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A57" s="18"/>
       <c r="B57" s="64"/>
-      <c r="C57" s="347"/>
-[...1 lines deleted...]
-      <c r="E57" s="340"/>
+      <c r="C57" s="309"/>
+      <c r="D57" s="310"/>
+      <c r="E57" s="302"/>
       <c r="F57" s="204"/>
       <c r="G57" s="204"/>
       <c r="H57" s="204"/>
       <c r="I57" s="172"/>
       <c r="J57" s="207"/>
       <c r="K57" s="208"/>
-      <c r="L57" s="341"/>
-[...2 lines deleted...]
-      <c r="O57" s="341"/>
+      <c r="L57" s="303"/>
+      <c r="M57" s="303"/>
+      <c r="N57" s="303"/>
+      <c r="O57" s="303"/>
       <c r="P57" s="202"/>
       <c r="Q57" s="19"/>
     </row>
-    <row r="58" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A58" s="18"/>
       <c r="B58" s="64"/>
       <c r="C58" s="263"/>
       <c r="D58" s="264"/>
       <c r="E58" s="254"/>
       <c r="F58" s="204"/>
       <c r="G58" s="204"/>
       <c r="H58" s="204"/>
       <c r="I58" s="172"/>
       <c r="J58" s="207"/>
       <c r="K58" s="208"/>
       <c r="L58" s="253"/>
       <c r="M58" s="253"/>
       <c r="N58" s="253"/>
       <c r="O58" s="253"/>
       <c r="P58" s="202"/>
       <c r="Q58" s="19"/>
     </row>
-    <row r="59" spans="1:17" s="136" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:17" s="136" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A59" s="26"/>
       <c r="B59" s="210"/>
       <c r="C59" s="211" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="E59" s="197">
         <f>'(4) Financement &amp; aide fin.'!K29</f>
         <v>0</v>
       </c>
       <c r="F59" s="158" t="s">
         <v>8</v>
       </c>
       <c r="G59" s="212"/>
       <c r="H59" s="154"/>
       <c r="I59" s="197">
         <f>'(4) Financement &amp; aide fin.'!K78</f>
         <v>0</v>
       </c>
       <c r="J59" s="199" t="s">
         <v>8</v>
       </c>
       <c r="K59" s="212"/>
       <c r="L59" s="197">
         <f>E59+I59</f>
         <v>0</v>
       </c>
       <c r="M59" s="153"/>
       <c r="N59" s="213" t="s">
         <v>8</v>
       </c>
       <c r="O59" s="153"/>
       <c r="P59" s="214"/>
       <c r="Q59" s="156"/>
     </row>
-    <row r="60" spans="1:17" s="136" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:17" s="136" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="26"/>
       <c r="B60" s="210"/>
       <c r="C60" s="211"/>
-      <c r="E60" s="349" t="str">
+      <c r="E60" s="311" t="str">
         <f>IF(OR($E$59&gt;$E$55,AND($I$55&gt;0,$I$59&gt;$I$55),L$59&gt;$L$55),"La subvention demandée ne peux pas être supérieure au montant maximal possible de la subvention"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F60" s="349"/>
-[...8 lines deleted...]
-      <c r="O60" s="349"/>
+      <c r="F60" s="311"/>
+      <c r="G60" s="311"/>
+      <c r="H60" s="311"/>
+      <c r="I60" s="311"/>
+      <c r="J60" s="311"/>
+      <c r="K60" s="311"/>
+      <c r="L60" s="311"/>
+      <c r="M60" s="311"/>
+      <c r="N60" s="311"/>
+      <c r="O60" s="311"/>
       <c r="P60" s="265"/>
       <c r="Q60" s="156"/>
     </row>
-    <row r="61" spans="1:17" s="136" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:17" s="136" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="26"/>
       <c r="B61" s="210"/>
-      <c r="C61" s="344"/>
-[...11 lines deleted...]
-      <c r="O61" s="349"/>
+      <c r="C61" s="306"/>
+      <c r="D61" s="294"/>
+      <c r="E61" s="311"/>
+      <c r="F61" s="311"/>
+      <c r="G61" s="311"/>
+      <c r="H61" s="311"/>
+      <c r="I61" s="311"/>
+      <c r="J61" s="311"/>
+      <c r="K61" s="311"/>
+      <c r="L61" s="311"/>
+      <c r="M61" s="311"/>
+      <c r="N61" s="311"/>
+      <c r="O61" s="311"/>
       <c r="P61" s="265"/>
       <c r="Q61" s="156"/>
     </row>
-    <row r="62" spans="1:17" s="136" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:17" s="136" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="26"/>
       <c r="B62" s="266"/>
-      <c r="C62" s="333" t="s">
-[...14 lines deleted...]
-      <c r="P62" s="335"/>
+      <c r="C62" s="295" t="s">
+        <v>70</v>
+      </c>
+      <c r="D62" s="296"/>
+      <c r="E62" s="296"/>
+      <c r="F62" s="296"/>
+      <c r="G62" s="296"/>
+      <c r="H62" s="296"/>
+      <c r="I62" s="296"/>
+      <c r="J62" s="296"/>
+      <c r="K62" s="296"/>
+      <c r="L62" s="296"/>
+      <c r="M62" s="296"/>
+      <c r="N62" s="296"/>
+      <c r="O62" s="296"/>
+      <c r="P62" s="297"/>
       <c r="Q62" s="156"/>
     </row>
-    <row r="63" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:17" s="47" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="18"/>
       <c r="B63" s="215"/>
-      <c r="C63" s="336"/>
-[...12 lines deleted...]
-      <c r="P63" s="338"/>
+      <c r="C63" s="298"/>
+      <c r="D63" s="299"/>
+      <c r="E63" s="299"/>
+      <c r="F63" s="299"/>
+      <c r="G63" s="299"/>
+      <c r="H63" s="299"/>
+      <c r="I63" s="299"/>
+      <c r="J63" s="299"/>
+      <c r="K63" s="299"/>
+      <c r="L63" s="299"/>
+      <c r="M63" s="299"/>
+      <c r="N63" s="299"/>
+      <c r="O63" s="299"/>
+      <c r="P63" s="300"/>
       <c r="Q63" s="19"/>
     </row>
-    <row r="64" spans="1:17" s="53" customFormat="1" x14ac:dyDescent="0.25"/>
-    <row r="65" spans="2:11" s="53" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:17" s="53" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="65" spans="2:11" s="53" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B65" s="57" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="66" spans="2:11" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="66" spans="2:11" x14ac:dyDescent="0.2">
       <c r="J66" s="8"/>
       <c r="K66" s="53"/>
     </row>
-    <row r="67" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:11" x14ac:dyDescent="0.2">
       <c r="J67" s="8"/>
       <c r="K67" s="53"/>
     </row>
-    <row r="68" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:11" x14ac:dyDescent="0.2">
       <c r="J68" s="8"/>
       <c r="K68" s="53"/>
     </row>
-    <row r="69" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:11" x14ac:dyDescent="0.2">
       <c r="J69" s="8"/>
       <c r="K69" s="53"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Kn+3EVmIN+c1KikY6/cJVKkbm0kYbq7H+/Ezb4W+stFF2/H+kzDRH55/5Q0yAbKK/mpgdy1asaOAj7M4F+EmTg==" saltValue="oRwLNPtEBNTUR/9hLps2pA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="PsmAhlI9YYakR8EwJCt35+FwlNILeneoalGpBPI4MT0KzW6t7mmXfp0FVvaoI6xsjuCgaBS9QZsH+E34aC/YbA==" saltValue="GuhTTUo9bvC9JdzU0TBKCg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="27">
-    <mergeCell ref="C38:D39"/>
-[...9 lines deleted...]
-    <mergeCell ref="C51:D53"/>
     <mergeCell ref="A4:P7"/>
     <mergeCell ref="C9:P10"/>
     <mergeCell ref="K14:P16"/>
     <mergeCell ref="E26:P26"/>
     <mergeCell ref="E14:I14"/>
     <mergeCell ref="C15:D21"/>
     <mergeCell ref="E21:I21"/>
     <mergeCell ref="E23:I23"/>
     <mergeCell ref="E24:I24"/>
     <mergeCell ref="E17:I17"/>
     <mergeCell ref="E16:I16"/>
     <mergeCell ref="E20:I20"/>
     <mergeCell ref="E22:I22"/>
     <mergeCell ref="E15:I15"/>
     <mergeCell ref="L19:Q24"/>
     <mergeCell ref="Q12:Q15"/>
+    <mergeCell ref="C38:D39"/>
+    <mergeCell ref="C62:P63"/>
+    <mergeCell ref="E56:E57"/>
+    <mergeCell ref="L56:O57"/>
+    <mergeCell ref="C47:D49"/>
+    <mergeCell ref="C55:D57"/>
+    <mergeCell ref="E60:O61"/>
+    <mergeCell ref="C61:D61"/>
+    <mergeCell ref="L48:O49"/>
+    <mergeCell ref="E48:E49"/>
+    <mergeCell ref="C51:D53"/>
   </mergeCells>
   <conditionalFormatting sqref="E59">
-    <cfRule type="expression" dxfId="28" priority="3">
+    <cfRule type="expression" dxfId="24" priority="3">
       <formula>$E$59&gt;$E$55</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I59">
-    <cfRule type="expression" dxfId="27" priority="2">
+    <cfRule type="expression" dxfId="23" priority="2">
       <formula>AND($I$55&gt;0,$I$59&gt;$I$55)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L59">
-    <cfRule type="expression" dxfId="26" priority="1">
+    <cfRule type="expression" dxfId="22" priority="1">
       <formula>$L$59&gt;$L$55</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.98425196850393704" bottom="0.62992125984251968" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;CSeite &amp;P</oddFooter>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7800E53F-81BE-4923-A7CC-E0E13BF4913F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V93"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="20.5546875" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="35.28515625" customWidth="1"/>
+    <col min="3" max="3" width="37.85546875" customWidth="1"/>
+    <col min="4" max="4" width="35.42578125" customWidth="1"/>
+    <col min="5" max="5" width="28.5703125" customWidth="1"/>
+    <col min="6" max="6" width="20.5703125" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
-    <col min="8" max="8" width="13.44140625" customWidth="1"/>
+    <col min="8" max="8" width="13.42578125" customWidth="1"/>
     <col min="9" max="9" width="13" customWidth="1"/>
-    <col min="10" max="10" width="9.6640625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="12" width="2.6640625" customWidth="1"/>
+    <col min="10" max="10" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.28515625" customWidth="1"/>
+    <col min="12" max="12" width="2.7109375" customWidth="1"/>
     <col min="13" max="22" width="0" hidden="1" customWidth="1"/>
-    <col min="23" max="16384" width="11.44140625" hidden="1"/>
+    <col min="23" max="16384" width="11.42578125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="16"/>
       <c r="B1" s="32"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="16"/>
     </row>
-    <row r="2" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="18"/>
-      <c r="B2" s="376" t="s">
-[...10 lines deleted...]
-      <c r="K2" s="378"/>
+      <c r="B2" s="364" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" s="365"/>
+      <c r="D2" s="365"/>
+      <c r="E2" s="365"/>
+      <c r="F2" s="365"/>
+      <c r="G2" s="365"/>
+      <c r="H2" s="365"/>
+      <c r="I2" s="365"/>
+      <c r="J2" s="365"/>
+      <c r="K2" s="366"/>
       <c r="L2" s="22"/>
     </row>
-    <row r="3" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
-      <c r="B3" s="379"/>
-[...8 lines deleted...]
-      <c r="K3" s="381"/>
+      <c r="B3" s="367"/>
+      <c r="C3" s="368"/>
+      <c r="D3" s="368"/>
+      <c r="E3" s="368"/>
+      <c r="F3" s="368"/>
+      <c r="G3" s="368"/>
+      <c r="H3" s="368"/>
+      <c r="I3" s="368"/>
+      <c r="J3" s="368"/>
+      <c r="K3" s="369"/>
       <c r="L3" s="22"/>
     </row>
-    <row r="4" spans="1:15" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="124.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="18"/>
-      <c r="B4" s="382"/>
-[...8 lines deleted...]
-      <c r="K4" s="384"/>
+      <c r="B4" s="370"/>
+      <c r="C4" s="371"/>
+      <c r="D4" s="371"/>
+      <c r="E4" s="371"/>
+      <c r="F4" s="371"/>
+      <c r="G4" s="371"/>
+      <c r="H4" s="371"/>
+      <c r="I4" s="371"/>
+      <c r="J4" s="371"/>
+      <c r="K4" s="372"/>
       <c r="L4" s="22"/>
     </row>
-    <row r="5" spans="1:15" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="50"/>
       <c r="B5" s="216"/>
       <c r="C5" s="217"/>
       <c r="D5" s="27"/>
       <c r="E5" s="27"/>
       <c r="F5" s="27"/>
       <c r="G5" s="217"/>
       <c r="H5" s="217"/>
       <c r="I5" s="217"/>
       <c r="J5" s="217"/>
       <c r="K5" s="217"/>
       <c r="L5" s="16"/>
     </row>
-    <row r="6" spans="1:15" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58"/>
       <c r="B6" s="47"/>
       <c r="C6" s="218"/>
       <c r="D6" s="122" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E6" s="123" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F6" s="124" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="47"/>
       <c r="H6" s="138"/>
-      <c r="I6" s="350" t="str">
+      <c r="I6" s="388" t="str">
         <f>IF(MAX(G11:G50)&gt;=100000, "Veuillez justifier les postes de coûts supérieurs à CHF 100 000 dans une annexe à l'aide d'offres ou d'explications sourcées.", "")</f>
         <v/>
       </c>
-      <c r="J6" s="350"/>
-      <c r="K6" s="351"/>
+      <c r="J6" s="388"/>
+      <c r="K6" s="389"/>
       <c r="L6" s="16"/>
     </row>
-    <row r="7" spans="1:15" ht="27.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="58"/>
       <c r="B7" s="138"/>
       <c r="C7" s="138"/>
       <c r="D7" s="99">
         <f>$I$51</f>
         <v>0</v>
       </c>
       <c r="E7" s="100">
         <f>$I$81</f>
         <v>0</v>
       </c>
       <c r="F7" s="101">
         <f>D7-E7</f>
         <v>0</v>
       </c>
       <c r="G7" s="138"/>
       <c r="H7" s="138"/>
-      <c r="I7" s="350"/>
-[...1 lines deleted...]
-      <c r="K7" s="351"/>
+      <c r="I7" s="388"/>
+      <c r="J7" s="388"/>
+      <c r="K7" s="389"/>
       <c r="L7" s="16"/>
     </row>
-    <row r="8" spans="1:15" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="58"/>
       <c r="B8" s="138"/>
       <c r="C8" s="138"/>
       <c r="D8" s="138"/>
       <c r="E8" s="138"/>
       <c r="F8" s="138"/>
       <c r="G8" s="138"/>
       <c r="H8" s="138"/>
       <c r="I8" s="138"/>
       <c r="J8" s="138"/>
       <c r="K8" s="138"/>
       <c r="L8" s="16"/>
     </row>
-    <row r="9" spans="1:15" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="18"/>
-      <c r="B9" s="370" t="s">
-[...10 lines deleted...]
-      <c r="K9" s="372"/>
+      <c r="B9" s="379" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" s="380"/>
+      <c r="D9" s="380"/>
+      <c r="E9" s="380"/>
+      <c r="F9" s="380"/>
+      <c r="G9" s="380"/>
+      <c r="H9" s="380"/>
+      <c r="I9" s="380"/>
+      <c r="J9" s="380"/>
+      <c r="K9" s="381"/>
       <c r="L9" s="16"/>
     </row>
-    <row r="10" spans="1:15" ht="57.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:15" ht="57.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="18"/>
-      <c r="B10" s="361" t="s">
-[...3 lines deleted...]
-      <c r="D10" s="363"/>
+      <c r="B10" s="291" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" s="409" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" s="292" t="s">
+        <v>92</v>
+      </c>
       <c r="E10" s="96" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="94" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="94" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" s="94" t="s">
         <v>28</v>
       </c>
-      <c r="H10" s="94" t="s">
+      <c r="I10" s="94" t="s">
         <v>29</v>
       </c>
-      <c r="I10" s="94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" s="94" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K10" s="94" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L10" s="16"/>
     </row>
-    <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="18"/>
-      <c r="B11" s="373"/>
-[...1 lines deleted...]
-      <c r="D11" s="375"/>
+      <c r="B11" s="287"/>
+      <c r="C11" s="410"/>
+      <c r="D11" s="288"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="4"/>
       <c r="H11" s="275"/>
       <c r="I11" s="30">
         <f>G11*H11</f>
         <v>0</v>
       </c>
       <c r="J11" s="30" t="str">
         <f>IF(E11="Interne Kosten",I11,"-")</f>
         <v>-</v>
       </c>
       <c r="K11" s="30" t="str">
         <f>IF(E11="Externe Kosten",I11,"-")</f>
         <v>-</v>
       </c>
       <c r="L11" s="22"/>
     </row>
-    <row r="12" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="18"/>
-      <c r="B12" s="364"/>
-[...1 lines deleted...]
-      <c r="D12" s="366"/>
+      <c r="B12" s="285"/>
+      <c r="C12" s="411"/>
+      <c r="D12" s="286"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="4"/>
       <c r="H12" s="276"/>
       <c r="I12" s="31">
         <f t="shared" ref="I12:I41" si="0">G12*H12</f>
         <v>0</v>
       </c>
       <c r="J12" s="31" t="str">
         <f t="shared" ref="J12:J50" si="1">IF(E12="Interne Kosten",I12,"-")</f>
         <v>-</v>
       </c>
       <c r="K12" s="31" t="str">
         <f t="shared" ref="K12:K50" si="2">IF(E12="Externe Kosten",I12,"-")</f>
         <v>-</v>
       </c>
       <c r="L12" s="22"/>
     </row>
-    <row r="13" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A13" s="18"/>
-      <c r="B13" s="364"/>
-[...1 lines deleted...]
-      <c r="D13" s="366"/>
+      <c r="B13" s="285"/>
+      <c r="C13" s="411"/>
+      <c r="D13" s="286"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="4"/>
       <c r="H13" s="276"/>
       <c r="I13" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J13" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K13" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L13" s="22"/>
     </row>
-    <row r="14" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A14" s="18"/>
-      <c r="B14" s="364"/>
-[...1 lines deleted...]
-      <c r="D14" s="366"/>
+      <c r="B14" s="285"/>
+      <c r="C14" s="411"/>
+      <c r="D14" s="286"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="4"/>
       <c r="H14" s="276"/>
       <c r="I14" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J14" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K14" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L14" s="28"/>
       <c r="M14" s="23"/>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
     </row>
-    <row r="15" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A15" s="18"/>
-      <c r="B15" s="364"/>
-[...1 lines deleted...]
-      <c r="D15" s="366"/>
+      <c r="B15" s="285"/>
+      <c r="C15" s="411"/>
+      <c r="D15" s="286"/>
       <c r="E15" s="3"/>
       <c r="F15" s="93"/>
       <c r="G15" s="4"/>
       <c r="H15" s="276"/>
       <c r="I15" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J15" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K15" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L15" s="22"/>
     </row>
-    <row r="16" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A16" s="18"/>
-      <c r="B16" s="364"/>
-[...1 lines deleted...]
-      <c r="D16" s="366"/>
+      <c r="B16" s="285"/>
+      <c r="C16" s="411"/>
+      <c r="D16" s="286"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="4"/>
       <c r="H16" s="276"/>
       <c r="I16" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J16" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K16" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L16" s="22"/>
     </row>
-    <row r="17" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A17" s="18"/>
-      <c r="B17" s="352"/>
-[...1 lines deleted...]
-      <c r="D17" s="354"/>
+      <c r="B17" s="285"/>
+      <c r="C17" s="411"/>
+      <c r="D17" s="286"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="4"/>
       <c r="H17" s="276"/>
       <c r="I17" s="31">
         <f t="shared" ref="I17:I38" si="3">G17*H17</f>
         <v>0</v>
       </c>
       <c r="J17" s="31" t="str">
         <f t="shared" ref="J17:J38" si="4">IF(E17="Interne Kosten",I17,"-")</f>
         <v>-</v>
       </c>
       <c r="K17" s="31" t="str">
         <f t="shared" ref="K17:K38" si="5">IF(E17="Externe Kosten",I17,"-")</f>
         <v>-</v>
       </c>
       <c r="L17" s="22"/>
     </row>
-    <row r="18" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A18" s="18"/>
-      <c r="B18" s="352"/>
-[...1 lines deleted...]
-      <c r="D18" s="354"/>
+      <c r="B18" s="285"/>
+      <c r="C18" s="411"/>
+      <c r="D18" s="286"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="4"/>
       <c r="H18" s="276"/>
       <c r="I18" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J18" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K18" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L18" s="22"/>
     </row>
-    <row r="19" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A19" s="18"/>
-      <c r="B19" s="352"/>
-[...1 lines deleted...]
-      <c r="D19" s="354"/>
+      <c r="B19" s="285"/>
+      <c r="C19" s="411"/>
+      <c r="D19" s="286"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="4"/>
       <c r="H19" s="276"/>
       <c r="I19" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J19" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K19" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L19" s="22"/>
     </row>
-    <row r="20" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A20" s="18"/>
-      <c r="B20" s="352"/>
-[...1 lines deleted...]
-      <c r="D20" s="354"/>
+      <c r="B20" s="285"/>
+      <c r="C20" s="411"/>
+      <c r="D20" s="286"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="4"/>
       <c r="H20" s="276"/>
       <c r="I20" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J20" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K20" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L20" s="22"/>
     </row>
-    <row r="21" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A21" s="18"/>
-      <c r="B21" s="352"/>
-[...1 lines deleted...]
-      <c r="D21" s="354"/>
+      <c r="B21" s="285"/>
+      <c r="C21" s="411"/>
+      <c r="D21" s="286"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="4"/>
       <c r="H21" s="276"/>
       <c r="I21" s="31">
         <f t="shared" ref="I21:I26" si="6">G21*H21</f>
         <v>0</v>
       </c>
       <c r="J21" s="31" t="str">
         <f t="shared" ref="J21:J26" si="7">IF(E21="Interne Kosten",I21,"-")</f>
         <v>-</v>
       </c>
       <c r="K21" s="31" t="str">
         <f t="shared" ref="K21:K26" si="8">IF(E21="Externe Kosten",I21,"-")</f>
         <v>-</v>
       </c>
       <c r="L21" s="22"/>
     </row>
-    <row r="22" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A22" s="18"/>
-      <c r="B22" s="352"/>
-[...1 lines deleted...]
-      <c r="D22" s="354"/>
+      <c r="B22" s="285"/>
+      <c r="C22" s="411"/>
+      <c r="D22" s="286"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="4"/>
       <c r="H22" s="276"/>
       <c r="I22" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J22" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K22" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L22" s="22"/>
     </row>
-    <row r="23" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A23" s="18"/>
-      <c r="B23" s="352"/>
-[...1 lines deleted...]
-      <c r="D23" s="354"/>
+      <c r="B23" s="285"/>
+      <c r="C23" s="411"/>
+      <c r="D23" s="286"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="4"/>
       <c r="H23" s="276"/>
       <c r="I23" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J23" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K23" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L23" s="22"/>
     </row>
-    <row r="24" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A24" s="18"/>
-      <c r="B24" s="352"/>
-[...1 lines deleted...]
-      <c r="D24" s="354"/>
+      <c r="B24" s="285"/>
+      <c r="C24" s="411"/>
+      <c r="D24" s="286"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="4"/>
       <c r="H24" s="276"/>
       <c r="I24" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J24" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K24" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L24" s="22"/>
     </row>
-    <row r="25" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A25" s="18"/>
-      <c r="B25" s="352"/>
-[...1 lines deleted...]
-      <c r="D25" s="354"/>
+      <c r="B25" s="285"/>
+      <c r="C25" s="411"/>
+      <c r="D25" s="286"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="4"/>
       <c r="H25" s="276"/>
       <c r="I25" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J25" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K25" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L25" s="22"/>
     </row>
-    <row r="26" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A26" s="18"/>
-      <c r="B26" s="352"/>
-[...1 lines deleted...]
-      <c r="D26" s="354"/>
+      <c r="B26" s="285"/>
+      <c r="C26" s="411"/>
+      <c r="D26" s="286"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="4"/>
       <c r="H26" s="276"/>
       <c r="I26" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J26" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K26" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L26" s="22"/>
     </row>
-    <row r="27" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A27" s="18"/>
-      <c r="B27" s="352"/>
-[...1 lines deleted...]
-      <c r="D27" s="354"/>
+      <c r="B27" s="285"/>
+      <c r="C27" s="411"/>
+      <c r="D27" s="286"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="4"/>
       <c r="H27" s="276"/>
       <c r="I27" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J27" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K27" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L27" s="22"/>
     </row>
-    <row r="28" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A28" s="18"/>
-      <c r="B28" s="352"/>
-[...1 lines deleted...]
-      <c r="D28" s="354"/>
+      <c r="B28" s="285"/>
+      <c r="C28" s="411"/>
+      <c r="D28" s="286"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="4"/>
       <c r="H28" s="276"/>
       <c r="I28" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J28" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K28" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L28" s="22"/>
     </row>
-    <row r="29" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A29" s="18"/>
-      <c r="B29" s="352"/>
-[...1 lines deleted...]
-      <c r="D29" s="354"/>
+      <c r="B29" s="285"/>
+      <c r="C29" s="411"/>
+      <c r="D29" s="286"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="4"/>
       <c r="H29" s="276"/>
       <c r="I29" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J29" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K29" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L29" s="22"/>
     </row>
-    <row r="30" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A30" s="18"/>
-      <c r="B30" s="352"/>
-[...1 lines deleted...]
-      <c r="D30" s="354"/>
+      <c r="B30" s="285"/>
+      <c r="C30" s="411"/>
+      <c r="D30" s="286"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="4"/>
       <c r="H30" s="276"/>
       <c r="I30" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J30" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K30" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L30" s="22"/>
     </row>
-    <row r="31" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A31" s="18"/>
-      <c r="B31" s="352"/>
-[...1 lines deleted...]
-      <c r="D31" s="354"/>
+      <c r="B31" s="285"/>
+      <c r="C31" s="411"/>
+      <c r="D31" s="286"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="4"/>
       <c r="H31" s="276"/>
       <c r="I31" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J31" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K31" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L31" s="22"/>
     </row>
-    <row r="32" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A32" s="18"/>
-      <c r="B32" s="352"/>
-[...1 lines deleted...]
-      <c r="D32" s="354"/>
+      <c r="B32" s="285"/>
+      <c r="C32" s="411"/>
+      <c r="D32" s="286"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="4"/>
       <c r="H32" s="276"/>
       <c r="I32" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J32" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K32" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L32" s="22"/>
     </row>
-    <row r="33" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A33" s="18"/>
-      <c r="B33" s="352"/>
-[...1 lines deleted...]
-      <c r="D33" s="354"/>
+      <c r="B33" s="285"/>
+      <c r="C33" s="411"/>
+      <c r="D33" s="286"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="4"/>
       <c r="H33" s="276"/>
       <c r="I33" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J33" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K33" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L33" s="22"/>
     </row>
-    <row r="34" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A34" s="18"/>
-      <c r="B34" s="352"/>
-[...1 lines deleted...]
-      <c r="D34" s="354"/>
+      <c r="B34" s="285"/>
+      <c r="C34" s="411"/>
+      <c r="D34" s="286"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="4"/>
       <c r="H34" s="276"/>
       <c r="I34" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J34" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K34" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L34" s="22"/>
     </row>
-    <row r="35" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A35" s="18"/>
-      <c r="B35" s="352"/>
-[...1 lines deleted...]
-      <c r="D35" s="354"/>
+      <c r="B35" s="285"/>
+      <c r="C35" s="411"/>
+      <c r="D35" s="286"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="4"/>
       <c r="H35" s="276"/>
       <c r="I35" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J35" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K35" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L35" s="22"/>
     </row>
-    <row r="36" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A36" s="18"/>
-      <c r="B36" s="352"/>
-[...1 lines deleted...]
-      <c r="D36" s="354"/>
+      <c r="B36" s="285"/>
+      <c r="C36" s="411"/>
+      <c r="D36" s="286"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="4"/>
       <c r="H36" s="276"/>
       <c r="I36" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J36" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K36" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L36" s="22"/>
     </row>
-    <row r="37" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A37" s="18"/>
-      <c r="B37" s="352"/>
-[...1 lines deleted...]
-      <c r="D37" s="354"/>
+      <c r="B37" s="285"/>
+      <c r="C37" s="411"/>
+      <c r="D37" s="286"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="4"/>
       <c r="H37" s="276"/>
       <c r="I37" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J37" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K37" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L37" s="22"/>
     </row>
-    <row r="38" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A38" s="18"/>
-      <c r="B38" s="352"/>
-[...1 lines deleted...]
-      <c r="D38" s="354"/>
+      <c r="B38" s="285"/>
+      <c r="C38" s="411"/>
+      <c r="D38" s="286"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="4"/>
       <c r="H38" s="276"/>
       <c r="I38" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J38" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K38" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L38" s="22"/>
     </row>
-    <row r="39" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A39" s="18"/>
-      <c r="B39" s="364"/>
-[...1 lines deleted...]
-      <c r="D39" s="366"/>
+      <c r="B39" s="285"/>
+      <c r="C39" s="411"/>
+      <c r="D39" s="286"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="4"/>
       <c r="H39" s="276"/>
       <c r="I39" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J39" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K39" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L39" s="22"/>
     </row>
-    <row r="40" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A40" s="18"/>
-      <c r="B40" s="364"/>
-[...1 lines deleted...]
-      <c r="D40" s="366"/>
+      <c r="B40" s="285"/>
+      <c r="C40" s="411"/>
+      <c r="D40" s="286"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="4"/>
       <c r="H40" s="276"/>
       <c r="I40" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J40" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K40" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L40" s="22"/>
     </row>
-    <row r="41" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A41" s="18"/>
-      <c r="B41" s="364"/>
-[...1 lines deleted...]
-      <c r="D41" s="366"/>
+      <c r="B41" s="285"/>
+      <c r="C41" s="411"/>
+      <c r="D41" s="286"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="4"/>
       <c r="H41" s="276"/>
       <c r="I41" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J41" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K41" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L41" s="22"/>
     </row>
-    <row r="42" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A42" s="18"/>
-      <c r="B42" s="364"/>
-[...1 lines deleted...]
-      <c r="D42" s="366"/>
+      <c r="B42" s="285"/>
+      <c r="C42" s="411"/>
+      <c r="D42" s="286"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="4"/>
       <c r="H42" s="276"/>
       <c r="I42" s="31">
         <f t="shared" ref="I42:I50" si="9">G42*H42</f>
         <v>0</v>
       </c>
       <c r="J42" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K42" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L42" s="22"/>
     </row>
-    <row r="43" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A43" s="18"/>
-      <c r="B43" s="364"/>
-[...1 lines deleted...]
-      <c r="D43" s="366"/>
+      <c r="B43" s="285"/>
+      <c r="C43" s="411"/>
+      <c r="D43" s="286"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="4"/>
       <c r="H43" s="276"/>
       <c r="I43" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J43" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K43" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L43" s="22"/>
     </row>
-    <row r="44" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A44" s="18"/>
-      <c r="B44" s="364"/>
-[...1 lines deleted...]
-      <c r="D44" s="366"/>
+      <c r="B44" s="285"/>
+      <c r="C44" s="411"/>
+      <c r="D44" s="286"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="4"/>
       <c r="H44" s="276"/>
       <c r="I44" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J44" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K44" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L44" s="22"/>
     </row>
-    <row r="45" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A45" s="18"/>
-      <c r="B45" s="364"/>
-[...1 lines deleted...]
-      <c r="D45" s="366"/>
+      <c r="B45" s="285"/>
+      <c r="C45" s="411"/>
+      <c r="D45" s="286"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="4"/>
       <c r="H45" s="276"/>
       <c r="I45" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J45" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K45" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L45" s="22"/>
     </row>
-    <row r="46" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A46" s="18"/>
-      <c r="B46" s="364"/>
-[...1 lines deleted...]
-      <c r="D46" s="366"/>
+      <c r="B46" s="285"/>
+      <c r="C46" s="411"/>
+      <c r="D46" s="286"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="4"/>
       <c r="H46" s="276"/>
       <c r="I46" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J46" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K46" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L46" s="22"/>
     </row>
-    <row r="47" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A47" s="18"/>
-      <c r="B47" s="364"/>
-[...1 lines deleted...]
-      <c r="D47" s="366"/>
+      <c r="B47" s="285"/>
+      <c r="C47" s="411"/>
+      <c r="D47" s="286"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="4"/>
       <c r="H47" s="276"/>
       <c r="I47" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J47" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K47" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L47" s="22"/>
     </row>
-    <row r="48" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A48" s="18"/>
-      <c r="B48" s="364"/>
-[...1 lines deleted...]
-      <c r="D48" s="366"/>
+      <c r="B48" s="285"/>
+      <c r="C48" s="411"/>
+      <c r="D48" s="286"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="4"/>
       <c r="H48" s="276"/>
       <c r="I48" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J48" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K48" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L48" s="22"/>
     </row>
-    <row r="49" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A49" s="18"/>
-      <c r="B49" s="364"/>
-[...1 lines deleted...]
-      <c r="D49" s="366"/>
+      <c r="B49" s="285"/>
+      <c r="C49" s="411"/>
+      <c r="D49" s="286"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="4"/>
       <c r="H49" s="276"/>
       <c r="I49" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J49" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K49" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L49" s="22"/>
     </row>
-    <row r="50" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="18"/>
-      <c r="B50" s="367"/>
-[...1 lines deleted...]
-      <c r="D50" s="369"/>
+      <c r="B50" s="289"/>
+      <c r="C50" s="412"/>
+      <c r="D50" s="290"/>
       <c r="E50" s="5"/>
       <c r="F50" s="5"/>
       <c r="G50" s="4"/>
       <c r="H50" s="277"/>
       <c r="I50" s="97">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J50" s="97" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K50" s="97" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L50" s="22"/>
     </row>
-    <row r="51" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="16"/>
-      <c r="B51" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51" s="18"/>
       <c r="C51" s="38"/>
       <c r="D51" s="38"/>
       <c r="E51" s="38"/>
       <c r="F51" s="38"/>
       <c r="G51" s="38"/>
       <c r="H51" s="98" t="s">
         <v>0</v>
       </c>
       <c r="I51" s="12">
         <f>ROUND(SUM(I11:I50),0)</f>
         <v>0</v>
       </c>
       <c r="J51" s="95">
         <f>ROUND(SUM(J11:J50),0)</f>
         <v>0</v>
       </c>
       <c r="K51" s="95">
         <f>ROUND(SUM(K11:K50),0)</f>
         <v>0</v>
       </c>
       <c r="L51" s="16"/>
     </row>
-    <row r="52" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="16"/>
       <c r="B52" s="39"/>
       <c r="C52" s="39"/>
       <c r="D52" s="39"/>
       <c r="E52" s="39"/>
       <c r="F52" s="39"/>
       <c r="G52" s="219"/>
       <c r="H52" s="220"/>
       <c r="I52" s="220"/>
       <c r="J52" s="219"/>
       <c r="K52" s="219"/>
       <c r="L52" s="16"/>
     </row>
-    <row r="53" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="47"/>
       <c r="C53" s="47"/>
       <c r="D53" s="47"/>
       <c r="E53" s="47"/>
       <c r="F53" s="47"/>
       <c r="G53" s="47"/>
       <c r="H53" s="47"/>
       <c r="I53" s="47"/>
       <c r="J53" s="47"/>
       <c r="K53" s="47"/>
     </row>
-    <row r="54" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="16"/>
       <c r="B54" s="226"/>
       <c r="C54" s="226"/>
       <c r="D54" s="226"/>
       <c r="E54" s="226"/>
       <c r="F54" s="226"/>
       <c r="G54" s="219"/>
       <c r="H54" s="221"/>
-      <c r="I54" s="350" t="str">
+      <c r="I54" s="388" t="str">
         <f>IF(MAX(G61:G80)&gt;=100000, "Veuillez justifier les postes de coûts supérieurs à CHF 100 000 dans une annexe à l'aide d'explications sourcées ou, si possible, d'offres.", "")</f>
         <v/>
       </c>
-      <c r="J54" s="350"/>
-      <c r="K54" s="351"/>
+      <c r="J54" s="388"/>
+      <c r="K54" s="389"/>
       <c r="L54" s="16"/>
     </row>
-    <row r="55" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="16"/>
       <c r="B55" s="226"/>
       <c r="C55" s="226"/>
       <c r="D55" s="226"/>
       <c r="E55" s="226"/>
       <c r="F55" s="226"/>
       <c r="G55" s="219"/>
       <c r="H55" s="221"/>
-      <c r="I55" s="350"/>
-[...1 lines deleted...]
-      <c r="K55" s="351"/>
+      <c r="I55" s="388"/>
+      <c r="J55" s="388"/>
+      <c r="K55" s="389"/>
       <c r="L55" s="16"/>
     </row>
-    <row r="56" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="16"/>
       <c r="B56" s="226"/>
       <c r="C56" s="226"/>
       <c r="D56" s="226"/>
       <c r="E56" s="226"/>
       <c r="F56" s="226"/>
       <c r="G56" s="219"/>
       <c r="H56" s="221"/>
-      <c r="I56" s="350"/>
-[...1 lines deleted...]
-      <c r="K56" s="351"/>
+      <c r="I56" s="388"/>
+      <c r="J56" s="388"/>
+      <c r="K56" s="389"/>
       <c r="L56" s="16"/>
     </row>
-    <row r="57" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A57" s="16"/>
       <c r="B57" s="226"/>
       <c r="C57" s="226"/>
       <c r="D57" s="226"/>
       <c r="E57" s="226"/>
       <c r="F57" s="226"/>
       <c r="G57" s="219"/>
       <c r="H57" s="221"/>
-      <c r="I57" s="350"/>
-[...1 lines deleted...]
-      <c r="K57" s="351"/>
+      <c r="I57" s="388"/>
+      <c r="J57" s="388"/>
+      <c r="K57" s="389"/>
       <c r="L57" s="16"/>
     </row>
-    <row r="58" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A58" s="16"/>
       <c r="B58" s="226"/>
       <c r="C58" s="226"/>
       <c r="D58" s="226"/>
       <c r="E58" s="226"/>
       <c r="F58" s="226"/>
       <c r="G58" s="219"/>
       <c r="H58" s="221"/>
       <c r="I58" s="221"/>
       <c r="J58" s="219"/>
       <c r="K58" s="219"/>
       <c r="L58" s="16"/>
     </row>
-    <row r="59" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="16"/>
-      <c r="B59" s="370" t="s">
-[...10 lines deleted...]
-      <c r="K59" s="372"/>
+      <c r="B59" s="379" t="s">
+        <v>67</v>
+      </c>
+      <c r="C59" s="380"/>
+      <c r="D59" s="380"/>
+      <c r="E59" s="380"/>
+      <c r="F59" s="380"/>
+      <c r="G59" s="380"/>
+      <c r="H59" s="380"/>
+      <c r="I59" s="380"/>
+      <c r="J59" s="380"/>
+      <c r="K59" s="381"/>
       <c r="L59" s="16"/>
     </row>
-    <row r="60" spans="1:12" ht="51.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:12" ht="51.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A60" s="16"/>
-      <c r="B60" s="361" t="s">
-[...3 lines deleted...]
-      <c r="D60" s="363"/>
+      <c r="B60" s="376" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="377"/>
+      <c r="D60" s="378"/>
       <c r="E60" s="96" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="94" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="94" t="s">
+        <v>83</v>
+      </c>
+      <c r="H60" s="94" t="s">
         <v>28</v>
       </c>
-      <c r="H60" s="94" t="s">
+      <c r="I60" s="94" t="s">
         <v>29</v>
       </c>
-      <c r="I60" s="94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" s="94" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K60" s="94" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L60" s="16"/>
     </row>
-    <row r="61" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A61" s="16"/>
       <c r="B61" s="373"/>
       <c r="C61" s="374"/>
       <c r="D61" s="375"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="4"/>
       <c r="H61" s="2"/>
       <c r="I61" s="30">
         <f>G61*H61</f>
         <v>0</v>
       </c>
       <c r="J61" s="30" t="str">
         <f>IF(E61="Interne Kosten",I61,"-")</f>
         <v>-</v>
       </c>
       <c r="K61" s="30" t="str">
         <f>IF(E61="Externe Kosten",I61,"-")</f>
         <v>-</v>
       </c>
       <c r="L61" s="16"/>
     </row>
-    <row r="62" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A62" s="16"/>
-      <c r="B62" s="364"/>
-[...1 lines deleted...]
-      <c r="D62" s="366"/>
+      <c r="B62" s="358"/>
+      <c r="C62" s="359"/>
+      <c r="D62" s="360"/>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
       <c r="I62" s="31">
         <f t="shared" ref="I62:I78" si="10">G62*H62</f>
         <v>0</v>
       </c>
       <c r="J62" s="31" t="str">
         <f t="shared" ref="J62:J80" si="11">IF(E62="Interne Kosten",I62,"-")</f>
         <v>-</v>
       </c>
       <c r="K62" s="31" t="str">
         <f t="shared" ref="K62:K80" si="12">IF(E62="Externe Kosten",I62,"-")</f>
         <v>-</v>
       </c>
       <c r="L62" s="16"/>
     </row>
-    <row r="63" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A63" s="16"/>
-      <c r="B63" s="364"/>
-[...1 lines deleted...]
-      <c r="D63" s="366"/>
+      <c r="B63" s="358"/>
+      <c r="C63" s="359"/>
+      <c r="D63" s="360"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="4"/>
       <c r="H63" s="4"/>
       <c r="I63" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J63" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K63" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L63" s="16"/>
     </row>
-    <row r="64" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A64" s="16"/>
-      <c r="B64" s="364"/>
-[...1 lines deleted...]
-      <c r="D64" s="366"/>
+      <c r="B64" s="358"/>
+      <c r="C64" s="359"/>
+      <c r="D64" s="360"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="4"/>
       <c r="H64" s="4"/>
       <c r="I64" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J64" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K64" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L64" s="16"/>
     </row>
-    <row r="65" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A65" s="16"/>
-      <c r="B65" s="364"/>
-[...1 lines deleted...]
-      <c r="D65" s="366"/>
+      <c r="B65" s="358"/>
+      <c r="C65" s="359"/>
+      <c r="D65" s="360"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J65" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K65" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L65" s="16"/>
     </row>
-    <row r="66" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A66" s="16"/>
-      <c r="B66" s="364"/>
-[...1 lines deleted...]
-      <c r="D66" s="366"/>
+      <c r="B66" s="358"/>
+      <c r="C66" s="359"/>
+      <c r="D66" s="360"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
       <c r="I66" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J66" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K66" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L66" s="16"/>
     </row>
-    <row r="67" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A67" s="16"/>
-      <c r="B67" s="352"/>
-[...1 lines deleted...]
-      <c r="D67" s="354"/>
+      <c r="B67" s="390"/>
+      <c r="C67" s="391"/>
+      <c r="D67" s="392"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="4"/>
       <c r="H67" s="4"/>
       <c r="I67" s="31">
         <f t="shared" ref="I67:I72" si="13">G67*H67</f>
         <v>0</v>
       </c>
       <c r="J67" s="31" t="str">
         <f t="shared" ref="J67:J72" si="14">IF(E67="Interne Kosten",I67,"-")</f>
         <v>-</v>
       </c>
       <c r="K67" s="31" t="str">
         <f t="shared" ref="K67:K72" si="15">IF(E67="Externe Kosten",I67,"-")</f>
         <v>-</v>
       </c>
       <c r="L67" s="16"/>
     </row>
-    <row r="68" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A68" s="16"/>
-      <c r="B68" s="352"/>
-[...1 lines deleted...]
-      <c r="D68" s="354"/>
+      <c r="B68" s="390"/>
+      <c r="C68" s="391"/>
+      <c r="D68" s="392"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="4"/>
       <c r="H68" s="4"/>
       <c r="I68" s="31">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J68" s="31" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="K68" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="L68" s="16"/>
     </row>
-    <row r="69" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A69" s="16"/>
-      <c r="B69" s="352"/>
-[...1 lines deleted...]
-      <c r="D69" s="354"/>
+      <c r="B69" s="390"/>
+      <c r="C69" s="391"/>
+      <c r="D69" s="392"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="4"/>
       <c r="H69" s="4"/>
       <c r="I69" s="31">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J69" s="31" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="K69" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="L69" s="16"/>
     </row>
-    <row r="70" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A70" s="16"/>
-      <c r="B70" s="352"/>
-[...1 lines deleted...]
-      <c r="D70" s="354"/>
+      <c r="B70" s="390"/>
+      <c r="C70" s="391"/>
+      <c r="D70" s="392"/>
       <c r="E70" s="3"/>
       <c r="F70" s="3"/>
       <c r="G70" s="4"/>
       <c r="H70" s="4"/>
       <c r="I70" s="31">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J70" s="31" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="K70" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="L70" s="16"/>
     </row>
-    <row r="71" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A71" s="16"/>
-      <c r="B71" s="352"/>
-[...1 lines deleted...]
-      <c r="D71" s="354"/>
+      <c r="B71" s="390"/>
+      <c r="C71" s="391"/>
+      <c r="D71" s="392"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
       <c r="I71" s="31">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J71" s="31" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="K71" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="L71" s="16"/>
     </row>
-    <row r="72" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A72" s="16"/>
-      <c r="B72" s="352"/>
-[...1 lines deleted...]
-      <c r="D72" s="354"/>
+      <c r="B72" s="390"/>
+      <c r="C72" s="391"/>
+      <c r="D72" s="392"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
       <c r="I72" s="31">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J72" s="31" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="K72" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="L72" s="16"/>
     </row>
-    <row r="73" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A73" s="16"/>
-      <c r="B73" s="364"/>
-[...1 lines deleted...]
-      <c r="D73" s="366"/>
+      <c r="B73" s="358"/>
+      <c r="C73" s="359"/>
+      <c r="D73" s="360"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
       <c r="I73" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J73" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K73" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L73" s="16"/>
     </row>
-    <row r="74" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A74" s="16"/>
-      <c r="B74" s="364"/>
-[...1 lines deleted...]
-      <c r="D74" s="366"/>
+      <c r="B74" s="358"/>
+      <c r="C74" s="359"/>
+      <c r="D74" s="360"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="4"/>
       <c r="H74" s="4"/>
       <c r="I74" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J74" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K74" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L74" s="16"/>
     </row>
-    <row r="75" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A75" s="16"/>
-      <c r="B75" s="364"/>
-[...1 lines deleted...]
-      <c r="D75" s="366"/>
+      <c r="B75" s="358"/>
+      <c r="C75" s="359"/>
+      <c r="D75" s="360"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
       <c r="I75" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J75" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K75" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L75" s="16"/>
     </row>
-    <row r="76" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A76" s="16"/>
-      <c r="B76" s="364"/>
-[...1 lines deleted...]
-      <c r="D76" s="366"/>
+      <c r="B76" s="358"/>
+      <c r="C76" s="359"/>
+      <c r="D76" s="360"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="4"/>
       <c r="H76" s="4"/>
       <c r="I76" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J76" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K76" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L76" s="16"/>
     </row>
-    <row r="77" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A77" s="16"/>
-      <c r="B77" s="364"/>
-[...1 lines deleted...]
-      <c r="D77" s="366"/>
+      <c r="B77" s="358"/>
+      <c r="C77" s="359"/>
+      <c r="D77" s="360"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="4"/>
       <c r="H77" s="4"/>
       <c r="I77" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J77" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K77" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L77" s="16"/>
     </row>
-    <row r="78" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A78" s="16"/>
-      <c r="B78" s="364"/>
-[...1 lines deleted...]
-      <c r="D78" s="366"/>
+      <c r="B78" s="358"/>
+      <c r="C78" s="359"/>
+      <c r="D78" s="360"/>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="4"/>
       <c r="H78" s="4"/>
       <c r="I78" s="31">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J78" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K78" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L78" s="16"/>
     </row>
-    <row r="79" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A79" s="16"/>
-      <c r="B79" s="364"/>
-[...1 lines deleted...]
-      <c r="D79" s="366"/>
+      <c r="B79" s="358"/>
+      <c r="C79" s="359"/>
+      <c r="D79" s="360"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
       <c r="I79" s="31">
         <f t="shared" ref="I79:I80" si="16">G79*H79</f>
         <v>0</v>
       </c>
       <c r="J79" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K79" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L79" s="16"/>
     </row>
-    <row r="80" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A80" s="16"/>
-      <c r="B80" s="367"/>
-[...1 lines deleted...]
-      <c r="D80" s="369"/>
+      <c r="B80" s="361"/>
+      <c r="C80" s="362"/>
+      <c r="D80" s="363"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="4"/>
       <c r="H80" s="4"/>
       <c r="I80" s="31">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J80" s="31" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K80" s="31" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L80" s="16"/>
     </row>
-    <row r="81" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="16"/>
-      <c r="B81" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B81" s="18"/>
       <c r="C81" s="38"/>
       <c r="D81" s="38"/>
       <c r="E81" s="38"/>
       <c r="F81" s="38"/>
       <c r="G81" s="38"/>
       <c r="H81" s="98" t="s">
         <v>0</v>
       </c>
       <c r="I81" s="12">
         <f>ROUND(SUM(I61:I80),0)</f>
         <v>0</v>
       </c>
       <c r="J81" s="95">
         <f>ROUND(SUM(J61:J80),0)</f>
         <v>0</v>
       </c>
       <c r="K81" s="95">
         <f>ROUND(SUM(K61:K80),0)</f>
         <v>0</v>
       </c>
       <c r="L81" s="16"/>
     </row>
-    <row r="82" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A82" s="16"/>
       <c r="B82" s="58"/>
       <c r="C82" s="222"/>
       <c r="D82" s="222"/>
       <c r="E82" s="222"/>
       <c r="F82" s="222"/>
       <c r="G82" s="222"/>
       <c r="H82" s="222"/>
       <c r="I82" s="222"/>
       <c r="J82" s="222"/>
       <c r="K82" s="51"/>
       <c r="L82" s="16"/>
     </row>
-    <row r="83" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A83" s="16"/>
       <c r="B83" s="223"/>
       <c r="C83" s="224"/>
       <c r="D83" s="224"/>
       <c r="E83" s="224"/>
       <c r="F83" s="224"/>
       <c r="G83" s="224"/>
       <c r="H83" s="224"/>
       <c r="I83" s="224"/>
       <c r="J83" s="224"/>
       <c r="K83" s="225"/>
       <c r="L83" s="16"/>
     </row>
-    <row r="84" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A84" s="16"/>
       <c r="B84" s="223"/>
       <c r="C84" s="224"/>
       <c r="D84" s="224"/>
       <c r="E84" s="224"/>
       <c r="F84" s="224"/>
       <c r="G84" s="224"/>
       <c r="H84" s="224"/>
       <c r="I84" s="224"/>
       <c r="J84" s="224"/>
       <c r="K84" s="225"/>
       <c r="L84" s="16"/>
     </row>
-    <row r="85" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A85" s="16"/>
       <c r="B85" s="223"/>
       <c r="C85" s="224"/>
       <c r="D85" s="224"/>
       <c r="E85" s="224"/>
       <c r="F85" s="224"/>
       <c r="G85" s="224"/>
       <c r="H85" s="224"/>
       <c r="I85" s="224"/>
       <c r="J85" s="224"/>
       <c r="K85" s="225"/>
       <c r="L85" s="16"/>
     </row>
-    <row r="86" spans="1:12" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:12" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="16"/>
-      <c r="B86" s="355"/>
-[...1 lines deleted...]
-      <c r="D86" s="357"/>
+      <c r="B86" s="382"/>
+      <c r="C86" s="383"/>
+      <c r="D86" s="384"/>
       <c r="E86" s="16"/>
       <c r="F86" s="16"/>
       <c r="G86" s="16"/>
       <c r="H86" s="16"/>
       <c r="I86" s="16"/>
       <c r="J86" s="16"/>
       <c r="K86" s="16"/>
       <c r="L86" s="16"/>
     </row>
-    <row r="87" spans="1:12" ht="12.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:12" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="16"/>
-      <c r="B87" s="358"/>
-[...1 lines deleted...]
-      <c r="D87" s="360"/>
+      <c r="B87" s="385"/>
+      <c r="C87" s="386"/>
+      <c r="D87" s="387"/>
       <c r="E87" s="25"/>
       <c r="F87" s="16"/>
       <c r="G87" s="16"/>
       <c r="H87" s="25"/>
       <c r="I87" s="16"/>
       <c r="J87" s="16"/>
       <c r="K87" s="16"/>
       <c r="L87" s="16"/>
     </row>
-    <row r="88" spans="1:12" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:12" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="13"/>
       <c r="B88" s="13"/>
       <c r="C88" s="13"/>
       <c r="D88" s="13"/>
       <c r="E88" s="13"/>
       <c r="F88" s="13"/>
       <c r="G88" s="13"/>
       <c r="H88" s="13"/>
       <c r="I88" s="13"/>
       <c r="J88" s="13"/>
       <c r="K88" s="13"/>
       <c r="L88" s="13"/>
     </row>
-    <row r="93" spans="1:12" ht="12.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:12" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="23"/>
       <c r="C93" s="23"/>
       <c r="D93" s="23"/>
       <c r="E93" s="23"/>
       <c r="H93" s="23"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XXQ34i4XPt5bIkz0Plm2KFeFw3o22tHOcNiaK/u4C5DYDVJ4LWFq7J6hnkV69UkrqwsUCSRuztEFAIBwqM38WQ==" saltValue="fSCfGWmRbLptJZvlwpYzjA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-  <mergeCells count="69">
+  <sheetProtection algorithmName="SHA-512" hashValue="Rc/7Gopux/j5v/xCWB1SRq/T2ehwNcO2arirvm2PeKgb+4kq3Bna/agfZt/anuagXuzQbzyoMFigZ+bK11vU9w==" saltValue="RhMbfc8VZ5YMCU+zZPvHHA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="28">
+    <mergeCell ref="B59:K59"/>
+    <mergeCell ref="B9:K9"/>
+    <mergeCell ref="B86:D86"/>
+    <mergeCell ref="B87:D87"/>
+    <mergeCell ref="I6:K7"/>
+    <mergeCell ref="I54:K57"/>
+    <mergeCell ref="B72:D72"/>
+    <mergeCell ref="B67:D67"/>
+    <mergeCell ref="B68:D68"/>
+    <mergeCell ref="B69:D69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="B71:D71"/>
     <mergeCell ref="B77:D77"/>
     <mergeCell ref="B78:D78"/>
     <mergeCell ref="B79:D79"/>
     <mergeCell ref="B80:D80"/>
     <mergeCell ref="B2:K4"/>
     <mergeCell ref="B66:D66"/>
     <mergeCell ref="B73:D73"/>
     <mergeCell ref="B74:D74"/>
     <mergeCell ref="B75:D75"/>
     <mergeCell ref="B76:D76"/>
     <mergeCell ref="B61:D61"/>
     <mergeCell ref="B62:D62"/>
     <mergeCell ref="B63:D63"/>
     <mergeCell ref="B64:D64"/>
     <mergeCell ref="B65:D65"/>
-    <mergeCell ref="B48:D48"/>
     <mergeCell ref="B60:D60"/>
-    <mergeCell ref="B59:K59"/>
-[...50 lines deleted...]
-    <mergeCell ref="B26:D26"/>
   </mergeCells>
   <conditionalFormatting sqref="G11:G50">
-    <cfRule type="cellIs" dxfId="3" priority="2" operator="greaterThanOrEqual">
+    <cfRule type="cellIs" dxfId="21" priority="2" operator="greaterThanOrEqual">
       <formula>100000</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G61:G80">
-    <cfRule type="cellIs" dxfId="2" priority="1" operator="greaterThanOrEqual">
+    <cfRule type="cellIs" dxfId="19" priority="1" operator="greaterThanOrEqual">
       <formula>100000</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D13:D16 D39:D49 D61:D66 D73:D80" xr:uid="{E8CECFDA-3C7F-4263-BC40-E698F5DF52CD}"/>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="38" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Fett"&amp;14Investitionskosten
 </oddHeader>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="5" max="34" man="1"/>
     <brk id="10" max="35" man="1"/>
   </colBreaks>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="27" id="{FCE8894E-5FD5-4DBE-8862-E2D1EC92B960}">
             <xm:f>'(4) Financement &amp; aide fin.'!$K$24&lt;&gt;#REF!+$K$51</xm:f>
             <x14:dxf>
               <fill>
@@ -8883,2114 +9277,2070 @@
           <x14:formula1>
             <xm:f>Legende!$A$2:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>E11:E50 E61:E80</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C1D31487-9EC2-49A2-A102-D26EFDA3A79C}">
           <x14:formula1>
             <xm:f>'(1) Vue d''ensemble'!$E$14:$E$24</xm:f>
           </x14:formula1>
           <xm:sqref>F11:F50 F61:F80</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{446EC50A-4C0D-4710-B742-39B103861F97}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V96"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H75" sqref="H75"/>
+      <selection activeCell="B64" sqref="B64:D64"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="18.5546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="32.140625" customWidth="1"/>
+    <col min="3" max="3" width="39.42578125" customWidth="1"/>
+    <col min="4" max="4" width="20.42578125" customWidth="1"/>
+    <col min="5" max="5" width="26.42578125" customWidth="1"/>
+    <col min="6" max="6" width="18.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
-    <col min="8" max="8" width="13.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="2.6640625" customWidth="1"/>
+    <col min="8" max="8" width="13.42578125" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" customWidth="1"/>
+    <col min="10" max="10" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.5703125" customWidth="1"/>
+    <col min="12" max="12" width="2.7109375" customWidth="1"/>
     <col min="13" max="22" width="0" hidden="1" customWidth="1"/>
-    <col min="23" max="16384" width="11.44140625" hidden="1"/>
+    <col min="23" max="16384" width="11.42578125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="16"/>
       <c r="B1" s="32"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="16"/>
     </row>
-    <row r="2" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="18"/>
-      <c r="B2" s="376" t="s">
-[...10 lines deleted...]
-      <c r="K2" s="378"/>
+      <c r="B2" s="364" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" s="365"/>
+      <c r="D2" s="365"/>
+      <c r="E2" s="365"/>
+      <c r="F2" s="365"/>
+      <c r="G2" s="365"/>
+      <c r="H2" s="365"/>
+      <c r="I2" s="365"/>
+      <c r="J2" s="365"/>
+      <c r="K2" s="366"/>
       <c r="L2" s="22"/>
     </row>
-    <row r="3" spans="1:15" s="104" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" s="104" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="102"/>
-      <c r="B3" s="382"/>
-[...8 lines deleted...]
-      <c r="K3" s="384"/>
+      <c r="B3" s="370"/>
+      <c r="C3" s="371"/>
+      <c r="D3" s="371"/>
+      <c r="E3" s="371"/>
+      <c r="F3" s="371"/>
+      <c r="G3" s="371"/>
+      <c r="H3" s="371"/>
+      <c r="I3" s="371"/>
+      <c r="J3" s="371"/>
+      <c r="K3" s="372"/>
       <c r="L3" s="103"/>
     </row>
-    <row r="4" spans="1:15" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="216"/>
       <c r="C4" s="217"/>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="27"/>
       <c r="L4" s="16"/>
     </row>
-    <row r="5" spans="1:15" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="18"/>
       <c r="B5" s="47"/>
       <c r="C5" s="218"/>
       <c r="D5" s="122" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E5" s="123" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="F5" s="124" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="138"/>
-      <c r="I5" s="350" t="str">
+      <c r="I5" s="388" t="str">
         <f>IF(MAX(G11:G50)&gt;=100000, "Veuillez justifier les postes de coûts supérieurs à CHF 100 000 dans une annexe à l'aide d'offres ou d'explications sourcées.", "")</f>
         <v/>
       </c>
-      <c r="J5" s="350"/>
-      <c r="K5" s="351"/>
+      <c r="J5" s="388"/>
+      <c r="K5" s="389"/>
       <c r="L5" s="16"/>
     </row>
-    <row r="6" spans="1:15" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="138"/>
       <c r="C6" s="110" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D6" s="108">
         <f>$I$51</f>
         <v>0</v>
       </c>
       <c r="E6" s="106">
         <f>$I$84</f>
         <v>0</v>
       </c>
       <c r="F6" s="107">
         <f>D6-E6</f>
         <v>0</v>
       </c>
       <c r="G6" s="138"/>
       <c r="H6" s="138"/>
-      <c r="I6" s="350"/>
-[...1 lines deleted...]
-      <c r="K6" s="351"/>
+      <c r="I6" s="388"/>
+      <c r="J6" s="388"/>
+      <c r="K6" s="389"/>
       <c r="L6" s="16"/>
     </row>
-    <row r="7" spans="1:15" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="18"/>
       <c r="B7" s="138"/>
       <c r="C7" s="111" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D7" s="109">
         <f>I52</f>
         <v>0</v>
       </c>
       <c r="E7" s="100">
         <f>I85</f>
         <v>0</v>
       </c>
       <c r="F7" s="101">
         <f>D7-E7</f>
         <v>0</v>
       </c>
       <c r="G7" s="138"/>
       <c r="H7" s="138"/>
-      <c r="I7" s="350"/>
-[...1 lines deleted...]
-      <c r="K7" s="351"/>
+      <c r="I7" s="388"/>
+      <c r="J7" s="388"/>
+      <c r="K7" s="389"/>
       <c r="L7" s="16"/>
     </row>
-    <row r="8" spans="1:15" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="18"/>
       <c r="B8" s="138"/>
       <c r="C8" s="138"/>
       <c r="D8" s="138"/>
       <c r="E8" s="138"/>
       <c r="F8" s="138"/>
       <c r="G8" s="138"/>
       <c r="H8" s="138"/>
       <c r="I8" s="138"/>
       <c r="J8" s="138"/>
       <c r="K8" s="138"/>
       <c r="L8" s="16"/>
     </row>
-    <row r="9" spans="1:15" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="18"/>
-      <c r="B9" s="370" t="s">
-[...10 lines deleted...]
-      <c r="K9" s="372"/>
+      <c r="B9" s="379" t="s">
+        <v>98</v>
+      </c>
+      <c r="C9" s="380"/>
+      <c r="D9" s="380"/>
+      <c r="E9" s="380"/>
+      <c r="F9" s="380"/>
+      <c r="G9" s="380"/>
+      <c r="H9" s="380"/>
+      <c r="I9" s="380"/>
+      <c r="J9" s="380"/>
+      <c r="K9" s="381"/>
       <c r="L9" s="16"/>
     </row>
-    <row r="10" spans="1:15" ht="80.099999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:15" ht="80.099999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="18"/>
-      <c r="B10" s="361" t="s">
-[...3 lines deleted...]
-      <c r="D10" s="363"/>
+      <c r="B10" s="291" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" s="409" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" s="292" t="s">
+        <v>92</v>
+      </c>
       <c r="E10" s="96" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="94" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="36" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="H10" s="94" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I10" s="94" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J10" s="94" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K10" s="94" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L10" s="16"/>
     </row>
-    <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="18"/>
-      <c r="B11" s="373"/>
-[...1 lines deleted...]
-      <c r="D11" s="375"/>
+      <c r="B11" s="287"/>
+      <c r="C11" s="410"/>
+      <c r="D11" s="288"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="4"/>
       <c r="H11" s="2"/>
       <c r="I11" s="30">
         <f>G11*H11</f>
         <v>0</v>
       </c>
       <c r="J11" s="30" t="str">
         <f>IF(E11="Interne Kosten",I11,"-")</f>
         <v>-</v>
       </c>
       <c r="K11" s="30" t="str">
         <f>IF(E11="Externe Kosten",I11,"-")</f>
         <v>-</v>
       </c>
       <c r="L11" s="22"/>
     </row>
-    <row r="12" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="18"/>
-      <c r="B12" s="364"/>
-[...1 lines deleted...]
-      <c r="D12" s="366"/>
+      <c r="B12" s="285"/>
+      <c r="C12" s="411"/>
+      <c r="D12" s="286"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="31">
         <f t="shared" ref="I12:I16" si="0">G12*H12</f>
         <v>0</v>
       </c>
       <c r="J12" s="31" t="str">
         <f t="shared" ref="J12:J50" si="1">IF(E12="Interne Kosten",I12,"-")</f>
         <v>-</v>
       </c>
       <c r="K12" s="31" t="str">
         <f t="shared" ref="K12:K50" si="2">IF(E12="Externe Kosten",I12,"-")</f>
         <v>-</v>
       </c>
       <c r="L12" s="22"/>
     </row>
-    <row r="13" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A13" s="18"/>
-      <c r="B13" s="364"/>
-[...1 lines deleted...]
-      <c r="D13" s="366"/>
+      <c r="B13" s="285"/>
+      <c r="C13" s="411"/>
+      <c r="D13" s="286"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J13" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K13" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L13" s="22"/>
     </row>
-    <row r="14" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A14" s="18"/>
-      <c r="B14" s="364"/>
-[...1 lines deleted...]
-      <c r="D14" s="366"/>
+      <c r="B14" s="285"/>
+      <c r="C14" s="411"/>
+      <c r="D14" s="286"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J14" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K14" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L14" s="28"/>
       <c r="M14" s="23"/>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
     </row>
-    <row r="15" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A15" s="18"/>
-      <c r="B15" s="364"/>
-[...1 lines deleted...]
-      <c r="D15" s="366"/>
+      <c r="B15" s="285"/>
+      <c r="C15" s="411"/>
+      <c r="D15" s="286"/>
       <c r="E15" s="3"/>
       <c r="F15" s="93"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J15" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K15" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L15" s="22"/>
     </row>
-    <row r="16" spans="1:15" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A16" s="18"/>
-      <c r="B16" s="364"/>
-[...1 lines deleted...]
-      <c r="D16" s="366"/>
+      <c r="B16" s="285"/>
+      <c r="C16" s="411"/>
+      <c r="D16" s="286"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="31">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J16" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K16" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L16" s="22"/>
     </row>
-    <row r="17" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A17" s="18"/>
-      <c r="B17" s="352"/>
-[...1 lines deleted...]
-      <c r="D17" s="354"/>
+      <c r="B17" s="285"/>
+      <c r="C17" s="411"/>
+      <c r="D17" s="286"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="31">
         <f t="shared" ref="I17:I40" si="3">G17*H17</f>
         <v>0</v>
       </c>
       <c r="J17" s="31" t="str">
         <f t="shared" ref="J17:J40" si="4">IF(E17="Interne Kosten",I17,"-")</f>
         <v>-</v>
       </c>
       <c r="K17" s="31" t="str">
         <f t="shared" ref="K17:K40" si="5">IF(E17="Externe Kosten",I17,"-")</f>
         <v>-</v>
       </c>
       <c r="L17" s="22"/>
     </row>
-    <row r="18" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A18" s="18"/>
-      <c r="B18" s="352"/>
-[...1 lines deleted...]
-      <c r="D18" s="354"/>
+      <c r="B18" s="285"/>
+      <c r="C18" s="411"/>
+      <c r="D18" s="286"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J18" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K18" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L18" s="22"/>
     </row>
-    <row r="19" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A19" s="18"/>
-      <c r="B19" s="352"/>
-[...1 lines deleted...]
-      <c r="D19" s="354"/>
+      <c r="B19" s="285"/>
+      <c r="C19" s="411"/>
+      <c r="D19" s="286"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J19" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K19" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L19" s="22"/>
     </row>
-    <row r="20" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A20" s="18"/>
-      <c r="B20" s="352"/>
-[...1 lines deleted...]
-      <c r="D20" s="354"/>
+      <c r="B20" s="285"/>
+      <c r="C20" s="411"/>
+      <c r="D20" s="286"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J20" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K20" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L20" s="22"/>
     </row>
-    <row r="21" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A21" s="18"/>
-      <c r="B21" s="352"/>
-[...1 lines deleted...]
-      <c r="D21" s="354"/>
+      <c r="B21" s="285"/>
+      <c r="C21" s="411"/>
+      <c r="D21" s="286"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J21" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K21" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L21" s="22"/>
     </row>
-    <row r="22" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A22" s="18"/>
-      <c r="B22" s="352"/>
-[...1 lines deleted...]
-      <c r="D22" s="354"/>
+      <c r="B22" s="285"/>
+      <c r="C22" s="411"/>
+      <c r="D22" s="286"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
       <c r="I22" s="31">
         <f t="shared" ref="I22:I33" si="6">G22*H22</f>
         <v>0</v>
       </c>
       <c r="J22" s="31" t="str">
         <f t="shared" ref="J22:J33" si="7">IF(E22="Interne Kosten",I22,"-")</f>
         <v>-</v>
       </c>
       <c r="K22" s="31" t="str">
         <f t="shared" ref="K22:K33" si="8">IF(E22="Externe Kosten",I22,"-")</f>
         <v>-</v>
       </c>
       <c r="L22" s="22"/>
     </row>
-    <row r="23" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A23" s="18"/>
-      <c r="B23" s="352"/>
-[...1 lines deleted...]
-      <c r="D23" s="354"/>
+      <c r="B23" s="285"/>
+      <c r="C23" s="411"/>
+      <c r="D23" s="286"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J23" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K23" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L23" s="22"/>
     </row>
-    <row r="24" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A24" s="18"/>
-      <c r="B24" s="352"/>
-[...1 lines deleted...]
-      <c r="D24" s="354"/>
+      <c r="B24" s="285"/>
+      <c r="C24" s="411"/>
+      <c r="D24" s="286"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J24" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K24" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L24" s="22"/>
     </row>
-    <row r="25" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A25" s="18"/>
-      <c r="B25" s="352"/>
-[...1 lines deleted...]
-      <c r="D25" s="354"/>
+      <c r="B25" s="285"/>
+      <c r="C25" s="411"/>
+      <c r="D25" s="286"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J25" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K25" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L25" s="22"/>
     </row>
-    <row r="26" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A26" s="18"/>
-      <c r="B26" s="352"/>
-[...1 lines deleted...]
-      <c r="D26" s="354"/>
+      <c r="B26" s="285"/>
+      <c r="C26" s="411"/>
+      <c r="D26" s="286"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J26" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K26" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L26" s="22"/>
     </row>
-    <row r="27" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A27" s="18"/>
-      <c r="B27" s="352"/>
-[...1 lines deleted...]
-      <c r="D27" s="354"/>
+      <c r="B27" s="285"/>
+      <c r="C27" s="411"/>
+      <c r="D27" s="286"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J27" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K27" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L27" s="22"/>
     </row>
-    <row r="28" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A28" s="18"/>
-      <c r="B28" s="352"/>
-[...1 lines deleted...]
-      <c r="D28" s="354"/>
+      <c r="B28" s="285"/>
+      <c r="C28" s="411"/>
+      <c r="D28" s="286"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J28" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K28" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L28" s="22"/>
     </row>
-    <row r="29" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A29" s="18"/>
-      <c r="B29" s="352"/>
-[...1 lines deleted...]
-      <c r="D29" s="354"/>
+      <c r="B29" s="285"/>
+      <c r="C29" s="411"/>
+      <c r="D29" s="286"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J29" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K29" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L29" s="22"/>
     </row>
-    <row r="30" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A30" s="18"/>
-      <c r="B30" s="352"/>
-[...1 lines deleted...]
-      <c r="D30" s="354"/>
+      <c r="B30" s="285"/>
+      <c r="C30" s="411"/>
+      <c r="D30" s="286"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J30" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K30" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L30" s="22"/>
     </row>
-    <row r="31" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A31" s="18"/>
-      <c r="B31" s="352"/>
-[...1 lines deleted...]
-      <c r="D31" s="354"/>
+      <c r="B31" s="285"/>
+      <c r="C31" s="411"/>
+      <c r="D31" s="286"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J31" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K31" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L31" s="22"/>
     </row>
-    <row r="32" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A32" s="18"/>
-      <c r="B32" s="352"/>
-[...1 lines deleted...]
-      <c r="D32" s="354"/>
+      <c r="B32" s="285"/>
+      <c r="C32" s="411"/>
+      <c r="D32" s="286"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J32" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K32" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L32" s="22"/>
     </row>
-    <row r="33" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A33" s="18"/>
-      <c r="B33" s="352"/>
-[...1 lines deleted...]
-      <c r="D33" s="354"/>
+      <c r="B33" s="285"/>
+      <c r="C33" s="411"/>
+      <c r="D33" s="286"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
       <c r="I33" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J33" s="31" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K33" s="31" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L33" s="22"/>
     </row>
-    <row r="34" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A34" s="18"/>
-      <c r="B34" s="352"/>
-[...1 lines deleted...]
-      <c r="D34" s="354"/>
+      <c r="B34" s="285"/>
+      <c r="C34" s="411"/>
+      <c r="D34" s="286"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
       <c r="I34" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J34" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K34" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L34" s="22"/>
     </row>
-    <row r="35" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A35" s="18"/>
-      <c r="B35" s="352"/>
-[...1 lines deleted...]
-      <c r="D35" s="354"/>
+      <c r="B35" s="285"/>
+      <c r="C35" s="411"/>
+      <c r="D35" s="286"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J35" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K35" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L35" s="22"/>
     </row>
-    <row r="36" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A36" s="18"/>
-      <c r="B36" s="352"/>
-[...1 lines deleted...]
-      <c r="D36" s="354"/>
+      <c r="B36" s="285"/>
+      <c r="C36" s="411"/>
+      <c r="D36" s="286"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J36" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K36" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L36" s="22"/>
     </row>
-    <row r="37" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A37" s="18"/>
-      <c r="B37" s="352"/>
-[...1 lines deleted...]
-      <c r="D37" s="354"/>
+      <c r="B37" s="285"/>
+      <c r="C37" s="411"/>
+      <c r="D37" s="286"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J37" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K37" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L37" s="22"/>
     </row>
-    <row r="38" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A38" s="18"/>
-      <c r="B38" s="352"/>
-[...1 lines deleted...]
-      <c r="D38" s="354"/>
+      <c r="B38" s="285"/>
+      <c r="C38" s="411"/>
+      <c r="D38" s="286"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
       <c r="I38" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J38" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K38" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L38" s="22"/>
     </row>
-    <row r="39" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A39" s="18"/>
-      <c r="B39" s="352"/>
-[...1 lines deleted...]
-      <c r="D39" s="354"/>
+      <c r="B39" s="285"/>
+      <c r="C39" s="411"/>
+      <c r="D39" s="286"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="4"/>
       <c r="H39" s="4"/>
       <c r="I39" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J39" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K39" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L39" s="22"/>
     </row>
-    <row r="40" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A40" s="18"/>
-      <c r="B40" s="352"/>
-[...1 lines deleted...]
-      <c r="D40" s="354"/>
+      <c r="B40" s="285"/>
+      <c r="C40" s="411"/>
+      <c r="D40" s="286"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J40" s="31" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K40" s="31" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L40" s="22"/>
     </row>
-    <row r="41" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A41" s="18"/>
-      <c r="B41" s="364"/>
-[...1 lines deleted...]
-      <c r="D41" s="366"/>
+      <c r="B41" s="285"/>
+      <c r="C41" s="411"/>
+      <c r="D41" s="286"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4"/>
       <c r="I41" s="31">
         <f t="shared" ref="I41:I50" si="9">G41*H41</f>
         <v>0</v>
       </c>
       <c r="J41" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K41" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L41" s="22"/>
     </row>
-    <row r="42" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A42" s="18"/>
-      <c r="B42" s="364"/>
-[...1 lines deleted...]
-      <c r="D42" s="366"/>
+      <c r="B42" s="285"/>
+      <c r="C42" s="411"/>
+      <c r="D42" s="286"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J42" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K42" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L42" s="22"/>
     </row>
-    <row r="43" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A43" s="18"/>
-      <c r="B43" s="364"/>
-[...1 lines deleted...]
-      <c r="D43" s="366"/>
+      <c r="B43" s="285"/>
+      <c r="C43" s="411"/>
+      <c r="D43" s="286"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J43" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K43" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L43" s="22"/>
     </row>
-    <row r="44" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A44" s="18"/>
-      <c r="B44" s="364"/>
-[...1 lines deleted...]
-      <c r="D44" s="366"/>
+      <c r="B44" s="285"/>
+      <c r="C44" s="411"/>
+      <c r="D44" s="286"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J44" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K44" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L44" s="22"/>
     </row>
-    <row r="45" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A45" s="18"/>
-      <c r="B45" s="364"/>
-[...1 lines deleted...]
-      <c r="D45" s="366"/>
+      <c r="B45" s="285"/>
+      <c r="C45" s="411"/>
+      <c r="D45" s="286"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="4"/>
       <c r="H45" s="4"/>
       <c r="I45" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J45" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K45" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L45" s="22"/>
     </row>
-    <row r="46" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A46" s="18"/>
-      <c r="B46" s="364"/>
-[...1 lines deleted...]
-      <c r="D46" s="366"/>
+      <c r="B46" s="285"/>
+      <c r="C46" s="411"/>
+      <c r="D46" s="286"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="4"/>
       <c r="H46" s="4"/>
       <c r="I46" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J46" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K46" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L46" s="22"/>
     </row>
-    <row r="47" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A47" s="18"/>
-      <c r="B47" s="364"/>
-[...1 lines deleted...]
-      <c r="D47" s="366"/>
+      <c r="B47" s="285"/>
+      <c r="C47" s="411"/>
+      <c r="D47" s="286"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
       <c r="I47" s="31">
         <f t="shared" ref="I47" si="10">G47*H47</f>
         <v>0</v>
       </c>
       <c r="J47" s="31" t="str">
         <f t="shared" ref="J47" si="11">IF(E47="Interne Kosten",I47,"-")</f>
         <v>-</v>
       </c>
       <c r="K47" s="31" t="str">
         <f t="shared" ref="K47" si="12">IF(E47="Externe Kosten",I47,"-")</f>
         <v>-</v>
       </c>
       <c r="L47" s="22"/>
     </row>
-    <row r="48" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A48" s="18"/>
-      <c r="B48" s="364"/>
-[...1 lines deleted...]
-      <c r="D48" s="366"/>
+      <c r="B48" s="285"/>
+      <c r="C48" s="411"/>
+      <c r="D48" s="286"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="4"/>
       <c r="H48" s="4"/>
       <c r="I48" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J48" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K48" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L48" s="22"/>
     </row>
-    <row r="49" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A49" s="18"/>
-      <c r="B49" s="364"/>
-[...1 lines deleted...]
-      <c r="D49" s="366"/>
+      <c r="B49" s="285"/>
+      <c r="C49" s="411"/>
+      <c r="D49" s="286"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="31">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J49" s="31" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K49" s="31" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L49" s="22"/>
     </row>
-    <row r="50" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="18"/>
-      <c r="B50" s="367"/>
-[...1 lines deleted...]
-      <c r="D50" s="369"/>
+      <c r="B50" s="289"/>
+      <c r="C50" s="412"/>
+      <c r="D50" s="290"/>
       <c r="E50" s="5"/>
       <c r="F50" s="5"/>
       <c r="G50" s="4"/>
       <c r="H50" s="6"/>
       <c r="I50" s="97">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J50" s="97" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K50" s="97" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L50" s="22"/>
     </row>
-    <row r="51" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="16"/>
-      <c r="B51" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51" s="18"/>
       <c r="C51" s="38"/>
       <c r="D51" s="38"/>
       <c r="E51" s="230"/>
       <c r="F51" s="230"/>
       <c r="G51" s="230"/>
       <c r="H51" s="231" t="s">
         <v>0</v>
       </c>
       <c r="I51" s="12">
         <f>ROUND(SUM(I11:I50),0)</f>
         <v>0</v>
       </c>
       <c r="J51" s="95">
         <f>ROUND(SUM(J11:J50),0)</f>
         <v>0</v>
       </c>
       <c r="K51" s="95">
         <f>ROUND(SUM(K11:K50),0)</f>
         <v>0</v>
       </c>
       <c r="L51" s="16"/>
     </row>
-    <row r="52" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="16"/>
       <c r="B52" s="24"/>
       <c r="C52" s="39"/>
       <c r="D52" s="39"/>
       <c r="E52" s="227"/>
       <c r="F52" s="227"/>
       <c r="G52" s="226"/>
       <c r="H52" s="232" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I52" s="10">
         <f>I51*7</f>
         <v>0</v>
       </c>
       <c r="J52" s="105">
         <f t="shared" ref="J52:K52" si="13">J51*7</f>
         <v>0</v>
       </c>
       <c r="K52" s="105">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="L52" s="16"/>
     </row>
-    <row r="53" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A53" s="16"/>
       <c r="B53" s="61"/>
       <c r="C53" s="227"/>
       <c r="D53" s="227"/>
       <c r="E53" s="227"/>
       <c r="F53" s="227"/>
       <c r="G53" s="226"/>
       <c r="H53" s="228"/>
       <c r="I53" s="228"/>
       <c r="J53" s="229"/>
       <c r="K53" s="229"/>
       <c r="L53" s="16"/>
     </row>
-    <row r="54" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A54" s="16"/>
       <c r="B54" s="52"/>
       <c r="C54" s="226"/>
       <c r="D54" s="226"/>
       <c r="E54" s="226"/>
       <c r="F54" s="226"/>
       <c r="G54" s="226"/>
       <c r="H54" s="228"/>
       <c r="I54" s="228"/>
       <c r="J54" s="229"/>
       <c r="K54" s="229"/>
       <c r="L54" s="16"/>
     </row>
-    <row r="55" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A55" s="16"/>
       <c r="B55" s="52"/>
       <c r="C55" s="226"/>
       <c r="D55" s="226"/>
       <c r="E55" s="226"/>
       <c r="F55" s="226"/>
       <c r="G55" s="226"/>
       <c r="H55" s="228"/>
       <c r="I55" s="228"/>
       <c r="J55" s="229"/>
       <c r="K55" s="229"/>
       <c r="L55" s="16"/>
     </row>
-    <row r="56" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A56" s="16"/>
       <c r="B56" s="52"/>
       <c r="C56" s="226"/>
       <c r="D56" s="226"/>
       <c r="E56" s="226"/>
       <c r="F56" s="226"/>
       <c r="G56" s="226"/>
       <c r="H56" s="228"/>
-      <c r="I56" s="385" t="str">
+      <c r="I56" s="393" t="str">
         <f>IF(MAX(G64:G83)&gt;=100000, "Veuillez justifier les postes de coûts supérieurs à CHF 100 000 dans une annexe à l'aide d'explications sourcées ou, si possible, d'offres.", "")</f>
         <v/>
       </c>
-      <c r="J56" s="385"/>
-      <c r="K56" s="386"/>
+      <c r="J56" s="393"/>
+      <c r="K56" s="394"/>
       <c r="L56" s="16"/>
     </row>
-    <row r="57" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A57" s="16"/>
       <c r="B57" s="52"/>
       <c r="C57" s="226"/>
       <c r="D57" s="226"/>
       <c r="E57" s="226"/>
       <c r="F57" s="226"/>
       <c r="G57" s="226"/>
       <c r="H57" s="228"/>
-      <c r="I57" s="385"/>
-[...1 lines deleted...]
-      <c r="K57" s="386"/>
+      <c r="I57" s="393"/>
+      <c r="J57" s="393"/>
+      <c r="K57" s="394"/>
       <c r="L57" s="16"/>
     </row>
-    <row r="58" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A58" s="16"/>
       <c r="B58" s="52"/>
       <c r="C58" s="226"/>
       <c r="D58" s="226"/>
       <c r="E58" s="226"/>
       <c r="F58" s="226"/>
       <c r="G58" s="226"/>
       <c r="H58" s="228"/>
-      <c r="I58" s="385"/>
-[...1 lines deleted...]
-      <c r="K58" s="386"/>
+      <c r="I58" s="393"/>
+      <c r="J58" s="393"/>
+      <c r="K58" s="394"/>
       <c r="L58" s="16"/>
     </row>
-    <row r="59" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A59" s="16"/>
       <c r="B59" s="52"/>
       <c r="C59" s="226"/>
       <c r="D59" s="226"/>
       <c r="E59" s="226"/>
       <c r="F59" s="226"/>
       <c r="G59" s="226"/>
       <c r="H59" s="228"/>
-      <c r="I59" s="385"/>
-[...1 lines deleted...]
-      <c r="K59" s="386"/>
+      <c r="I59" s="393"/>
+      <c r="J59" s="393"/>
+      <c r="K59" s="394"/>
       <c r="L59" s="16"/>
     </row>
-    <row r="60" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A60" s="16"/>
       <c r="B60" s="52"/>
       <c r="C60" s="226"/>
       <c r="D60" s="226"/>
       <c r="E60" s="226"/>
       <c r="F60" s="226"/>
       <c r="G60" s="226"/>
       <c r="H60" s="228"/>
-      <c r="I60" s="385"/>
-[...1 lines deleted...]
-      <c r="K60" s="386"/>
+      <c r="I60" s="393"/>
+      <c r="J60" s="393"/>
+      <c r="K60" s="394"/>
       <c r="L60" s="16"/>
     </row>
-    <row r="61" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A61" s="16"/>
       <c r="B61" s="226"/>
       <c r="C61" s="226"/>
       <c r="D61" s="226"/>
       <c r="E61" s="226"/>
       <c r="F61" s="226"/>
       <c r="G61" s="228"/>
       <c r="H61" s="226"/>
       <c r="I61" s="226"/>
       <c r="J61" s="228"/>
       <c r="K61" s="228"/>
       <c r="L61" s="16"/>
     </row>
-    <row r="62" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A62" s="16"/>
-      <c r="B62" s="370" t="s">
-[...10 lines deleted...]
-      <c r="K62" s="372"/>
+      <c r="B62" s="379" t="s">
+        <v>99</v>
+      </c>
+      <c r="C62" s="380"/>
+      <c r="D62" s="380"/>
+      <c r="E62" s="380"/>
+      <c r="F62" s="380"/>
+      <c r="G62" s="380"/>
+      <c r="H62" s="380"/>
+      <c r="I62" s="380"/>
+      <c r="J62" s="380"/>
+      <c r="K62" s="381"/>
       <c r="L62" s="16"/>
     </row>
-    <row r="63" spans="1:12" ht="74.099999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:12" ht="74.099999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A63" s="16"/>
-      <c r="B63" s="361" t="s">
+      <c r="B63" s="376" t="s">
         <v>25</v>
       </c>
-      <c r="C63" s="362"/>
-      <c r="D63" s="363"/>
+      <c r="C63" s="377"/>
+      <c r="D63" s="378"/>
       <c r="E63" s="96" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="94" t="s">
         <v>27</v>
       </c>
       <c r="G63" s="36" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="H63" s="94" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I63" s="94" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J63" s="94" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K63" s="94" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L63" s="16"/>
     </row>
-    <row r="64" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A64" s="16"/>
       <c r="B64" s="373"/>
       <c r="C64" s="374"/>
       <c r="D64" s="375"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="4"/>
       <c r="H64" s="2"/>
       <c r="I64" s="30">
         <f>G64*H64</f>
         <v>0</v>
       </c>
       <c r="J64" s="30" t="str">
         <f>IF(E64="Interne Kosten",I64,"-")</f>
         <v>-</v>
       </c>
       <c r="K64" s="30" t="str">
         <f>IF(E64="Externe Kosten",I64,"-")</f>
         <v>-</v>
       </c>
       <c r="L64" s="16"/>
     </row>
-    <row r="65" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A65" s="16"/>
-      <c r="B65" s="364"/>
-[...1 lines deleted...]
-      <c r="D65" s="366"/>
+      <c r="B65" s="358"/>
+      <c r="C65" s="359"/>
+      <c r="D65" s="360"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="31">
         <f t="shared" ref="I65:I81" si="14">G65*H65</f>
         <v>0</v>
       </c>
       <c r="J65" s="31" t="str">
         <f t="shared" ref="J65:J83" si="15">IF(E65="Interne Kosten",I65,"-")</f>
         <v>-</v>
       </c>
       <c r="K65" s="31" t="str">
         <f t="shared" ref="K65:K83" si="16">IF(E65="Externe Kosten",I65,"-")</f>
         <v>-</v>
       </c>
       <c r="L65" s="16"/>
     </row>
-    <row r="66" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A66" s="16"/>
-      <c r="B66" s="364"/>
-[...1 lines deleted...]
-      <c r="D66" s="366"/>
+      <c r="B66" s="358"/>
+      <c r="C66" s="359"/>
+      <c r="D66" s="360"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
       <c r="I66" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J66" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K66" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L66" s="16"/>
     </row>
-    <row r="67" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A67" s="16"/>
-      <c r="B67" s="364"/>
-[...1 lines deleted...]
-      <c r="D67" s="366"/>
+      <c r="B67" s="358"/>
+      <c r="C67" s="359"/>
+      <c r="D67" s="360"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="4"/>
       <c r="H67" s="4"/>
       <c r="I67" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J67" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K67" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L67" s="16"/>
     </row>
-    <row r="68" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A68" s="16"/>
-      <c r="B68" s="364"/>
-[...1 lines deleted...]
-      <c r="D68" s="366"/>
+      <c r="B68" s="358"/>
+      <c r="C68" s="359"/>
+      <c r="D68" s="360"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="4"/>
       <c r="H68" s="4"/>
       <c r="I68" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J68" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K68" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L68" s="16"/>
     </row>
-    <row r="69" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A69" s="16"/>
-      <c r="B69" s="364"/>
-[...1 lines deleted...]
-      <c r="D69" s="366"/>
+      <c r="B69" s="358"/>
+      <c r="C69" s="359"/>
+      <c r="D69" s="360"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="4"/>
       <c r="H69" s="4"/>
       <c r="I69" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J69" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K69" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L69" s="16"/>
     </row>
-    <row r="70" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A70" s="16"/>
-      <c r="B70" s="352"/>
-[...1 lines deleted...]
-      <c r="D70" s="354"/>
+      <c r="B70" s="390"/>
+      <c r="C70" s="391"/>
+      <c r="D70" s="392"/>
       <c r="E70" s="3"/>
       <c r="F70" s="3"/>
       <c r="G70" s="4"/>
       <c r="H70" s="4"/>
       <c r="I70" s="31">
         <f t="shared" ref="I70:I74" si="17">G70*H70</f>
         <v>0</v>
       </c>
       <c r="J70" s="31" t="str">
         <f t="shared" ref="J70:J74" si="18">IF(E70="Interne Kosten",I70,"-")</f>
         <v>-</v>
       </c>
       <c r="K70" s="31" t="str">
         <f t="shared" ref="K70:K74" si="19">IF(E70="Externe Kosten",I70,"-")</f>
         <v>-</v>
       </c>
       <c r="L70" s="16"/>
     </row>
-    <row r="71" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A71" s="16"/>
-      <c r="B71" s="352"/>
-[...1 lines deleted...]
-      <c r="D71" s="354"/>
+      <c r="B71" s="390"/>
+      <c r="C71" s="391"/>
+      <c r="D71" s="392"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
       <c r="I71" s="31">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J71" s="31" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="K71" s="31" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="L71" s="16"/>
     </row>
-    <row r="72" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A72" s="16"/>
-      <c r="B72" s="352"/>
-[...1 lines deleted...]
-      <c r="D72" s="354"/>
+      <c r="B72" s="390"/>
+      <c r="C72" s="391"/>
+      <c r="D72" s="392"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
       <c r="I72" s="31">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J72" s="31" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="K72" s="31" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="L72" s="16"/>
     </row>
-    <row r="73" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A73" s="16"/>
-      <c r="B73" s="352"/>
-[...1 lines deleted...]
-      <c r="D73" s="354"/>
+      <c r="B73" s="390"/>
+      <c r="C73" s="391"/>
+      <c r="D73" s="392"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
       <c r="I73" s="31">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J73" s="31" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="K73" s="31" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="L73" s="16"/>
     </row>
-    <row r="74" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A74" s="16"/>
-      <c r="B74" s="352"/>
-[...1 lines deleted...]
-      <c r="D74" s="354"/>
+      <c r="B74" s="390"/>
+      <c r="C74" s="391"/>
+      <c r="D74" s="392"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="4"/>
       <c r="H74" s="4"/>
       <c r="I74" s="31">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J74" s="31" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="K74" s="31" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="L74" s="16"/>
     </row>
-    <row r="75" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A75" s="16"/>
-      <c r="B75" s="364"/>
-[...1 lines deleted...]
-      <c r="D75" s="366"/>
+      <c r="B75" s="358"/>
+      <c r="C75" s="359"/>
+      <c r="D75" s="360"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
       <c r="I75" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J75" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K75" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L75" s="16"/>
     </row>
-    <row r="76" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A76" s="16"/>
-      <c r="B76" s="364"/>
-[...1 lines deleted...]
-      <c r="D76" s="366"/>
+      <c r="B76" s="358"/>
+      <c r="C76" s="359"/>
+      <c r="D76" s="360"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="4"/>
       <c r="H76" s="4"/>
       <c r="I76" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J76" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K76" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L76" s="16"/>
     </row>
-    <row r="77" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A77" s="16"/>
-      <c r="B77" s="364"/>
-[...1 lines deleted...]
-      <c r="D77" s="366"/>
+      <c r="B77" s="358"/>
+      <c r="C77" s="359"/>
+      <c r="D77" s="360"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="4"/>
       <c r="H77" s="4"/>
       <c r="I77" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J77" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K77" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L77" s="16"/>
     </row>
-    <row r="78" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A78" s="16"/>
-      <c r="B78" s="364"/>
-[...1 lines deleted...]
-      <c r="D78" s="366"/>
+      <c r="B78" s="358"/>
+      <c r="C78" s="359"/>
+      <c r="D78" s="360"/>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="4"/>
       <c r="H78" s="4"/>
       <c r="I78" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J78" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K78" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L78" s="16"/>
     </row>
-    <row r="79" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A79" s="16"/>
-      <c r="B79" s="364"/>
-[...1 lines deleted...]
-      <c r="D79" s="366"/>
+      <c r="B79" s="358"/>
+      <c r="C79" s="359"/>
+      <c r="D79" s="360"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
       <c r="I79" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J79" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K79" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L79" s="16"/>
     </row>
-    <row r="80" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A80" s="16"/>
-      <c r="B80" s="364"/>
-[...1 lines deleted...]
-      <c r="D80" s="366"/>
+      <c r="B80" s="358"/>
+      <c r="C80" s="359"/>
+      <c r="D80" s="360"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="4"/>
       <c r="H80" s="4"/>
       <c r="I80" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J80" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K80" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L80" s="16"/>
     </row>
-    <row r="81" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A81" s="16"/>
-      <c r="B81" s="364"/>
-[...1 lines deleted...]
-      <c r="D81" s="366"/>
+      <c r="B81" s="358"/>
+      <c r="C81" s="359"/>
+      <c r="D81" s="360"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
       <c r="I81" s="31">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J81" s="31" t="str">
         <f t="shared" ref="J81" si="20">IF(E81="Interne Kosten",I81,"-")</f>
         <v>-</v>
       </c>
       <c r="K81" s="31" t="str">
         <f t="shared" ref="K81" si="21">IF(E81="Externe Kosten",I81,"-")</f>
         <v>-</v>
       </c>
       <c r="L81" s="16"/>
     </row>
-    <row r="82" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A82" s="16"/>
-      <c r="B82" s="364"/>
-[...1 lines deleted...]
-      <c r="D82" s="366"/>
+      <c r="B82" s="358"/>
+      <c r="C82" s="359"/>
+      <c r="D82" s="360"/>
       <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="4"/>
       <c r="H82" s="4"/>
       <c r="I82" s="31">
         <f t="shared" ref="I82:I83" si="22">G82*H82</f>
         <v>0</v>
       </c>
       <c r="J82" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K82" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L82" s="16"/>
     </row>
-    <row r="83" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A83" s="16"/>
-      <c r="B83" s="367"/>
-[...1 lines deleted...]
-      <c r="D83" s="369"/>
+      <c r="B83" s="361"/>
+      <c r="C83" s="362"/>
+      <c r="D83" s="363"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="4"/>
       <c r="H83" s="4"/>
       <c r="I83" s="31">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J83" s="31" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K83" s="31" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L83" s="16"/>
     </row>
-    <row r="84" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="16"/>
-      <c r="B84" s="58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B84" s="58"/>
       <c r="C84" s="230"/>
       <c r="D84" s="230"/>
       <c r="E84" s="230"/>
       <c r="F84" s="230"/>
       <c r="G84" s="230"/>
       <c r="H84" s="231" t="s">
         <v>0</v>
       </c>
       <c r="I84" s="12">
         <f>ROUND(SUM(I64:I83),0)</f>
         <v>0</v>
       </c>
       <c r="J84" s="95">
         <f>ROUND(SUM(J64:J83),0)</f>
         <v>0</v>
       </c>
       <c r="K84" s="95">
         <f>ROUND(SUM(K64:K83),0)</f>
         <v>0</v>
       </c>
       <c r="L84" s="16"/>
     </row>
-    <row r="85" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A85" s="16"/>
       <c r="B85" s="58"/>
       <c r="C85" s="222"/>
       <c r="D85" s="222"/>
       <c r="E85" s="222"/>
       <c r="F85" s="222"/>
       <c r="G85" s="222"/>
       <c r="H85" s="232" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I85" s="10">
         <f>I84*7</f>
         <v>0</v>
       </c>
       <c r="J85" s="105">
         <f>J84*7</f>
         <v>0</v>
       </c>
       <c r="K85" s="105">
         <f t="shared" ref="K85" si="23">K84*7</f>
         <v>0</v>
       </c>
       <c r="L85" s="16"/>
     </row>
-    <row r="86" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A86" s="16"/>
       <c r="B86" s="223"/>
       <c r="C86" s="224"/>
       <c r="D86" s="224"/>
       <c r="E86" s="224"/>
       <c r="F86" s="224"/>
       <c r="G86" s="224"/>
       <c r="H86" s="224"/>
       <c r="I86" s="224"/>
       <c r="J86" s="224"/>
       <c r="K86" s="225"/>
       <c r="L86" s="16"/>
     </row>
-    <row r="87" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A87" s="16"/>
       <c r="B87" s="223"/>
       <c r="C87" s="224"/>
       <c r="D87" s="224"/>
       <c r="E87" s="224"/>
       <c r="F87" s="224"/>
       <c r="G87" s="224"/>
       <c r="H87" s="224"/>
       <c r="I87" s="224"/>
       <c r="J87" s="224"/>
       <c r="K87" s="225"/>
       <c r="L87" s="16"/>
     </row>
-    <row r="88" spans="1:12" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A88" s="16"/>
       <c r="B88" s="223"/>
       <c r="C88" s="224"/>
       <c r="D88" s="224"/>
       <c r="E88" s="224"/>
       <c r="F88" s="224"/>
       <c r="G88" s="224"/>
       <c r="H88" s="224"/>
       <c r="I88" s="224"/>
       <c r="J88" s="224"/>
       <c r="K88" s="225"/>
       <c r="L88" s="16"/>
     </row>
-    <row r="89" spans="1:12" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:12" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="16"/>
-      <c r="B89" s="355"/>
-[...1 lines deleted...]
-      <c r="D89" s="357"/>
+      <c r="B89" s="382"/>
+      <c r="C89" s="383"/>
+      <c r="D89" s="384"/>
       <c r="E89" s="16"/>
       <c r="F89" s="16"/>
       <c r="G89" s="16"/>
       <c r="H89" s="16"/>
       <c r="I89" s="16"/>
       <c r="J89" s="16"/>
       <c r="K89" s="16"/>
       <c r="L89" s="16"/>
     </row>
-    <row r="90" spans="1:12" ht="12.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:12" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="16"/>
-      <c r="B90" s="358"/>
-[...1 lines deleted...]
-      <c r="D90" s="360"/>
+      <c r="B90" s="385"/>
+      <c r="C90" s="386"/>
+      <c r="D90" s="387"/>
       <c r="E90" s="25"/>
       <c r="F90" s="16"/>
       <c r="G90" s="16"/>
       <c r="H90" s="25"/>
       <c r="I90" s="16"/>
       <c r="J90" s="16"/>
       <c r="K90" s="16"/>
       <c r="L90" s="16"/>
     </row>
-    <row r="91" spans="1:12" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:12" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="13"/>
       <c r="B91" s="13"/>
       <c r="C91" s="13"/>
       <c r="D91" s="13"/>
       <c r="E91" s="13"/>
       <c r="F91" s="13"/>
       <c r="G91" s="13"/>
       <c r="H91" s="13"/>
       <c r="I91" s="13"/>
       <c r="J91" s="13"/>
       <c r="K91" s="13"/>
       <c r="L91" s="13"/>
     </row>
-    <row r="96" spans="1:12" ht="12.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:12" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="23"/>
       <c r="C96" s="23"/>
       <c r="D96" s="23"/>
       <c r="E96" s="23"/>
       <c r="H96" s="23"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="erGJ+f/Zj4bp4JwJ+SOvCEEBBI7iiVtGc0+UkiSKRA9BL2A2sxzq4vYogxyjyT5RNIxv4oZetYOCR/Zk7KhAOA==" saltValue="3KiRR7kVPIyDrrOY1Au6Ug==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-  <mergeCells count="69">
+  <sheetProtection algorithmName="SHA-512" hashValue="cSsOejOM5/rfwNE3g6K9lLgAdLLZduF6q6DyciYyMipogHcYSS1Zmrte5hQbOrxzIxs6C0vmGLSMZg+YUtBZlg==" saltValue="VqSDMuQKj4dZSEtTevtzPQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="28">
+    <mergeCell ref="B2:K3"/>
+    <mergeCell ref="B9:K9"/>
+    <mergeCell ref="I5:K7"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="B71:D71"/>
+    <mergeCell ref="I56:K60"/>
+    <mergeCell ref="B75:D75"/>
+    <mergeCell ref="B62:K62"/>
+    <mergeCell ref="B63:D63"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="B67:D67"/>
+    <mergeCell ref="B68:D68"/>
+    <mergeCell ref="B69:D69"/>
+    <mergeCell ref="B72:D72"/>
+    <mergeCell ref="B73:D73"/>
+    <mergeCell ref="B74:D74"/>
     <mergeCell ref="B83:D83"/>
     <mergeCell ref="B89:D89"/>
     <mergeCell ref="B90:D90"/>
     <mergeCell ref="B76:D76"/>
     <mergeCell ref="B77:D77"/>
     <mergeCell ref="B78:D78"/>
     <mergeCell ref="B79:D79"/>
     <mergeCell ref="B80:D80"/>
     <mergeCell ref="B82:D82"/>
     <mergeCell ref="B81:D81"/>
-    <mergeCell ref="B32:D32"/>
-[...57 lines deleted...]
-    <mergeCell ref="B45:D45"/>
   </mergeCells>
   <conditionalFormatting sqref="G11:G50">
-    <cfRule type="cellIs" dxfId="1" priority="2" operator="greaterThanOrEqual">
+    <cfRule type="cellIs" dxfId="14" priority="2" operator="greaterThanOrEqual">
       <formula>100000</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G64:G83">
-    <cfRule type="cellIs" dxfId="0" priority="1" operator="greaterThanOrEqual">
+    <cfRule type="cellIs" dxfId="12" priority="1" operator="greaterThanOrEqual">
       <formula>100000</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations disablePrompts="1" count="1">
+  <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D41:D49 D13:D16 D66:D69 D75:D83" xr:uid="{9C51933B-C935-4A0E-B149-64E6FC732C20}"/>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="38" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Fett"&amp;14Investitionskosten
 </oddHeader>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="5" max="34" man="1"/>
     <brk id="10" max="35" man="1"/>
   </colBreaks>
-  <customProperties>
-[...1 lines deleted...]
-  </customProperties>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="21" id="{B2210070-5CC6-4DB1-B06B-162614E294E1}">
             <xm:f>'(4) Financement &amp; aide fin.'!$K$24&lt;&gt;#REF!+$K$51</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G51:G61</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="6" id="{DA14A4EA-AB4A-41DC-9F25-91878F4A63D9}">
             <xm:f>'(4) Financement &amp; aide fin.'!$K$24&lt;&gt;#REF!+$K$51</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
@@ -11051,2720 +11401,2720 @@
                   <color theme="0"/>
                 </bottom>
                 <vertical/>
                 <horizontal/>
               </border>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>J11:K50 J64:K83</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="18" id="{4320145D-E604-4494-9C93-91796EFD2344}">
             <xm:f>'(4) Financement &amp; aide fin.'!$K$24&lt;&gt;#REF!+$K$51</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>J51:K55 J61:K61</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="2">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E324EAFD-0541-4C5B-807F-7FACE65EDA96}">
           <x14:formula1>
             <xm:f>Legende!$A$2:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>E11:E50 E64:E83</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A21E746A-AE23-48E5-9596-4237FE3EFA0F}">
           <x14:formula1>
             <xm:f>'(1) Vue d''ensemble'!$E$14:$E$24</xm:f>
           </x14:formula1>
           <xm:sqref>F11:F50 F64:F83</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Tabelle4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M192"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C82" sqref="C82"/>
+      <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.2" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="8" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="53.44140625" style="8" customWidth="1"/>
+    <col min="1" max="1" width="3.7109375" style="8" customWidth="1"/>
+    <col min="2" max="2" width="2.7109375" style="53" customWidth="1"/>
+    <col min="3" max="3" width="53.42578125" style="8" customWidth="1"/>
     <col min="4" max="11" width="13" style="8" customWidth="1"/>
-    <col min="12" max="12" width="2.6640625" style="53" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="11.44140625" hidden="1"/>
+    <col min="12" max="12" width="2.7109375" style="53" customWidth="1"/>
+    <col min="13" max="13" width="11.42578125" style="8" customWidth="1"/>
+    <col min="14" max="16384" width="11.42578125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A1" s="16"/>
       <c r="B1" s="69"/>
       <c r="C1" s="32"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="33"/>
       <c r="L1" s="60"/>
       <c r="M1" s="16"/>
     </row>
-    <row r="2" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="18"/>
-      <c r="B2" s="376" t="s">
-[...11 lines deleted...]
-      <c r="L2" s="378"/>
+      <c r="B2" s="364" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" s="365"/>
+      <c r="D2" s="365"/>
+      <c r="E2" s="365"/>
+      <c r="F2" s="365"/>
+      <c r="G2" s="365"/>
+      <c r="H2" s="365"/>
+      <c r="I2" s="365"/>
+      <c r="J2" s="365"/>
+      <c r="K2" s="365"/>
+      <c r="L2" s="366"/>
       <c r="M2" s="22"/>
     </row>
-    <row r="3" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="18"/>
-      <c r="B3" s="379"/>
-[...9 lines deleted...]
-      <c r="L3" s="381"/>
+      <c r="B3" s="367"/>
+      <c r="C3" s="368"/>
+      <c r="D3" s="368"/>
+      <c r="E3" s="368"/>
+      <c r="F3" s="368"/>
+      <c r="G3" s="368"/>
+      <c r="H3" s="368"/>
+      <c r="I3" s="368"/>
+      <c r="J3" s="368"/>
+      <c r="K3" s="368"/>
+      <c r="L3" s="369"/>
       <c r="M3" s="22"/>
     </row>
-    <row r="4" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="18"/>
-      <c r="B4" s="379"/>
-[...9 lines deleted...]
-      <c r="L4" s="381"/>
+      <c r="B4" s="367"/>
+      <c r="C4" s="368"/>
+      <c r="D4" s="368"/>
+      <c r="E4" s="368"/>
+      <c r="F4" s="368"/>
+      <c r="G4" s="368"/>
+      <c r="H4" s="368"/>
+      <c r="I4" s="368"/>
+      <c r="J4" s="368"/>
+      <c r="K4" s="368"/>
+      <c r="L4" s="369"/>
       <c r="M4" s="22"/>
     </row>
-    <row r="5" spans="1:13" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="18"/>
-      <c r="B5" s="382"/>
-[...9 lines deleted...]
-      <c r="L5" s="384"/>
+      <c r="B5" s="370"/>
+      <c r="C5" s="371"/>
+      <c r="D5" s="371"/>
+      <c r="E5" s="371"/>
+      <c r="F5" s="371"/>
+      <c r="G5" s="371"/>
+      <c r="H5" s="371"/>
+      <c r="I5" s="371"/>
+      <c r="J5" s="371"/>
+      <c r="K5" s="371"/>
+      <c r="L5" s="372"/>
       <c r="M5" s="22"/>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="16"/>
       <c r="B6" s="48"/>
       <c r="C6" s="21"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
       <c r="I6" s="21"/>
       <c r="J6" s="21"/>
       <c r="K6" s="21"/>
       <c r="L6" s="48"/>
       <c r="M6" s="16"/>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="18"/>
       <c r="B7" s="73"/>
       <c r="C7" s="63"/>
       <c r="D7" s="63"/>
       <c r="E7" s="63"/>
       <c r="F7" s="63"/>
       <c r="G7" s="63"/>
       <c r="H7" s="63"/>
       <c r="I7" s="63"/>
       <c r="J7" s="63"/>
       <c r="K7" s="63"/>
       <c r="L7" s="54"/>
       <c r="M7" s="22"/>
     </row>
-    <row r="8" spans="1:13" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A8" s="18"/>
       <c r="B8" s="74"/>
       <c r="C8" s="68" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="20"/>
       <c r="E8" s="20"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="20"/>
       <c r="I8" s="20"/>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
       <c r="L8" s="65"/>
       <c r="M8" s="22"/>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A9" s="18"/>
       <c r="B9" s="64"/>
       <c r="C9" s="67" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="16"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
       <c r="J9" s="16"/>
       <c r="K9" s="16"/>
       <c r="L9" s="55"/>
       <c r="M9" s="22"/>
     </row>
-    <row r="10" spans="1:13" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="18"/>
       <c r="B10" s="64"/>
       <c r="C10" s="50" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16"/>
       <c r="F10" s="16"/>
       <c r="G10" s="16"/>
       <c r="H10" s="16"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
       <c r="L10" s="55"/>
       <c r="M10" s="22"/>
     </row>
-    <row r="11" spans="1:13" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="18"/>
       <c r="B11" s="64"/>
       <c r="C11" s="16"/>
-      <c r="D11" s="392" t="s">
-[...7 lines deleted...]
-      <c r="J11" s="394"/>
+      <c r="D11" s="400" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" s="401"/>
+      <c r="F11" s="401"/>
+      <c r="G11" s="401"/>
+      <c r="H11" s="401"/>
+      <c r="I11" s="401"/>
+      <c r="J11" s="402"/>
       <c r="K11" s="22"/>
       <c r="L11" s="55"/>
       <c r="M11" s="22"/>
     </row>
-    <row r="12" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="18"/>
       <c r="B12" s="75"/>
       <c r="C12" s="66" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="121" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="121" t="s">
         <v>7</v>
       </c>
       <c r="F12" s="121" t="s">
         <v>7</v>
       </c>
       <c r="G12" s="121" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="46" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="46" t="s">
         <v>7</v>
       </c>
       <c r="J12" s="46" t="s">
         <v>7</v>
       </c>
       <c r="K12" s="34" t="s">
         <v>1</v>
       </c>
       <c r="L12" s="76"/>
       <c r="M12" s="22"/>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="18"/>
       <c r="B13" s="75"/>
       <c r="C13" s="9">
         <f>'(1) Vue d''ensemble'!E14</f>
         <v>0</v>
       </c>
       <c r="D13" s="125"/>
       <c r="E13" s="125"/>
       <c r="F13" s="125"/>
       <c r="G13" s="125"/>
       <c r="H13" s="125"/>
       <c r="I13" s="125"/>
       <c r="J13" s="125"/>
       <c r="K13" s="112">
         <f>SUM(D13:J13)</f>
         <v>0</v>
       </c>
       <c r="L13" s="77"/>
       <c r="M13" s="22"/>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="18"/>
       <c r="B14" s="75"/>
       <c r="C14" s="9">
         <f>'(1) Vue d''ensemble'!E15</f>
         <v>0</v>
       </c>
       <c r="D14" s="125"/>
       <c r="E14" s="125"/>
       <c r="F14" s="125"/>
       <c r="G14" s="125"/>
       <c r="H14" s="125"/>
       <c r="I14" s="125"/>
       <c r="J14" s="125"/>
       <c r="K14" s="112">
         <f t="shared" ref="K14:K23" si="0">SUM(D14:J14)</f>
         <v>0</v>
       </c>
       <c r="L14" s="77"/>
       <c r="M14" s="22"/>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="18"/>
       <c r="B15" s="75"/>
       <c r="C15" s="9">
         <f>'(1) Vue d''ensemble'!E16</f>
         <v>0</v>
       </c>
       <c r="D15" s="125"/>
       <c r="E15" s="125"/>
       <c r="F15" s="125"/>
       <c r="G15" s="125"/>
       <c r="H15" s="125"/>
       <c r="I15" s="125"/>
       <c r="J15" s="125"/>
       <c r="K15" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L15" s="77"/>
       <c r="M15" s="22"/>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="18"/>
       <c r="B16" s="75"/>
       <c r="C16" s="9">
         <f>'(1) Vue d''ensemble'!E17</f>
         <v>0</v>
       </c>
       <c r="D16" s="125"/>
       <c r="E16" s="125"/>
       <c r="F16" s="125"/>
       <c r="G16" s="125"/>
       <c r="H16" s="125"/>
       <c r="I16" s="125"/>
       <c r="J16" s="125"/>
       <c r="K16" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L16" s="77"/>
       <c r="M16" s="22"/>
     </row>
-    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="18"/>
       <c r="B17" s="75"/>
       <c r="C17" s="9">
         <f>'(1) Vue d''ensemble'!E18</f>
         <v>0</v>
       </c>
       <c r="D17" s="125"/>
       <c r="E17" s="125"/>
       <c r="F17" s="125"/>
       <c r="G17" s="125"/>
       <c r="H17" s="125"/>
       <c r="I17" s="125"/>
       <c r="J17" s="125"/>
       <c r="K17" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L17" s="77"/>
       <c r="M17" s="22"/>
     </row>
-    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A18" s="18"/>
       <c r="B18" s="75"/>
       <c r="C18" s="9">
         <f>'(1) Vue d''ensemble'!E19</f>
         <v>0</v>
       </c>
       <c r="D18" s="125"/>
       <c r="E18" s="125"/>
       <c r="F18" s="125"/>
       <c r="G18" s="125"/>
       <c r="H18" s="125"/>
       <c r="I18" s="125"/>
       <c r="J18" s="125"/>
       <c r="K18" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L18" s="77"/>
       <c r="M18" s="22"/>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A19" s="18"/>
       <c r="B19" s="75"/>
       <c r="C19" s="9">
         <f>'(1) Vue d''ensemble'!E20</f>
         <v>0</v>
       </c>
       <c r="D19" s="125"/>
       <c r="E19" s="125"/>
       <c r="F19" s="125"/>
       <c r="G19" s="125"/>
       <c r="H19" s="125"/>
       <c r="I19" s="125"/>
       <c r="J19" s="125"/>
       <c r="K19" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L19" s="77"/>
       <c r="M19" s="22"/>
     </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A20" s="18"/>
       <c r="B20" s="75"/>
       <c r="C20" s="9">
         <f>'(1) Vue d''ensemble'!E21</f>
         <v>0</v>
       </c>
       <c r="D20" s="125"/>
       <c r="E20" s="125"/>
       <c r="F20" s="125"/>
       <c r="G20" s="125"/>
       <c r="H20" s="125"/>
       <c r="I20" s="125"/>
       <c r="J20" s="125"/>
       <c r="K20" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L20" s="77"/>
       <c r="M20" s="22"/>
     </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A21" s="18"/>
       <c r="B21" s="75"/>
       <c r="C21" s="9">
         <f>'(1) Vue d''ensemble'!E22</f>
         <v>0</v>
       </c>
       <c r="D21" s="125"/>
       <c r="E21" s="125"/>
       <c r="F21" s="125"/>
       <c r="G21" s="125"/>
       <c r="H21" s="125"/>
       <c r="I21" s="125"/>
       <c r="J21" s="125"/>
       <c r="K21" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L21" s="77"/>
       <c r="M21" s="22"/>
     </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A22" s="18"/>
       <c r="B22" s="75"/>
       <c r="C22" s="9">
         <f>'(1) Vue d''ensemble'!E23</f>
         <v>0</v>
       </c>
       <c r="D22" s="125"/>
       <c r="E22" s="125"/>
       <c r="F22" s="125"/>
       <c r="G22" s="125"/>
       <c r="H22" s="125"/>
       <c r="I22" s="125"/>
       <c r="J22" s="125"/>
       <c r="K22" s="112">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L22" s="77"/>
       <c r="M22" s="22"/>
     </row>
-    <row r="23" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="18"/>
       <c r="B23" s="75"/>
       <c r="C23" s="9">
         <f>'(1) Vue d''ensemble'!E24</f>
         <v>0</v>
       </c>
       <c r="D23" s="126"/>
       <c r="E23" s="126"/>
       <c r="F23" s="126"/>
       <c r="G23" s="126"/>
       <c r="H23" s="126"/>
       <c r="I23" s="126"/>
       <c r="J23" s="126"/>
       <c r="K23" s="113">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L23" s="77"/>
       <c r="M23" s="51"/>
     </row>
-    <row r="24" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="18"/>
       <c r="B24" s="75"/>
       <c r="C24" s="234" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="235">
         <f>SUM(D13:D23)</f>
         <v>0</v>
       </c>
       <c r="E24" s="235">
         <f>SUM(E13:E23)</f>
         <v>0</v>
       </c>
       <c r="F24" s="235">
         <f>SUM(F13:F23)</f>
         <v>0</v>
       </c>
       <c r="G24" s="235">
         <f>SUM(G13:G23)</f>
         <v>0</v>
       </c>
       <c r="H24" s="235">
         <f t="shared" ref="H24:J24" si="1">SUM(H13:H23)</f>
         <v>0</v>
       </c>
       <c r="I24" s="235">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J24" s="235">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K24" s="236">
         <f>ROUND(SUM(K13:K23),0)</f>
         <v>0</v>
       </c>
       <c r="L24" s="78"/>
-      <c r="M24" s="395" t="str">
+      <c r="M24" s="403" t="str">
         <f>IF(K24&lt;&gt;'(2) Coûts d''investissement'!$D$7,"Check total (2)","")</f>
         <v/>
       </c>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A25" s="18"/>
       <c r="B25" s="64"/>
       <c r="C25" s="18"/>
       <c r="D25" s="222"/>
       <c r="E25" s="222"/>
       <c r="F25" s="222"/>
       <c r="G25" s="222"/>
       <c r="H25" s="222"/>
       <c r="I25" s="222"/>
       <c r="J25" s="51"/>
       <c r="K25" s="16"/>
       <c r="L25" s="79"/>
-      <c r="M25" s="396"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M25" s="404"/>
+    </row>
+    <row r="26" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="18"/>
       <c r="B26" s="64"/>
       <c r="C26" s="26" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D26" s="222"/>
       <c r="E26" s="222"/>
       <c r="F26" s="222"/>
       <c r="G26" s="222"/>
       <c r="H26" s="222"/>
       <c r="I26" s="222"/>
       <c r="J26" s="51"/>
       <c r="K26" s="16"/>
       <c r="L26" s="55"/>
-      <c r="M26" s="397"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:13" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M26" s="405"/>
+    </row>
+    <row r="27" spans="1:13" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="18"/>
       <c r="B27" s="64"/>
       <c r="C27" s="26"/>
       <c r="D27" s="222"/>
       <c r="E27" s="222"/>
       <c r="F27" s="222"/>
       <c r="G27" s="222"/>
       <c r="H27" s="222"/>
       <c r="I27" s="222"/>
       <c r="J27" s="51"/>
       <c r="K27" s="16"/>
       <c r="L27" s="55"/>
       <c r="M27" s="22"/>
     </row>
-    <row r="28" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="18"/>
       <c r="B28" s="75"/>
       <c r="C28" s="66" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D28" s="237" t="str">
         <f>D12</f>
         <v>20xx</v>
       </c>
       <c r="E28" s="237" t="str">
         <f t="shared" ref="E28:J28" si="2">E12</f>
         <v>20xx</v>
       </c>
       <c r="F28" s="237" t="str">
         <f t="shared" si="2"/>
         <v>20xx</v>
       </c>
       <c r="G28" s="237" t="str">
         <f t="shared" si="2"/>
         <v>20xx</v>
       </c>
       <c r="H28" s="237" t="str">
         <f t="shared" si="2"/>
         <v>20xx</v>
       </c>
       <c r="I28" s="237" t="str">
         <f t="shared" si="2"/>
         <v>20xx</v>
       </c>
       <c r="J28" s="237" t="str">
         <f t="shared" si="2"/>
         <v>20xx</v>
       </c>
       <c r="K28" s="34" t="s">
         <v>1</v>
       </c>
       <c r="L28" s="76"/>
       <c r="M28" s="22"/>
     </row>
-    <row r="29" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="18"/>
       <c r="B29" s="75"/>
       <c r="C29" s="11" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D29" s="127"/>
       <c r="E29" s="127"/>
       <c r="F29" s="127"/>
       <c r="G29" s="127"/>
       <c r="H29" s="127"/>
       <c r="I29" s="127"/>
       <c r="J29" s="127"/>
       <c r="K29" s="116">
         <f t="shared" ref="K29:K39" si="3">SUM(D29:J29)</f>
         <v>0</v>
       </c>
       <c r="L29" s="78"/>
       <c r="M29" s="71"/>
     </row>
-    <row r="30" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="18"/>
       <c r="B30" s="75"/>
       <c r="C30" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D30" s="125"/>
       <c r="E30" s="125"/>
       <c r="F30" s="125"/>
       <c r="G30" s="125"/>
       <c r="H30" s="125"/>
       <c r="I30" s="125"/>
       <c r="J30" s="125"/>
       <c r="K30" s="112">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L30" s="77"/>
       <c r="M30" s="22"/>
     </row>
-    <row r="31" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="18"/>
       <c r="B31" s="75"/>
       <c r="C31" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D31" s="125"/>
       <c r="E31" s="125"/>
       <c r="F31" s="125"/>
       <c r="G31" s="125"/>
       <c r="H31" s="125"/>
       <c r="I31" s="125"/>
       <c r="J31" s="125"/>
       <c r="K31" s="112">
         <f t="shared" ref="K31:K34" si="4">SUM(D31:J31)</f>
         <v>0</v>
       </c>
       <c r="L31" s="77"/>
       <c r="M31" s="22"/>
     </row>
-    <row r="32" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="18"/>
       <c r="B32" s="75"/>
       <c r="C32" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D32" s="125"/>
       <c r="E32" s="125"/>
       <c r="F32" s="125"/>
       <c r="G32" s="125"/>
       <c r="H32" s="125"/>
       <c r="I32" s="125"/>
       <c r="J32" s="125"/>
       <c r="K32" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L32" s="77"/>
       <c r="M32" s="22"/>
     </row>
-    <row r="33" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="18"/>
       <c r="B33" s="75"/>
       <c r="C33" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D33" s="125"/>
       <c r="E33" s="125"/>
       <c r="F33" s="125"/>
       <c r="G33" s="125"/>
       <c r="H33" s="125"/>
       <c r="I33" s="125"/>
       <c r="J33" s="125"/>
       <c r="K33" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L33" s="77"/>
       <c r="M33" s="22"/>
     </row>
-    <row r="34" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="18"/>
       <c r="B34" s="75"/>
       <c r="C34" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D34" s="125"/>
       <c r="E34" s="125"/>
       <c r="F34" s="125"/>
       <c r="G34" s="125"/>
       <c r="H34" s="125"/>
       <c r="I34" s="125"/>
       <c r="J34" s="125"/>
       <c r="K34" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L34" s="77"/>
       <c r="M34" s="22"/>
     </row>
-    <row r="35" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="18"/>
       <c r="B35" s="75"/>
       <c r="C35" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D35" s="125"/>
       <c r="E35" s="125"/>
       <c r="F35" s="125"/>
       <c r="G35" s="125"/>
       <c r="H35" s="125"/>
       <c r="I35" s="125"/>
       <c r="J35" s="125"/>
       <c r="K35" s="112">
         <f t="shared" ref="K35" si="5">SUM(D35:J35)</f>
         <v>0</v>
       </c>
       <c r="L35" s="77"/>
       <c r="M35" s="22"/>
     </row>
-    <row r="36" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="18"/>
       <c r="B36" s="75"/>
       <c r="C36" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D36" s="125"/>
       <c r="E36" s="125"/>
       <c r="F36" s="125"/>
       <c r="G36" s="125"/>
       <c r="H36" s="125"/>
       <c r="I36" s="125"/>
       <c r="J36" s="125"/>
       <c r="K36" s="112">
         <f t="shared" ref="K36:K37" si="6">SUM(D36:J36)</f>
         <v>0</v>
       </c>
       <c r="L36" s="77"/>
       <c r="M36" s="22"/>
     </row>
-    <row r="37" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="18"/>
       <c r="B37" s="75"/>
       <c r="C37" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D37" s="125"/>
       <c r="E37" s="125"/>
       <c r="F37" s="125"/>
       <c r="G37" s="125"/>
       <c r="H37" s="125"/>
       <c r="I37" s="125"/>
       <c r="J37" s="125"/>
       <c r="K37" s="112">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="L37" s="77"/>
       <c r="M37" s="22"/>
     </row>
-    <row r="38" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="18"/>
       <c r="B38" s="75"/>
       <c r="C38" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D38" s="125"/>
       <c r="E38" s="125"/>
       <c r="F38" s="125"/>
       <c r="G38" s="125"/>
       <c r="H38" s="125"/>
       <c r="I38" s="125"/>
       <c r="J38" s="125"/>
       <c r="K38" s="112">
         <f t="shared" ref="K38" si="7">SUM(D38:J38)</f>
         <v>0</v>
       </c>
       <c r="L38" s="77"/>
       <c r="M38" s="22"/>
     </row>
-    <row r="39" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A39" s="18"/>
       <c r="B39" s="75"/>
       <c r="C39" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D39" s="126"/>
       <c r="E39" s="126"/>
       <c r="F39" s="126"/>
       <c r="G39" s="126"/>
       <c r="H39" s="126"/>
       <c r="I39" s="126"/>
       <c r="J39" s="126"/>
       <c r="K39" s="113">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L39" s="77"/>
       <c r="M39" s="22"/>
     </row>
-    <row r="40" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="18"/>
       <c r="B40" s="75"/>
       <c r="C40" s="238" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D40" s="239"/>
       <c r="E40" s="239"/>
       <c r="F40" s="239"/>
       <c r="G40" s="239"/>
       <c r="H40" s="239"/>
       <c r="I40" s="239"/>
       <c r="J40" s="239"/>
       <c r="K40" s="240"/>
       <c r="L40" s="77"/>
       <c r="M40" s="22"/>
     </row>
-    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A41" s="18"/>
       <c r="B41" s="75"/>
       <c r="C41" s="9">
         <f>'(1) Vue d''ensemble'!E14</f>
         <v>0</v>
       </c>
       <c r="D41" s="125"/>
       <c r="E41" s="125"/>
       <c r="F41" s="125"/>
       <c r="G41" s="125"/>
       <c r="H41" s="125"/>
       <c r="I41" s="125"/>
       <c r="J41" s="125"/>
       <c r="K41" s="112">
         <f t="shared" ref="K41:K51" si="8">SUM(D41:J41)</f>
         <v>0</v>
       </c>
       <c r="L41" s="77"/>
       <c r="M41" s="22"/>
     </row>
-    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A42" s="18"/>
       <c r="B42" s="75"/>
       <c r="C42" s="9">
         <f>'(1) Vue d''ensemble'!E15</f>
         <v>0</v>
       </c>
       <c r="D42" s="125"/>
       <c r="E42" s="125"/>
       <c r="F42" s="125"/>
       <c r="G42" s="125"/>
       <c r="H42" s="125"/>
       <c r="I42" s="125"/>
       <c r="J42" s="125"/>
       <c r="K42" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L42" s="77"/>
       <c r="M42" s="22"/>
     </row>
-    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A43" s="18"/>
       <c r="B43" s="75"/>
       <c r="C43" s="9">
         <f>'(1) Vue d''ensemble'!E16</f>
         <v>0</v>
       </c>
       <c r="D43" s="125"/>
       <c r="E43" s="125"/>
       <c r="F43" s="125"/>
       <c r="G43" s="125"/>
       <c r="H43" s="125"/>
       <c r="I43" s="125"/>
       <c r="J43" s="125"/>
       <c r="K43" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L43" s="77"/>
       <c r="M43" s="22"/>
     </row>
-    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A44" s="18"/>
       <c r="B44" s="75"/>
       <c r="C44" s="9">
         <f>'(1) Vue d''ensemble'!E17</f>
         <v>0</v>
       </c>
       <c r="D44" s="125"/>
       <c r="E44" s="125"/>
       <c r="F44" s="125"/>
       <c r="G44" s="125"/>
       <c r="H44" s="125"/>
       <c r="I44" s="125"/>
       <c r="J44" s="125"/>
       <c r="K44" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L44" s="77"/>
       <c r="M44" s="22"/>
     </row>
-    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A45" s="18"/>
       <c r="B45" s="75"/>
       <c r="C45" s="9">
         <f>'(1) Vue d''ensemble'!E18</f>
         <v>0</v>
       </c>
       <c r="D45" s="125"/>
       <c r="E45" s="125"/>
       <c r="F45" s="125"/>
       <c r="G45" s="125"/>
       <c r="H45" s="125"/>
       <c r="I45" s="125"/>
       <c r="J45" s="125"/>
       <c r="K45" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L45" s="77"/>
       <c r="M45" s="22"/>
     </row>
-    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A46" s="18"/>
       <c r="B46" s="75"/>
       <c r="C46" s="9">
         <f>'(1) Vue d''ensemble'!E19</f>
         <v>0</v>
       </c>
       <c r="D46" s="125"/>
       <c r="E46" s="125"/>
       <c r="F46" s="125"/>
       <c r="G46" s="125"/>
       <c r="H46" s="125"/>
       <c r="I46" s="125"/>
       <c r="J46" s="125"/>
       <c r="K46" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L46" s="77"/>
       <c r="M46" s="22"/>
     </row>
-    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A47" s="18"/>
       <c r="B47" s="75"/>
       <c r="C47" s="9">
         <f>'(1) Vue d''ensemble'!E20</f>
         <v>0</v>
       </c>
       <c r="D47" s="125"/>
       <c r="E47" s="125"/>
       <c r="F47" s="125"/>
       <c r="G47" s="125"/>
       <c r="H47" s="125"/>
       <c r="I47" s="125"/>
       <c r="J47" s="125"/>
       <c r="K47" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L47" s="77"/>
       <c r="M47" s="22"/>
     </row>
-    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A48" s="18"/>
       <c r="B48" s="75"/>
       <c r="C48" s="9">
         <f>'(1) Vue d''ensemble'!E21</f>
         <v>0</v>
       </c>
       <c r="D48" s="125"/>
       <c r="E48" s="125"/>
       <c r="F48" s="125"/>
       <c r="G48" s="125"/>
       <c r="H48" s="125"/>
       <c r="I48" s="125"/>
       <c r="J48" s="125"/>
       <c r="K48" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L48" s="77"/>
       <c r="M48" s="22"/>
     </row>
-    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A49" s="18"/>
       <c r="B49" s="75"/>
       <c r="C49" s="9">
         <f>'(1) Vue d''ensemble'!E22</f>
         <v>0</v>
       </c>
       <c r="D49" s="125"/>
       <c r="E49" s="125"/>
       <c r="F49" s="125"/>
       <c r="G49" s="125"/>
       <c r="H49" s="125"/>
       <c r="I49" s="125"/>
       <c r="J49" s="125"/>
       <c r="K49" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L49" s="77"/>
       <c r="M49" s="22"/>
     </row>
-    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A50" s="18"/>
       <c r="B50" s="75"/>
       <c r="C50" s="9">
         <f>'(1) Vue d''ensemble'!E23</f>
         <v>0</v>
       </c>
       <c r="D50" s="125"/>
       <c r="E50" s="125"/>
       <c r="F50" s="125"/>
       <c r="G50" s="125"/>
       <c r="H50" s="125"/>
       <c r="I50" s="125"/>
       <c r="J50" s="125"/>
       <c r="K50" s="112">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L50" s="77"/>
       <c r="M50" s="22"/>
     </row>
-    <row r="51" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A51" s="18"/>
       <c r="B51" s="75"/>
       <c r="C51" s="9">
         <f>'(1) Vue d''ensemble'!E24</f>
         <v>0</v>
       </c>
       <c r="D51" s="128"/>
       <c r="E51" s="128"/>
       <c r="F51" s="128"/>
       <c r="G51" s="128"/>
       <c r="H51" s="128"/>
       <c r="I51" s="128"/>
       <c r="J51" s="128"/>
       <c r="K51" s="117">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L51" s="77"/>
       <c r="M51" s="22"/>
     </row>
-    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A52" s="18"/>
       <c r="B52" s="75"/>
       <c r="C52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="D52" s="114">
         <f>SUM(D29:D51)</f>
         <v>0</v>
       </c>
       <c r="E52" s="114">
         <f t="shared" ref="E52:J52" si="9">SUM(E29:E51)</f>
         <v>0</v>
       </c>
       <c r="F52" s="114">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G52" s="114">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H52" s="114">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I52" s="114">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J52" s="114">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="K52" s="115">
         <f>ROUND(SUM(K29:K51),0)</f>
         <v>0</v>
       </c>
       <c r="L52" s="78"/>
-      <c r="M52" s="387" t="str">
+      <c r="M52" s="395" t="str">
         <f>IF(K52=K24,"","Check totals")</f>
         <v/>
       </c>
     </row>
-    <row r="53" spans="1:13" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:13" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="18"/>
       <c r="B53" s="80"/>
       <c r="C53" s="81"/>
       <c r="D53" s="84" t="str">
         <f t="shared" ref="D53:J53" si="10">IF(D52&lt;&gt;D24,"Check totals","")</f>
         <v/>
       </c>
       <c r="E53" s="84" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="F53" s="84" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="G53" s="84" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="H53" s="84" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="I53" s="84" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="J53" s="84" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="K53" s="82"/>
       <c r="L53" s="83"/>
-      <c r="M53" s="388"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M53" s="396"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A54" s="16"/>
       <c r="B54" s="48"/>
       <c r="C54" s="85"/>
       <c r="D54" s="86"/>
       <c r="E54" s="86"/>
       <c r="F54" s="86"/>
       <c r="G54" s="86"/>
       <c r="H54" s="86"/>
       <c r="I54" s="86"/>
       <c r="J54" s="86"/>
       <c r="K54" s="86"/>
       <c r="L54" s="87"/>
       <c r="M54" s="62"/>
     </row>
-    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A55" s="18"/>
       <c r="B55" s="73"/>
       <c r="C55" s="88"/>
       <c r="D55" s="89"/>
       <c r="E55" s="89"/>
       <c r="F55" s="89"/>
       <c r="G55" s="89"/>
       <c r="H55" s="89"/>
       <c r="I55" s="89"/>
       <c r="J55" s="89"/>
       <c r="K55" s="89"/>
       <c r="L55" s="90"/>
       <c r="M55" s="72"/>
     </row>
-    <row r="56" spans="1:13" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:13" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A56" s="18"/>
       <c r="B56" s="74"/>
       <c r="C56" s="68" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="20"/>
       <c r="E56" s="20"/>
       <c r="F56" s="20"/>
       <c r="G56" s="20"/>
       <c r="H56" s="20"/>
       <c r="I56" s="20"/>
       <c r="J56" s="20"/>
       <c r="K56" s="20"/>
       <c r="L56" s="65"/>
       <c r="M56" s="22"/>
     </row>
-    <row r="57" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A57" s="18"/>
       <c r="B57" s="64"/>
       <c r="C57" s="25" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D57" s="16"/>
       <c r="E57" s="16"/>
       <c r="F57" s="16"/>
       <c r="G57" s="16"/>
       <c r="H57" s="16"/>
       <c r="I57" s="16"/>
       <c r="J57" s="16"/>
       <c r="K57" s="16"/>
       <c r="L57" s="79"/>
       <c r="M57" s="70"/>
     </row>
-    <row r="58" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A58" s="18"/>
       <c r="B58" s="64"/>
       <c r="C58" s="16"/>
-      <c r="D58" s="392" t="s">
-[...7 lines deleted...]
-      <c r="J58" s="394"/>
+      <c r="D58" s="400" t="s">
+        <v>62</v>
+      </c>
+      <c r="E58" s="401"/>
+      <c r="F58" s="401"/>
+      <c r="G58" s="401"/>
+      <c r="H58" s="401"/>
+      <c r="I58" s="401"/>
+      <c r="J58" s="402"/>
       <c r="K58" s="16"/>
       <c r="L58" s="79"/>
       <c r="M58" s="70"/>
     </row>
-    <row r="59" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="18"/>
       <c r="B59" s="75"/>
       <c r="C59" s="66" t="s">
         <v>27</v>
       </c>
       <c r="D59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="E59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="F59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="G59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="H59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="I59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="J59" s="121" t="s">
         <v>7</v>
       </c>
       <c r="K59" s="34" t="s">
         <v>1</v>
       </c>
       <c r="L59" s="76"/>
       <c r="M59" s="70"/>
     </row>
-    <row r="60" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A60" s="18"/>
       <c r="B60" s="75"/>
       <c r="C60" s="9">
         <f>'(1) Vue d''ensemble'!E14</f>
         <v>0</v>
       </c>
       <c r="D60" s="125"/>
       <c r="E60" s="125"/>
       <c r="F60" s="125"/>
       <c r="G60" s="125"/>
       <c r="H60" s="125"/>
       <c r="I60" s="125"/>
       <c r="J60" s="125"/>
       <c r="K60" s="112">
         <f>SUM(D60:J60)</f>
         <v>0</v>
       </c>
       <c r="L60" s="77"/>
       <c r="M60" s="70"/>
     </row>
-    <row r="61" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A61" s="18"/>
       <c r="B61" s="75"/>
       <c r="C61" s="9">
         <f>'(1) Vue d''ensemble'!E15</f>
         <v>0</v>
       </c>
       <c r="D61" s="125"/>
       <c r="E61" s="125"/>
       <c r="F61" s="125"/>
       <c r="G61" s="125"/>
       <c r="H61" s="125"/>
       <c r="I61" s="125"/>
       <c r="J61" s="125"/>
       <c r="K61" s="112">
         <f t="shared" ref="K61:K70" si="11">SUM(D61:J61)</f>
         <v>0</v>
       </c>
       <c r="L61" s="77"/>
       <c r="M61" s="70"/>
     </row>
-    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A62" s="18"/>
       <c r="B62" s="75"/>
       <c r="C62" s="9">
         <f>'(1) Vue d''ensemble'!E16</f>
         <v>0</v>
       </c>
       <c r="D62" s="125"/>
       <c r="E62" s="125"/>
       <c r="F62" s="125"/>
       <c r="G62" s="125"/>
       <c r="H62" s="125"/>
       <c r="I62" s="125"/>
       <c r="J62" s="125"/>
       <c r="K62" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L62" s="77"/>
       <c r="M62" s="70"/>
     </row>
-    <row r="63" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A63" s="18"/>
       <c r="B63" s="75"/>
       <c r="C63" s="9">
         <f>'(1) Vue d''ensemble'!E17</f>
         <v>0</v>
       </c>
       <c r="D63" s="125"/>
       <c r="E63" s="125"/>
       <c r="F63" s="125"/>
       <c r="G63" s="125"/>
       <c r="H63" s="125"/>
       <c r="I63" s="125"/>
       <c r="J63" s="125"/>
       <c r="K63" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L63" s="77"/>
       <c r="M63" s="70"/>
     </row>
-    <row r="64" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A64" s="18"/>
       <c r="B64" s="75"/>
       <c r="C64" s="9">
         <f>'(1) Vue d''ensemble'!E18</f>
         <v>0</v>
       </c>
       <c r="D64" s="125"/>
       <c r="E64" s="125"/>
       <c r="F64" s="125"/>
       <c r="G64" s="125"/>
       <c r="H64" s="125"/>
       <c r="I64" s="125"/>
       <c r="J64" s="125"/>
       <c r="K64" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L64" s="77"/>
       <c r="M64" s="70"/>
     </row>
-    <row r="65" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A65" s="18"/>
       <c r="B65" s="75"/>
       <c r="C65" s="9">
         <f>'(1) Vue d''ensemble'!E19</f>
         <v>0</v>
       </c>
       <c r="D65" s="125"/>
       <c r="E65" s="125"/>
       <c r="F65" s="125"/>
       <c r="G65" s="125"/>
       <c r="H65" s="125"/>
       <c r="I65" s="125"/>
       <c r="J65" s="125"/>
       <c r="K65" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L65" s="77"/>
       <c r="M65" s="70"/>
     </row>
-    <row r="66" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A66" s="18"/>
       <c r="B66" s="75"/>
       <c r="C66" s="9">
         <f>'(1) Vue d''ensemble'!E20</f>
         <v>0</v>
       </c>
       <c r="D66" s="118"/>
       <c r="E66" s="118"/>
       <c r="F66" s="118"/>
       <c r="G66" s="118"/>
       <c r="H66" s="118"/>
       <c r="I66" s="118"/>
       <c r="J66" s="118"/>
       <c r="K66" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L66" s="77"/>
       <c r="M66" s="70"/>
     </row>
-    <row r="67" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A67" s="18"/>
       <c r="B67" s="75"/>
       <c r="C67" s="9">
         <f>'(1) Vue d''ensemble'!E21</f>
         <v>0</v>
       </c>
       <c r="D67" s="118"/>
       <c r="E67" s="118"/>
       <c r="F67" s="118"/>
       <c r="G67" s="118"/>
       <c r="H67" s="118"/>
       <c r="I67" s="118"/>
       <c r="J67" s="118"/>
       <c r="K67" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L67" s="77"/>
       <c r="M67" s="70"/>
     </row>
-    <row r="68" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A68" s="18"/>
       <c r="B68" s="75"/>
       <c r="C68" s="9">
         <f>'(1) Vue d''ensemble'!E22</f>
         <v>0</v>
       </c>
       <c r="D68" s="118"/>
       <c r="E68" s="118"/>
       <c r="F68" s="118"/>
       <c r="G68" s="118"/>
       <c r="H68" s="118"/>
       <c r="I68" s="118"/>
       <c r="J68" s="118"/>
       <c r="K68" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L68" s="77"/>
       <c r="M68" s="70"/>
     </row>
-    <row r="69" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A69" s="18"/>
       <c r="B69" s="75"/>
       <c r="C69" s="9">
         <f>'(1) Vue d''ensemble'!E23</f>
         <v>0</v>
       </c>
       <c r="D69" s="118"/>
       <c r="E69" s="118"/>
       <c r="F69" s="118"/>
       <c r="G69" s="118"/>
       <c r="H69" s="118"/>
       <c r="I69" s="118"/>
       <c r="J69" s="118"/>
       <c r="K69" s="112">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L69" s="77"/>
       <c r="M69" s="70"/>
     </row>
-    <row r="70" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70" s="18"/>
       <c r="B70" s="75"/>
       <c r="C70" s="9">
         <f>'(1) Vue d''ensemble'!E24</f>
         <v>0</v>
       </c>
       <c r="D70" s="119"/>
       <c r="E70" s="119"/>
       <c r="F70" s="119"/>
       <c r="G70" s="119"/>
       <c r="H70" s="119"/>
       <c r="I70" s="119"/>
       <c r="J70" s="119"/>
       <c r="K70" s="113">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L70" s="77"/>
       <c r="M70" s="70"/>
     </row>
-    <row r="71" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="18"/>
       <c r="B71" s="75"/>
       <c r="C71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="D71" s="242">
         <f>SUM(D60:D70)</f>
         <v>0</v>
       </c>
       <c r="E71" s="242">
         <f>SUM(E60:E70)</f>
         <v>0</v>
       </c>
       <c r="F71" s="242">
         <f>SUM(F60:F70)</f>
         <v>0</v>
       </c>
       <c r="G71" s="242">
         <f>SUM(G60:G70)</f>
         <v>0</v>
       </c>
       <c r="H71" s="242">
         <f t="shared" ref="H71:J71" si="12">SUM(H60:H70)</f>
         <v>0</v>
       </c>
       <c r="I71" s="242">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J71" s="242">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="K71" s="243">
         <f>ROUND(SUM(K60:K70),0)</f>
         <v>0</v>
       </c>
       <c r="L71" s="78"/>
       <c r="M71" s="241" t="str">
         <f>IF(K71&lt;&gt;'(3) Coûts d''exploitation'!$D$7,"Check total (3)","")</f>
         <v/>
       </c>
     </row>
-    <row r="72" spans="1:13" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="18"/>
       <c r="B72" s="64"/>
       <c r="C72" s="58"/>
       <c r="D72" s="280" t="str">
         <f>IF(D71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="E72" s="280" t="str">
         <f>IF(E71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="F72" s="280" t="str">
         <f>IF(F71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="G72" s="280" t="str">
         <f>IF(G71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="H72" s="280" t="str">
         <f>IF(H71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="I72" s="280" t="str">
         <f>IF(I71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="J72" s="280" t="str">
         <f>IF(J71&lt;&gt;'(3) Coûts d''exploitation'!$D$6,"Total muss jährl. OPEX entsprechen","")</f>
         <v/>
       </c>
       <c r="K72" s="51"/>
       <c r="L72" s="79"/>
       <c r="M72" s="70"/>
     </row>
-    <row r="73" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="18"/>
       <c r="B73" s="64"/>
       <c r="C73" s="58"/>
       <c r="D73" s="280"/>
       <c r="E73" s="280"/>
       <c r="F73" s="280"/>
       <c r="G73" s="280"/>
       <c r="H73" s="280"/>
       <c r="I73" s="280"/>
       <c r="J73" s="280"/>
       <c r="K73" s="222"/>
       <c r="L73" s="149"/>
       <c r="M73" s="70"/>
     </row>
-    <row r="74" spans="1:13" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:13" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="18"/>
       <c r="B74" s="64"/>
       <c r="C74" s="244" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="D74" s="283"/>
       <c r="E74" s="283"/>
       <c r="F74" s="283"/>
       <c r="G74" s="283"/>
       <c r="H74" s="283"/>
       <c r="I74" s="283"/>
       <c r="J74" s="283"/>
       <c r="K74" s="283"/>
       <c r="L74" s="284"/>
       <c r="M74" s="22"/>
     </row>
-    <row r="75" spans="1:13" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:13" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="18"/>
       <c r="B75" s="64"/>
       <c r="C75" s="223" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="D75" s="281"/>
       <c r="E75" s="281"/>
       <c r="F75" s="281"/>
       <c r="G75" s="281"/>
       <c r="H75" s="281"/>
       <c r="I75" s="281"/>
       <c r="J75" s="281"/>
       <c r="K75" s="281"/>
       <c r="L75" s="282"/>
       <c r="M75" s="22"/>
     </row>
-    <row r="76" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="18"/>
       <c r="B76" s="64"/>
       <c r="C76" s="244"/>
       <c r="D76" s="222"/>
       <c r="E76" s="222"/>
       <c r="F76" s="222"/>
       <c r="G76" s="222"/>
       <c r="H76" s="222"/>
       <c r="I76" s="222"/>
       <c r="J76" s="222"/>
       <c r="K76" s="22"/>
       <c r="L76" s="55"/>
       <c r="M76" s="22"/>
     </row>
-    <row r="77" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A77" s="18"/>
       <c r="B77" s="75"/>
       <c r="C77" s="66" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D77" s="237" t="str">
         <f>D59</f>
         <v>20xx</v>
       </c>
       <c r="E77" s="237" t="str">
         <f t="shared" ref="E77:J77" si="13">E59</f>
         <v>20xx</v>
       </c>
       <c r="F77" s="237" t="str">
         <f t="shared" si="13"/>
         <v>20xx</v>
       </c>
       <c r="G77" s="237" t="str">
         <f t="shared" si="13"/>
         <v>20xx</v>
       </c>
       <c r="H77" s="237" t="str">
         <f t="shared" si="13"/>
         <v>20xx</v>
       </c>
       <c r="I77" s="237" t="str">
         <f t="shared" si="13"/>
         <v>20xx</v>
       </c>
       <c r="J77" s="237" t="str">
         <f t="shared" si="13"/>
         <v>20xx</v>
       </c>
       <c r="K77" s="34" t="s">
         <v>1</v>
       </c>
       <c r="L77" s="76"/>
       <c r="M77" s="22"/>
     </row>
-    <row r="78" spans="1:13" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:13" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A78" s="18"/>
       <c r="B78" s="75"/>
       <c r="C78" s="255" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D78" s="120"/>
       <c r="E78" s="120"/>
       <c r="F78" s="120"/>
       <c r="G78" s="120"/>
       <c r="H78" s="120"/>
       <c r="I78" s="120"/>
       <c r="J78" s="120"/>
       <c r="K78" s="116">
         <f t="shared" ref="K78:K89" si="14">SUM(D78:J78)</f>
         <v>0</v>
       </c>
       <c r="L78" s="78"/>
       <c r="M78" s="71"/>
     </row>
-    <row r="79" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A79" s="18"/>
       <c r="B79" s="75"/>
       <c r="C79" s="238" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D79" s="245"/>
       <c r="E79" s="245"/>
       <c r="F79" s="245"/>
       <c r="G79" s="245"/>
       <c r="H79" s="245"/>
       <c r="I79" s="245"/>
       <c r="J79" s="245"/>
       <c r="K79" s="240"/>
       <c r="L79" s="77"/>
       <c r="M79" s="22"/>
     </row>
-    <row r="80" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="18"/>
       <c r="B80" s="75"/>
       <c r="C80" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D80" s="129"/>
       <c r="E80" s="129"/>
       <c r="F80" s="129"/>
       <c r="G80" s="129"/>
       <c r="H80" s="129"/>
       <c r="I80" s="129"/>
       <c r="J80" s="129"/>
       <c r="K80" s="112">
         <f>SUM(D80:J80)</f>
         <v>0</v>
       </c>
       <c r="L80" s="77"/>
       <c r="M80" s="22"/>
     </row>
-    <row r="81" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="18"/>
       <c r="B81" s="75"/>
       <c r="C81" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D81" s="129"/>
       <c r="E81" s="129"/>
       <c r="F81" s="129"/>
       <c r="G81" s="129"/>
       <c r="H81" s="129"/>
       <c r="I81" s="129"/>
       <c r="J81" s="129"/>
       <c r="K81" s="112">
         <f t="shared" ref="K81:K84" si="15">SUM(D81:J81)</f>
         <v>0</v>
       </c>
       <c r="L81" s="77"/>
       <c r="M81" s="22"/>
     </row>
-    <row r="82" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="18"/>
       <c r="B82" s="75"/>
       <c r="C82" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D82" s="129"/>
       <c r="E82" s="129"/>
       <c r="F82" s="129"/>
       <c r="G82" s="129"/>
       <c r="H82" s="129"/>
       <c r="I82" s="129"/>
       <c r="J82" s="129"/>
       <c r="K82" s="112">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="L82" s="77"/>
       <c r="M82" s="22"/>
     </row>
-    <row r="83" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="18"/>
       <c r="B83" s="75"/>
       <c r="C83" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D83" s="129"/>
       <c r="E83" s="129"/>
       <c r="F83" s="129"/>
       <c r="G83" s="129"/>
       <c r="H83" s="129"/>
       <c r="I83" s="129"/>
       <c r="J83" s="129"/>
       <c r="K83" s="112">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="L83" s="77"/>
       <c r="M83" s="22"/>
     </row>
-    <row r="84" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="18"/>
       <c r="B84" s="75"/>
       <c r="C84" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D84" s="129"/>
       <c r="E84" s="129"/>
       <c r="F84" s="129"/>
       <c r="G84" s="129"/>
       <c r="H84" s="129"/>
       <c r="I84" s="129"/>
       <c r="J84" s="129"/>
       <c r="K84" s="112">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="L84" s="77"/>
       <c r="M84" s="22"/>
     </row>
-    <row r="85" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="18"/>
       <c r="B85" s="75"/>
       <c r="C85" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D85" s="129"/>
       <c r="E85" s="129"/>
       <c r="F85" s="129"/>
       <c r="G85" s="129"/>
       <c r="H85" s="129"/>
       <c r="I85" s="129"/>
       <c r="J85" s="129"/>
       <c r="K85" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L85" s="77"/>
       <c r="M85" s="22"/>
     </row>
-    <row r="86" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="18"/>
       <c r="B86" s="75"/>
       <c r="C86" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D86" s="129"/>
       <c r="E86" s="129"/>
       <c r="F86" s="129"/>
       <c r="G86" s="129"/>
       <c r="H86" s="129"/>
       <c r="I86" s="129"/>
       <c r="J86" s="129"/>
       <c r="K86" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L86" s="77"/>
       <c r="M86" s="22"/>
     </row>
-    <row r="87" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="18"/>
       <c r="B87" s="75"/>
       <c r="C87" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D87" s="129"/>
       <c r="E87" s="129"/>
       <c r="F87" s="129"/>
       <c r="G87" s="129"/>
       <c r="H87" s="129"/>
       <c r="I87" s="129"/>
       <c r="J87" s="129"/>
       <c r="K87" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L87" s="77"/>
       <c r="M87" s="22"/>
     </row>
-    <row r="88" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="18"/>
       <c r="B88" s="75"/>
       <c r="C88" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D88" s="129"/>
       <c r="E88" s="129"/>
       <c r="F88" s="129"/>
       <c r="G88" s="129"/>
       <c r="H88" s="129"/>
       <c r="I88" s="129"/>
       <c r="J88" s="129"/>
       <c r="K88" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L88" s="77"/>
       <c r="M88" s="22"/>
     </row>
-    <row r="89" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A89" s="18"/>
       <c r="B89" s="75"/>
       <c r="C89" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D89" s="130"/>
       <c r="E89" s="130"/>
       <c r="F89" s="130"/>
       <c r="G89" s="130"/>
       <c r="H89" s="130"/>
       <c r="I89" s="130"/>
       <c r="J89" s="130"/>
       <c r="K89" s="113">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L89" s="77"/>
       <c r="M89" s="22"/>
     </row>
-    <row r="90" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:13" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A90" s="18"/>
       <c r="B90" s="75"/>
       <c r="C90" s="238" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D90" s="245"/>
       <c r="E90" s="245"/>
       <c r="F90" s="245"/>
       <c r="G90" s="245"/>
       <c r="H90" s="245"/>
       <c r="I90" s="245"/>
       <c r="J90" s="245"/>
       <c r="K90" s="240"/>
       <c r="L90" s="77"/>
       <c r="M90" s="22"/>
     </row>
-    <row r="91" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A91" s="18"/>
       <c r="B91" s="75"/>
       <c r="C91" s="9">
         <f>'(1) Vue d''ensemble'!E14</f>
         <v>0</v>
       </c>
       <c r="D91" s="129"/>
       <c r="E91" s="129"/>
       <c r="F91" s="129"/>
       <c r="G91" s="129"/>
       <c r="H91" s="129"/>
       <c r="I91" s="129"/>
       <c r="J91" s="129"/>
       <c r="K91" s="112">
         <f>SUM(D91:J91)</f>
         <v>0</v>
       </c>
       <c r="L91" s="77"/>
       <c r="M91" s="22"/>
     </row>
-    <row r="92" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A92" s="18"/>
       <c r="B92" s="75"/>
       <c r="C92" s="9">
         <f>'(1) Vue d''ensemble'!E15</f>
         <v>0</v>
       </c>
       <c r="D92" s="129"/>
       <c r="E92" s="129"/>
       <c r="F92" s="129"/>
       <c r="G92" s="129"/>
       <c r="H92" s="129"/>
       <c r="I92" s="129"/>
       <c r="J92" s="129"/>
       <c r="K92" s="112">
         <f t="shared" ref="K92:K101" si="16">SUM(D92:J92)</f>
         <v>0</v>
       </c>
       <c r="L92" s="77"/>
       <c r="M92" s="22"/>
     </row>
-    <row r="93" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A93" s="18"/>
       <c r="B93" s="75"/>
       <c r="C93" s="9">
         <f>'(1) Vue d''ensemble'!E16</f>
         <v>0</v>
       </c>
       <c r="D93" s="129"/>
       <c r="E93" s="129"/>
       <c r="F93" s="129"/>
       <c r="G93" s="129"/>
       <c r="H93" s="129"/>
       <c r="I93" s="129"/>
       <c r="J93" s="129"/>
       <c r="K93" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L93" s="77"/>
       <c r="M93" s="22"/>
     </row>
-    <row r="94" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A94" s="18"/>
       <c r="B94" s="75"/>
       <c r="C94" s="9">
         <f>'(1) Vue d''ensemble'!E17</f>
         <v>0</v>
       </c>
       <c r="D94" s="129"/>
       <c r="E94" s="129"/>
       <c r="F94" s="129"/>
       <c r="G94" s="129"/>
       <c r="H94" s="129"/>
       <c r="I94" s="129"/>
       <c r="J94" s="129"/>
       <c r="K94" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L94" s="77"/>
       <c r="M94" s="22"/>
     </row>
-    <row r="95" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A95" s="18"/>
       <c r="B95" s="75"/>
       <c r="C95" s="9">
         <f>'(1) Vue d''ensemble'!E18</f>
         <v>0</v>
       </c>
       <c r="D95" s="129"/>
       <c r="E95" s="129"/>
       <c r="F95" s="129"/>
       <c r="G95" s="129"/>
       <c r="H95" s="129"/>
       <c r="I95" s="129"/>
       <c r="J95" s="129"/>
       <c r="K95" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L95" s="77"/>
       <c r="M95" s="22"/>
     </row>
-    <row r="96" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A96" s="18"/>
       <c r="B96" s="75"/>
       <c r="C96" s="9">
         <f>'(1) Vue d''ensemble'!E19</f>
         <v>0</v>
       </c>
       <c r="D96" s="129"/>
       <c r="E96" s="129"/>
       <c r="F96" s="129"/>
       <c r="G96" s="129"/>
       <c r="H96" s="129"/>
       <c r="I96" s="129"/>
       <c r="J96" s="129"/>
       <c r="K96" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L96" s="77"/>
       <c r="M96" s="22"/>
     </row>
-    <row r="97" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A97" s="18"/>
       <c r="B97" s="75"/>
       <c r="C97" s="9">
         <f>'(1) Vue d''ensemble'!E20</f>
         <v>0</v>
       </c>
       <c r="D97" s="129"/>
       <c r="E97" s="129"/>
       <c r="F97" s="129"/>
       <c r="G97" s="129"/>
       <c r="H97" s="129"/>
       <c r="I97" s="129"/>
       <c r="J97" s="129"/>
       <c r="K97" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L97" s="77"/>
       <c r="M97" s="22"/>
     </row>
-    <row r="98" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A98" s="18"/>
       <c r="B98" s="75"/>
       <c r="C98" s="9">
         <f>'(1) Vue d''ensemble'!E21</f>
         <v>0</v>
       </c>
       <c r="D98" s="129"/>
       <c r="E98" s="129"/>
       <c r="F98" s="129"/>
       <c r="G98" s="129"/>
       <c r="H98" s="129"/>
       <c r="I98" s="129"/>
       <c r="J98" s="129"/>
       <c r="K98" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L98" s="77"/>
       <c r="M98" s="22"/>
     </row>
-    <row r="99" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A99" s="18"/>
       <c r="B99" s="75"/>
       <c r="C99" s="9">
         <f>'(1) Vue d''ensemble'!E22</f>
         <v>0</v>
       </c>
       <c r="D99" s="129"/>
       <c r="E99" s="129"/>
       <c r="F99" s="129"/>
       <c r="G99" s="129"/>
       <c r="H99" s="129"/>
       <c r="I99" s="129"/>
       <c r="J99" s="129"/>
       <c r="K99" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L99" s="77"/>
       <c r="M99" s="22"/>
     </row>
-    <row r="100" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A100" s="18"/>
       <c r="B100" s="75"/>
       <c r="C100" s="9">
         <f>'(1) Vue d''ensemble'!E23</f>
         <v>0</v>
       </c>
       <c r="D100" s="129"/>
       <c r="E100" s="129"/>
       <c r="F100" s="129"/>
       <c r="G100" s="129"/>
       <c r="H100" s="129"/>
       <c r="I100" s="129"/>
       <c r="J100" s="129"/>
       <c r="K100" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L100" s="77"/>
       <c r="M100" s="22"/>
     </row>
-    <row r="101" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A101" s="18"/>
       <c r="B101" s="75"/>
       <c r="C101" s="9">
         <f>'(1) Vue d''ensemble'!E24</f>
         <v>0</v>
       </c>
       <c r="D101" s="129"/>
       <c r="E101" s="129"/>
       <c r="F101" s="129"/>
       <c r="G101" s="129"/>
       <c r="H101" s="129"/>
       <c r="I101" s="129"/>
       <c r="J101" s="129"/>
       <c r="K101" s="112">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="L101" s="77"/>
       <c r="M101" s="22"/>
     </row>
-    <row r="102" spans="1:13" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:13" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A102" s="18"/>
       <c r="B102" s="75"/>
-      <c r="C102" s="398" t="s">
-[...9 lines deleted...]
-      <c r="K102" s="400"/>
+      <c r="C102" s="406" t="s">
+        <v>79</v>
+      </c>
+      <c r="D102" s="407"/>
+      <c r="E102" s="407"/>
+      <c r="F102" s="407"/>
+      <c r="G102" s="407"/>
+      <c r="H102" s="407"/>
+      <c r="I102" s="407"/>
+      <c r="J102" s="407"/>
+      <c r="K102" s="408"/>
       <c r="L102" s="77"/>
       <c r="M102" s="22"/>
     </row>
-    <row r="103" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="18"/>
       <c r="B103" s="75"/>
       <c r="C103" s="267" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D103" s="268"/>
       <c r="E103" s="268"/>
       <c r="F103" s="268"/>
       <c r="G103" s="269"/>
       <c r="H103" s="269"/>
       <c r="I103" s="269"/>
       <c r="J103" s="269"/>
       <c r="K103" s="112">
         <f>SUM(D103:J103)</f>
         <v>0</v>
       </c>
       <c r="L103" s="77"/>
       <c r="M103" s="32"/>
     </row>
-    <row r="104" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A104" s="18"/>
       <c r="B104" s="75"/>
       <c r="C104" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D104" s="271"/>
       <c r="E104" s="271"/>
       <c r="F104" s="271"/>
       <c r="G104" s="125"/>
       <c r="H104" s="125"/>
       <c r="I104" s="125"/>
       <c r="J104" s="125"/>
       <c r="K104" s="112">
         <f t="shared" ref="K104:K111" si="17">SUM(D104:J104)</f>
         <v>0</v>
       </c>
       <c r="L104" s="77"/>
       <c r="M104" s="32"/>
     </row>
-    <row r="105" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A105" s="18"/>
       <c r="B105" s="75"/>
       <c r="C105" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D105" s="271"/>
       <c r="E105" s="271"/>
       <c r="F105" s="271"/>
       <c r="G105" s="125"/>
       <c r="H105" s="125"/>
       <c r="I105" s="125"/>
       <c r="J105" s="125"/>
       <c r="K105" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L105" s="77"/>
       <c r="M105" s="32"/>
     </row>
-    <row r="106" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A106" s="18"/>
       <c r="B106" s="75"/>
       <c r="C106" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D106" s="271"/>
       <c r="E106" s="271"/>
       <c r="F106" s="271"/>
       <c r="G106" s="125"/>
       <c r="H106" s="125"/>
       <c r="I106" s="125"/>
       <c r="J106" s="125"/>
       <c r="K106" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L106" s="77"/>
       <c r="M106" s="32"/>
     </row>
-    <row r="107" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A107" s="18"/>
       <c r="B107" s="75"/>
       <c r="C107" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D107" s="271"/>
       <c r="E107" s="271"/>
       <c r="F107" s="271"/>
       <c r="G107" s="125"/>
       <c r="H107" s="125"/>
       <c r="I107" s="125"/>
       <c r="J107" s="125"/>
       <c r="K107" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L107" s="77"/>
       <c r="M107" s="32"/>
     </row>
-    <row r="108" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A108" s="18"/>
       <c r="B108" s="75"/>
       <c r="C108" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D108" s="271"/>
       <c r="E108" s="271"/>
       <c r="F108" s="271"/>
       <c r="G108" s="125"/>
       <c r="H108" s="125"/>
       <c r="I108" s="125"/>
       <c r="J108" s="125"/>
       <c r="K108" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L108" s="77"/>
       <c r="M108" s="32"/>
     </row>
-    <row r="109" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A109" s="18"/>
       <c r="B109" s="75"/>
       <c r="C109" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D109" s="271"/>
       <c r="E109" s="271"/>
       <c r="F109" s="271"/>
       <c r="G109" s="125"/>
       <c r="H109" s="125"/>
       <c r="I109" s="125"/>
       <c r="J109" s="125"/>
       <c r="K109" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L109" s="77"/>
       <c r="M109" s="32"/>
     </row>
-    <row r="110" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A110" s="18"/>
       <c r="B110" s="75"/>
       <c r="C110" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D110" s="271"/>
       <c r="E110" s="271"/>
       <c r="F110" s="271"/>
       <c r="G110" s="125"/>
       <c r="H110" s="125"/>
       <c r="I110" s="125"/>
       <c r="J110" s="125"/>
       <c r="K110" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L110" s="77"/>
       <c r="M110" s="32"/>
     </row>
-    <row r="111" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A111" s="18"/>
       <c r="B111" s="75"/>
       <c r="C111" s="270" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D111" s="271"/>
       <c r="E111" s="271"/>
       <c r="F111" s="271"/>
       <c r="G111" s="125"/>
       <c r="H111" s="125"/>
       <c r="I111" s="125"/>
       <c r="J111" s="125"/>
       <c r="K111" s="112">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L111" s="77"/>
       <c r="M111" s="32"/>
     </row>
-    <row r="112" spans="1:13" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:13" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A112" s="18"/>
       <c r="B112" s="75"/>
       <c r="C112" s="272" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="D112" s="273"/>
       <c r="E112" s="273"/>
       <c r="F112" s="273"/>
       <c r="G112" s="128"/>
       <c r="H112" s="128"/>
       <c r="I112" s="128"/>
       <c r="J112" s="128"/>
       <c r="K112" s="112">
         <f t="shared" ref="K112" si="18">SUM(D112:J112)</f>
         <v>0</v>
       </c>
       <c r="L112" s="77"/>
       <c r="M112" s="32"/>
     </row>
-    <row r="113" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="18"/>
       <c r="B113" s="75"/>
       <c r="C113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="D113" s="114">
         <f t="shared" ref="D113:J113" si="19">SUM(D78:D102)</f>
         <v>0</v>
       </c>
       <c r="E113" s="114">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="F113" s="114">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="G113" s="114">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="H113" s="114">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="I113" s="114">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J113" s="114">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="K113" s="243">
         <f>ROUND(SUM(K78:K102),0)</f>
         <v>0</v>
       </c>
       <c r="L113" s="78"/>
-      <c r="M113" s="387" t="str">
+      <c r="M113" s="395" t="str">
         <f>IF(K113=K71,"","Check totals")</f>
         <v/>
       </c>
     </row>
-    <row r="114" spans="1:13" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:13" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="18"/>
       <c r="B114" s="80"/>
       <c r="C114" s="81"/>
       <c r="D114" s="84" t="str">
         <f t="shared" ref="D114:J114" si="20">IF(D71&lt;&gt;D113,"Check totals","")</f>
         <v/>
       </c>
       <c r="E114" s="84" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="F114" s="84" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="G114" s="84" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="H114" s="84" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="I114" s="84" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="J114" s="84" t="str">
         <f t="shared" si="20"/>
         <v/>
       </c>
       <c r="K114" s="82"/>
       <c r="L114" s="83"/>
-      <c r="M114" s="388"/>
-[...1 lines deleted...]
-    <row r="115" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M114" s="396"/>
+    </row>
+    <row r="115" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="16"/>
       <c r="B115" s="49"/>
       <c r="C115" s="246" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D115" s="246"/>
       <c r="E115" s="247"/>
       <c r="F115" s="247"/>
       <c r="G115" s="247"/>
       <c r="H115" s="247"/>
       <c r="I115" s="247"/>
       <c r="J115" s="247"/>
       <c r="K115" s="247"/>
       <c r="L115" s="248"/>
       <c r="M115" s="16"/>
     </row>
-    <row r="116" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="16"/>
       <c r="B116" s="58"/>
-      <c r="C116" s="389" t="s">
-[...9 lines deleted...]
-      <c r="K116" s="391"/>
+      <c r="C116" s="397" t="s">
+        <v>48</v>
+      </c>
+      <c r="D116" s="398"/>
+      <c r="E116" s="398"/>
+      <c r="F116" s="398"/>
+      <c r="G116" s="398"/>
+      <c r="H116" s="398"/>
+      <c r="I116" s="398"/>
+      <c r="J116" s="398"/>
+      <c r="K116" s="399"/>
       <c r="L116" s="249"/>
       <c r="M116" s="16"/>
     </row>
-    <row r="117" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A117" s="13"/>
       <c r="B117" s="250"/>
       <c r="C117" s="13"/>
       <c r="D117" s="13"/>
       <c r="E117" s="13"/>
       <c r="F117" s="13"/>
       <c r="G117" s="13"/>
       <c r="H117" s="13"/>
       <c r="I117" s="13"/>
       <c r="J117" s="13"/>
       <c r="K117" s="13"/>
       <c r="L117" s="250"/>
       <c r="M117" s="13"/>
     </row>
-    <row r="118" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A118"/>
       <c r="B118" s="47"/>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118"/>
       <c r="I118"/>
       <c r="J118"/>
       <c r="K118"/>
       <c r="L118" s="47"/>
       <c r="M118"/>
     </row>
-    <row r="119" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A119"/>
       <c r="B119" s="47"/>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
       <c r="I119"/>
       <c r="J119"/>
       <c r="K119"/>
       <c r="L119" s="47"/>
       <c r="M119"/>
     </row>
-    <row r="120" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A120"/>
       <c r="B120" s="47"/>
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120"/>
       <c r="I120"/>
       <c r="J120"/>
       <c r="K120"/>
       <c r="L120" s="47"/>
       <c r="M120"/>
     </row>
-    <row r="121" spans="1:13" x14ac:dyDescent="0.25"/>
-[...70 lines deleted...]
-    <row r="192" x14ac:dyDescent="0.25"/>
+    <row r="121" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="122" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="123" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="124" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="125" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="126" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="127" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="128" spans="1:13" x14ac:dyDescent="0.2"/>
+    <row r="129" x14ac:dyDescent="0.2"/>
+    <row r="130" x14ac:dyDescent="0.2"/>
+    <row r="131" x14ac:dyDescent="0.2"/>
+    <row r="132" x14ac:dyDescent="0.2"/>
+    <row r="133" x14ac:dyDescent="0.2"/>
+    <row r="134" x14ac:dyDescent="0.2"/>
+    <row r="135" x14ac:dyDescent="0.2"/>
+    <row r="136" x14ac:dyDescent="0.2"/>
+    <row r="137" x14ac:dyDescent="0.2"/>
+    <row r="138" x14ac:dyDescent="0.2"/>
+    <row r="139" x14ac:dyDescent="0.2"/>
+    <row r="140" x14ac:dyDescent="0.2"/>
+    <row r="141" x14ac:dyDescent="0.2"/>
+    <row r="142" x14ac:dyDescent="0.2"/>
+    <row r="143" x14ac:dyDescent="0.2"/>
+    <row r="144" x14ac:dyDescent="0.2"/>
+    <row r="145" x14ac:dyDescent="0.2"/>
+    <row r="146" x14ac:dyDescent="0.2"/>
+    <row r="147" x14ac:dyDescent="0.2"/>
+    <row r="148" x14ac:dyDescent="0.2"/>
+    <row r="149" x14ac:dyDescent="0.2"/>
+    <row r="150" x14ac:dyDescent="0.2"/>
+    <row r="151" x14ac:dyDescent="0.2"/>
+    <row r="152" x14ac:dyDescent="0.2"/>
+    <row r="153" x14ac:dyDescent="0.2"/>
+    <row r="154" x14ac:dyDescent="0.2"/>
+    <row r="155" x14ac:dyDescent="0.2"/>
+    <row r="156" x14ac:dyDescent="0.2"/>
+    <row r="157" x14ac:dyDescent="0.2"/>
+    <row r="158" x14ac:dyDescent="0.2"/>
+    <row r="159" x14ac:dyDescent="0.2"/>
+    <row r="160" x14ac:dyDescent="0.2"/>
+    <row r="161" x14ac:dyDescent="0.2"/>
+    <row r="162" x14ac:dyDescent="0.2"/>
+    <row r="163" x14ac:dyDescent="0.2"/>
+    <row r="164" x14ac:dyDescent="0.2"/>
+    <row r="165" x14ac:dyDescent="0.2"/>
+    <row r="166" x14ac:dyDescent="0.2"/>
+    <row r="167" x14ac:dyDescent="0.2"/>
+    <row r="168" x14ac:dyDescent="0.2"/>
+    <row r="169" x14ac:dyDescent="0.2"/>
+    <row r="170" x14ac:dyDescent="0.2"/>
+    <row r="171" x14ac:dyDescent="0.2"/>
+    <row r="172" x14ac:dyDescent="0.2"/>
+    <row r="173" x14ac:dyDescent="0.2"/>
+    <row r="174" x14ac:dyDescent="0.2"/>
+    <row r="175" x14ac:dyDescent="0.2"/>
+    <row r="176" x14ac:dyDescent="0.2"/>
+    <row r="177" x14ac:dyDescent="0.2"/>
+    <row r="178" x14ac:dyDescent="0.2"/>
+    <row r="179" x14ac:dyDescent="0.2"/>
+    <row r="180" x14ac:dyDescent="0.2"/>
+    <row r="181" x14ac:dyDescent="0.2"/>
+    <row r="182" x14ac:dyDescent="0.2"/>
+    <row r="183" x14ac:dyDescent="0.2"/>
+    <row r="184" x14ac:dyDescent="0.2"/>
+    <row r="185" x14ac:dyDescent="0.2"/>
+    <row r="186" x14ac:dyDescent="0.2"/>
+    <row r="187" x14ac:dyDescent="0.2"/>
+    <row r="188" x14ac:dyDescent="0.2"/>
+    <row r="189" x14ac:dyDescent="0.2"/>
+    <row r="190" x14ac:dyDescent="0.2"/>
+    <row r="191" x14ac:dyDescent="0.2"/>
+    <row r="192" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZFjzqFN2FOEQIJ7yHQ/v+fJnNB6OaGHF8rp4fXklsv0Dujfqil//25EfRoidGzpgM0Pn64myEGml2/i+dhklZA==" saltValue="9gpq4qrjxXWPG/ClaDxJ5w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="esO8gNhngCLWplqxph7EKPNhnhLNJeNs5ffY7oNE6DgtdVfWvp8FbHP2v01Oz6DLQE5i1cl6y30QQA3Htg7seQ==" saltValue="r8Vymy50uxXXDOz9XvKEHg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="M52:M53"/>
     <mergeCell ref="C116:K116"/>
     <mergeCell ref="M113:M114"/>
     <mergeCell ref="B2:L5"/>
     <mergeCell ref="D11:J11"/>
     <mergeCell ref="D58:J58"/>
     <mergeCell ref="M24:M26"/>
     <mergeCell ref="C102:K102"/>
   </mergeCells>
   <conditionalFormatting sqref="K24">
-    <cfRule type="expression" dxfId="10" priority="5">
+    <cfRule type="expression" dxfId="6" priority="5">
       <formula>$K$24&lt;&gt;$K$52</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K52">
-    <cfRule type="expression" dxfId="9" priority="4">
+    <cfRule type="expression" dxfId="5" priority="4">
       <formula>$K$24&lt;&gt;$K$52</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K71:L71">
-    <cfRule type="expression" dxfId="7" priority="3">
+    <cfRule type="expression" dxfId="3" priority="3">
       <formula>$K$71&lt;&gt;$K$113</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K113:L113">
-    <cfRule type="expression" dxfId="5" priority="1">
+    <cfRule type="expression" dxfId="1" priority="1">
       <formula>$K$71&lt;&gt;$K$113</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L71">
-    <cfRule type="cellIs" dxfId="4" priority="46" operator="notEqual">
+    <cfRule type="cellIs" dxfId="0" priority="46" operator="notEqual">
       <formula>#REF!+#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="86" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Fett"&amp;14Zeitliche Verteilung der Projektkosten und deren Finanzierung</oddHeader>
   </headerFooter>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
   <ignoredErrors>
     <ignoredError sqref="D28 E28:J28 D77:J77" unlockedFormula="1"/>
   </ignoredErrors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="33" id="{9A4BEAFF-1548-42AC-99AA-6E84AE8FEDD1}">
             <xm:f>AND('(1) Vue d''ensemble'!#REF!="Pilot-/Demonstrationsprojekt (P+D)",'(1) Vue d''ensemble'!#REF!&gt;0.4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
@@ -13778,232 +14128,380 @@
             <xm:f>AND('(1) Vue d''ensemble'!#REF!="Pilot-/Demonstrationsprojekt (P+D)",'(1) Vue d''ensemble'!#REF!&gt;0.4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>K78:L78 K80:L89</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA7733FB-46B9-4660-BB80-42E9F33141A1}">
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
-    <row r="1" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="42" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="40"/>
     </row>
-    <row r="2" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="40" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="41">
         <v>0.05</v>
       </c>
       <c r="C2" s="40"/>
     </row>
-    <row r="3" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="43" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="44" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="40">
         <v>1</v>
       </c>
       <c r="B4" s="40">
         <f>1/((1+$B$2)^A4)</f>
         <v>0.95238095238095233</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A5" s="40">
         <v>2</v>
       </c>
       <c r="B5" s="40">
         <f t="shared" ref="B5:B10" si="0">1/((1+$B$2)^A5)</f>
         <v>0.90702947845804982</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A6" s="40">
         <v>3</v>
       </c>
       <c r="B6" s="40">
         <f t="shared" si="0"/>
         <v>0.86383759853147601</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A7" s="40">
         <v>4</v>
       </c>
       <c r="B7" s="40">
         <f t="shared" si="0"/>
         <v>0.82270247479188197</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="40">
         <v>5</v>
       </c>
       <c r="B8" s="40">
         <f t="shared" si="0"/>
         <v>0.78352616646845896</v>
       </c>
     </row>
-    <row r="9" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="40">
         <v>6</v>
       </c>
       <c r="B9" s="40">
         <f t="shared" si="0"/>
         <v>0.74621539663662761</v>
       </c>
     </row>
-    <row r="10" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="44">
         <v>7</v>
       </c>
       <c r="B10" s="44">
         <f t="shared" si="0"/>
         <v>0.71068133013012147</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:3" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="45" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="40">
         <f>SUM(B4:B10)</f>
         <v>5.7863733973975684</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="35"/>
       <c r="B12" s="35"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F98D0AE-16B6-4DD0-9C12-547DDD2C6A50}">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="21.5546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="36.33203125" customWidth="1"/>
+    <col min="1" max="1" width="21.5703125" customWidth="1"/>
+    <col min="2" max="2" width="16.140625" customWidth="1"/>
+    <col min="8" max="8" width="36.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="B1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100E1A244DEEC2E49498A753A14F1258AE1" ma:contentTypeVersion="2" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="16abad36b94810472a78dc24d00e26bc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="312fd326-7b44-42ac-b7d0-d5b68cc79c5e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f37ddc459ae9725452acb466e9955413" ns2:_="">
+    <xsd:import namespace="312fd326-7b44-42ac-b7d0-d5b68cc79c5e"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="312fd326-7b44-42ac-b7d0-d5b68cc79c5e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <f:fields xmlns:f="http://schemas.fabasoft.com/folio/2007/fields">
   <f:record ref="">
     <f:field ref="objname" par="" edit="true" text="JJJJ.MM.TT_PROJEKTTITEL_INSTITUTION_Kosten-Finanzierung-NAM_EC"/>
     <f:field ref="objsubject" par="" edit="true" text=""/>
     <f:field ref="objcreatedby" par="" text="Wirz, Men (BFE - wie)"/>
     <f:field ref="objcreatedat" par="" text="29.08.2019 11:39:07"/>
     <f:field ref="objchangedby" par="" text="Wirz, Men (BFE - wie)"/>
     <f:field ref="objmodifiedat" par="" text="17.09.2019 17:24:51"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" par="" text=""/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" par="" edit="true" text=""/>
     <f:field ref="FSCFOLIO_1_1001_FieldCurrentUser" par="" text="Men Wirz"/>
     <f:field ref="CCAPRECONFIG_15_1001_Objektname" par="" edit="true" text="JJJJ.MM.TT_PROJEKTTITEL_INSTITUTION_Kosten-Finanzierung-NAM_EC"/>
     <f:field ref="CHPRECONFIG_1_1001_Objektname" par="" edit="true" text="JJJJ.MM.TT_PROJEKTTITEL_INSTITUTION_Kosten-Finanzierung-NAM_EC"/>
   </f:record>
   <f:record inx="1" ref="">
     <f:field ref="CCAPRECONFIG_15_1001_Anrede" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Anrede_Briefkopf" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Geschlecht_Anrede" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Titel" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Nachgestellter_Titel" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Vorname" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Nachname" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_zH" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Geschlecht" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Strasse" par="" text=""/>
@@ -14226,244 +14724,96 @@
     <f:field ref="BAVCFG_15_1700_Strasse_AP" text="Strasse_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_Telefon" text="Telefon"/>
     <f:field ref="CCAPRECONFIG_15_1001_Titel" text="Titel"/>
     <f:field ref="CHPRECONFIG_1_1001_Titel" text="Titel"/>
     <f:field ref="BAVCFG_15_1700_Titel_AP" text="Titel_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_Tuer" text="Tuer"/>
     <f:field ref="CCAPRECONFIG_15_1001_Versandart" text="Versandart"/>
     <f:field ref="CHPRECONFIG_1_1001_Vorname" text="Vorname"/>
     <f:field ref="CCAPRECONFIG_15_1001_Vorname" text="Vorname"/>
     <f:field ref="BAVCFG_15_1700_Vorname_AP" text="Vorname_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_zH" text="zH"/>
     <f:field ref="CCAPRECONFIG_15_1001_Ziel" text="Ziel"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile1" text="Zusatzzeile1"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile1_AP" text="Zusatzzeile1_AP"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile2" text="Zusatzzeile2"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile2_AP" text="Zusatzzeile2_AP"/>
     <f:field ref="BAVCFG_15_1700_ZustellungAm" text="ZustellungAm"/>
   </f:display>
   <f:display par="" text="Serienbrief">
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" text="Betreff"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" text="Dokument Nummer"/>
   </f:display>
 </f:fields>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...144 lines deleted...]
-</ct:contentTypeSchema>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94A4B6D7-CB32-41F7-90CE-43B95DD9BBB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="312fd326-7b44-42ac-b7d0-d5b68cc79c5e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCFEFF7A-BB37-45E6-86B3-29634C413D04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8FFDA15-B077-4DA3-914A-5603D2CAB16F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="312fd326-7b44-42ac-b7d0-d5b68cc79c5e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.fabasoft.com/folio/2007/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -14473,52 +14823,50 @@
       <vt:lpstr>(0) Aide au remplissage </vt:lpstr>
       <vt:lpstr>(1) Vue d'ensemble</vt:lpstr>
       <vt:lpstr>(2) Coûts d'investissement</vt:lpstr>
       <vt:lpstr>(3) Coûts d'exploitation</vt:lpstr>
       <vt:lpstr>(4) Financement &amp; aide fin.</vt:lpstr>
       <vt:lpstr>Diskontierung</vt:lpstr>
       <vt:lpstr>Legende</vt:lpstr>
       <vt:lpstr>Betriebskosten</vt:lpstr>
       <vt:lpstr>'(0) Aide au remplissage '!Druckbereich</vt:lpstr>
       <vt:lpstr>'(1) Vue d''ensemble'!Druckbereich</vt:lpstr>
       <vt:lpstr>'(2) Coûts d''investissement'!Druckbereich</vt:lpstr>
       <vt:lpstr>'(3) Coûts d''exploitation'!Druckbereich</vt:lpstr>
       <vt:lpstr>Investitionskosten</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bundesverwaltung</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Wirz Men BFE</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="FSC#UVEKCFG@15.1700:Function">
     <vt:lpwstr>Fachspezialist Cleantech</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="FSC#UVEKCFG@15.1700:FileRespOrg">
     <vt:lpwstr>Sektion Cleantech</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="FSC#UVEKCFG@15.1700:DefaultGroupFileResponsible">
     <vt:lpwstr>Sektion Cleantech</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="FSC#UVEKCFG@15.1700:FileRespFunction">
     <vt:lpwstr>Fachspezialist Cleantech</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="FSC#UVEKCFG@15.1700:AssignedClassification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="FSC#UVEKCFG@15.1700:AssignedClassificationCode">
     <vt:lpwstr>COO.1.1001.1.137854</vt:lpwstr>