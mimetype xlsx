--- v0 (2025-10-05)
+++ v1 (2025-11-09)
@@ -19,178 +19,102 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U80859875\AppData\Local\rubicon\Acta Nova Client\Data\67169946\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U80859875\AppData\Local\rubicon\Acta Nova Client\Data\97436845\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4B45F521-F0BC-4730-ACF0-878A6B8BCC46}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{69D6C28E-5D94-4712-BF71-CD9FA2E49E39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Information" sheetId="12" r:id="rId1"/>
     <sheet name="Budget" sheetId="1" r:id="rId2"/>
     <sheet name="Rechnung" sheetId="16" r:id="rId3"/>
     <sheet name="Übersicht" sheetId="4" r:id="rId4"/>
     <sheet name="Tabelle1" sheetId="18" state="hidden" r:id="rId5"/>
     <sheet name="Tabelle2" sheetId="19" state="hidden" r:id="rId6"/>
     <sheet name="Metadaten" sheetId="8" state="hidden" r:id="rId7"/>
     <sheet name="Übersetzungen" sheetId="17" state="hidden" r:id="rId8"/>
     <sheet name="Fördersystematik" sheetId="2" r:id="rId9"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Budget!$B$1:$W$62</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Information!$B$1:$E$17</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">Rechnung!$B$1:$W$93</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">Übersicht!$B$1:$Q$48</definedName>
     <definedName name="Sprache">Information!$AZ$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AE50" i="1" l="1"/>
-[...79 lines deleted...]
-  <c r="L8" i="16"/>
+  <c r="L8" i="16" l="1"/>
   <c r="U8" i="16"/>
   <c r="M8" i="16"/>
   <c r="N8" i="16"/>
   <c r="O8" i="16"/>
   <c r="P8" i="16"/>
   <c r="Q8" i="16"/>
   <c r="R8" i="16"/>
   <c r="S8" i="16"/>
   <c r="T8" i="16"/>
   <c r="V8" i="16"/>
   <c r="W8" i="16"/>
   <c r="R28" i="16" l="1"/>
   <c r="M7" i="16" l="1"/>
   <c r="M9" i="16"/>
   <c r="M10" i="16"/>
   <c r="M13" i="16"/>
   <c r="M14" i="16"/>
   <c r="M17" i="16"/>
   <c r="M20" i="16"/>
   <c r="M28" i="16"/>
   <c r="B8" i="17"/>
   <c r="B21" i="17"/>
   <c r="C13" i="12" s="1"/>
   <c r="B19" i="17" l="1"/>
   <c r="C14" i="12" s="1"/>
@@ -530,51 +454,50 @@
   <c r="R40" i="1"/>
   <c r="R41" i="1" s="1"/>
   <c r="Q40" i="1"/>
   <c r="Q41" i="1" s="1"/>
   <c r="P40" i="1"/>
   <c r="P41" i="1" s="1"/>
   <c r="O40" i="1"/>
   <c r="O41" i="1" s="1"/>
   <c r="N40" i="1"/>
   <c r="N41" i="1" s="1"/>
   <c r="M40" i="1"/>
   <c r="M41" i="1" s="1"/>
   <c r="L40" i="1"/>
   <c r="L41" i="1" s="1"/>
   <c r="L53" i="16" l="1"/>
   <c r="B124" i="17"/>
   <c r="B125" i="17"/>
   <c r="B95" i="17"/>
   <c r="B96" i="17"/>
   <c r="K35" i="4" l="1"/>
   <c r="C4" i="4"/>
   <c r="K4" i="4"/>
   <c r="C35" i="4"/>
   <c r="F3" i="8" l="1"/>
   <c r="F2" i="8"/>
-  <c r="L16" i="16" s="1"/>
   <c r="I3" i="16"/>
   <c r="B123" i="17"/>
   <c r="B122" i="17"/>
   <c r="B121" i="17"/>
   <c r="B120" i="17"/>
   <c r="B119" i="17"/>
   <c r="B118" i="17"/>
   <c r="B117" i="17"/>
   <c r="B116" i="17"/>
   <c r="B41" i="4" s="1"/>
   <c r="B115" i="17"/>
   <c r="B114" i="17"/>
   <c r="B113" i="17"/>
   <c r="B112" i="17"/>
   <c r="B111" i="17"/>
   <c r="B110" i="17"/>
   <c r="B109" i="17"/>
   <c r="B108" i="17"/>
   <c r="B107" i="17"/>
   <c r="B106" i="17"/>
   <c r="B105" i="17"/>
   <c r="B104" i="17"/>
   <c r="B103" i="17"/>
   <c r="B102" i="17"/>
   <c r="B101" i="17"/>
@@ -758,51 +681,132 @@
   <c r="C7" i="12"/>
   <c r="B6" i="17"/>
   <c r="C17" i="12" s="1"/>
   <c r="B17" i="17"/>
   <c r="D15" i="12" s="1"/>
   <c r="B16" i="17"/>
   <c r="D6" i="12" s="1"/>
   <c r="B15" i="17"/>
   <c r="B14" i="17"/>
   <c r="B13" i="17"/>
   <c r="C11" i="12" s="1"/>
   <c r="B12" i="17"/>
   <c r="C10" i="12" s="1"/>
   <c r="B11" i="17"/>
   <c r="B10" i="17"/>
   <c r="C9" i="12" s="1"/>
   <c r="B7" i="17"/>
   <c r="C5" i="12" s="1"/>
   <c r="B4" i="17"/>
   <c r="C6" i="12" s="1"/>
   <c r="B5" i="17"/>
   <c r="C15" i="12" s="1"/>
   <c r="B3" i="17"/>
   <c r="B3" i="12" s="1"/>
   <c r="E48" i="1"/>
-  <c r="Z40" i="16" l="1"/>
+  <c r="L16" i="16" l="1"/>
+  <c r="AC50" i="1"/>
+  <c r="U50" i="1"/>
+  <c r="M50" i="1"/>
+  <c r="Y50" i="16"/>
+  <c r="Q50" i="16"/>
+  <c r="AB50" i="1"/>
+  <c r="T50" i="1"/>
+  <c r="L50" i="1"/>
+  <c r="X50" i="16"/>
+  <c r="P50" i="16"/>
+  <c r="AA50" i="1"/>
+  <c r="S50" i="1"/>
+  <c r="AE50" i="16"/>
+  <c r="W50" i="16"/>
+  <c r="O50" i="16"/>
+  <c r="Z50" i="1"/>
+  <c r="R50" i="1"/>
+  <c r="AD50" i="16"/>
+  <c r="N50" i="16"/>
+  <c r="V50" i="16"/>
+  <c r="Y50" i="1"/>
+  <c r="Q50" i="1"/>
+  <c r="AC50" i="16"/>
+  <c r="U50" i="16"/>
+  <c r="M50" i="16"/>
+  <c r="X50" i="1"/>
+  <c r="P50" i="1"/>
+  <c r="AB50" i="16"/>
+  <c r="T50" i="16"/>
+  <c r="AE50" i="1"/>
+  <c r="W50" i="1"/>
+  <c r="O50" i="1"/>
+  <c r="AA50" i="16"/>
+  <c r="S50" i="16"/>
+  <c r="AD50" i="1"/>
+  <c r="V50" i="1"/>
+  <c r="N50" i="1"/>
+  <c r="Z50" i="16"/>
+  <c r="R50" i="16"/>
+  <c r="L50" i="16"/>
+  <c r="AB51" i="16"/>
+  <c r="T51" i="16"/>
+  <c r="AE51" i="1"/>
+  <c r="W51" i="1"/>
+  <c r="O51" i="1"/>
+  <c r="AA51" i="16"/>
+  <c r="S51" i="16"/>
+  <c r="AD51" i="1"/>
+  <c r="V51" i="1"/>
+  <c r="N51" i="1"/>
+  <c r="Z51" i="16"/>
+  <c r="R51" i="16"/>
+  <c r="AC51" i="1"/>
+  <c r="U51" i="1"/>
+  <c r="M51" i="1"/>
+  <c r="Y51" i="16"/>
+  <c r="Q51" i="16"/>
+  <c r="AB51" i="1"/>
+  <c r="T51" i="1"/>
+  <c r="L51" i="1"/>
+  <c r="X51" i="1"/>
+  <c r="X51" i="16"/>
+  <c r="P51" i="16"/>
+  <c r="AA51" i="1"/>
+  <c r="S51" i="1"/>
+  <c r="AE51" i="16"/>
+  <c r="W51" i="16"/>
+  <c r="O51" i="16"/>
+  <c r="Z51" i="1"/>
+  <c r="R51" i="1"/>
+  <c r="AD51" i="16"/>
+  <c r="V51" i="16"/>
+  <c r="N51" i="16"/>
+  <c r="Y51" i="1"/>
+  <c r="Q51" i="1"/>
+  <c r="AC51" i="16"/>
+  <c r="U51" i="16"/>
+  <c r="M51" i="16"/>
+  <c r="P51" i="1"/>
+  <c r="L51" i="16"/>
+  <c r="Z40" i="16"/>
   <c r="Z41" i="16" s="1"/>
   <c r="R40" i="16"/>
   <c r="R41" i="16" s="1"/>
   <c r="Y40" i="16"/>
   <c r="Y41" i="16" s="1"/>
   <c r="P40" i="16"/>
   <c r="P41" i="16" s="1"/>
   <c r="AE40" i="16"/>
   <c r="AE41" i="16" s="1"/>
   <c r="W40" i="16"/>
   <c r="W41" i="16" s="1"/>
   <c r="O40" i="16"/>
   <c r="O41" i="16" s="1"/>
   <c r="AD40" i="16"/>
   <c r="AD41" i="16" s="1"/>
   <c r="AC40" i="16"/>
   <c r="AC41" i="16" s="1"/>
   <c r="Q40" i="16"/>
   <c r="Q41" i="16" s="1"/>
   <c r="V40" i="16"/>
   <c r="V41" i="16" s="1"/>
   <c r="U40" i="16"/>
   <c r="U41" i="16" s="1"/>
   <c r="X40" i="16"/>
   <c r="X41" i="16" s="1"/>
@@ -1836,50 +1840,51 @@
   <c r="D16" i="4"/>
   <c r="D29" i="4"/>
   <c r="D21" i="4"/>
   <c r="D13" i="4"/>
   <c r="D26" i="4"/>
   <c r="D18" i="4"/>
   <c r="D31" i="4"/>
   <c r="D23" i="4"/>
   <c r="D15" i="4"/>
   <c r="D28" i="4"/>
   <c r="D20" i="4"/>
   <c r="D25" i="4"/>
   <c r="D17" i="4"/>
   <c r="D30" i="4"/>
   <c r="D22" i="4"/>
   <c r="D27" i="4"/>
   <c r="D19" i="4"/>
   <c r="M8" i="4" l="1"/>
   <c r="E7" i="4"/>
   <c r="E6" i="4"/>
   <c r="M7" i="4"/>
   <c r="M6" i="4"/>
   <c r="K27" i="1"/>
   <c r="K23" i="1"/>
   <c r="H26" i="1"/>
+  <c r="E26" i="1" s="1"/>
   <c r="K25" i="1"/>
   <c r="K21" i="1"/>
   <c r="H25" i="1"/>
   <c r="E25" i="1" s="1"/>
   <c r="H20" i="1"/>
   <c r="H27" i="1"/>
   <c r="E27" i="1" s="1"/>
   <c r="K22" i="1"/>
   <c r="H22" i="1"/>
   <c r="E22" i="1" s="1"/>
   <c r="H21" i="1"/>
   <c r="E21" i="1" s="1"/>
   <c r="H23" i="1"/>
   <c r="E23" i="1" s="1"/>
   <c r="K26" i="1"/>
   <c r="H24" i="1"/>
   <c r="G20" i="16"/>
   <c r="G24" i="16"/>
   <c r="Q61" i="1"/>
   <c r="Q62" i="1"/>
   <c r="Y61" i="1"/>
   <c r="Y62" i="1"/>
   <c r="R61" i="1"/>
   <c r="R62" i="1"/>
   <c r="AC61" i="1"/>
@@ -1952,51 +1957,50 @@
   <c r="G39" i="16"/>
   <c r="G28" i="16"/>
   <c r="F40" i="16"/>
   <c r="F41" i="16" s="1"/>
   <c r="F42" i="16" s="1"/>
   <c r="M35" i="4"/>
   <c r="E35" i="4"/>
   <c r="G44" i="16"/>
   <c r="H19" i="16"/>
   <c r="F64" i="16"/>
   <c r="G59" i="1"/>
   <c r="G58" i="1"/>
   <c r="G40" i="1"/>
   <c r="W65" i="16"/>
   <c r="W67" i="16" s="1"/>
   <c r="E5" i="4"/>
   <c r="E8" i="4"/>
   <c r="E9" i="4"/>
   <c r="E10" i="4"/>
   <c r="D11" i="4"/>
   <c r="L11" i="4"/>
   <c r="F12" i="4"/>
   <c r="N12" i="4"/>
   <c r="F4" i="4"/>
   <c r="N4" i="4"/>
-  <c r="E26" i="1"/>
   <c r="H32" i="1"/>
   <c r="E32" i="1" s="1"/>
   <c r="K35" i="1"/>
   <c r="H31" i="1"/>
   <c r="E31" i="1" s="1"/>
   <c r="K34" i="1"/>
   <c r="K31" i="1"/>
   <c r="H33" i="1"/>
   <c r="E33" i="1" s="1"/>
   <c r="H30" i="1"/>
   <c r="E30" i="1" s="1"/>
   <c r="K33" i="1"/>
   <c r="H38" i="1"/>
   <c r="E38" i="1" s="1"/>
   <c r="H29" i="1"/>
   <c r="E29" i="1" s="1"/>
   <c r="K32" i="1"/>
   <c r="H37" i="1"/>
   <c r="E37" i="1" s="1"/>
   <c r="H36" i="1"/>
   <c r="E36" i="1" s="1"/>
   <c r="K36" i="1"/>
   <c r="K30" i="1"/>
   <c r="H35" i="1"/>
   <c r="E35" i="1" s="1"/>
@@ -2390,124 +2394,124 @@
   <c r="H8" i="4"/>
   <c r="H10" i="4"/>
   <c r="O11" i="4"/>
   <c r="Q12" i="4"/>
   <c r="Q4" i="4"/>
   <c r="I4" i="4"/>
   <c r="I12" i="4"/>
   <c r="H55" i="1"/>
   <c r="J53" i="1"/>
   <c r="J45" i="1"/>
   <c r="J46" i="1"/>
   <c r="J51" i="1"/>
   <c r="J52" i="1"/>
   <c r="J47" i="1"/>
   <c r="J50" i="1"/>
   <c r="I54" i="1"/>
   <c r="I49" i="1"/>
   <c r="I62" i="1" s="1"/>
   <c r="K28" i="1"/>
   <c r="E28" i="1" s="1"/>
   <c r="E24" i="1"/>
   <c r="K39" i="1"/>
   <c r="E39" i="1" s="1"/>
   <c r="K44" i="1"/>
   <c r="Q6" i="4" l="1"/>
+  <c r="K6" i="4" s="1"/>
   <c r="Q7" i="4"/>
+  <c r="K7" i="4" s="1"/>
   <c r="Q8" i="4"/>
   <c r="K8" i="4" s="1"/>
   <c r="I6" i="4"/>
   <c r="I7" i="4"/>
   <c r="C7" i="4" s="1"/>
   <c r="K44" i="16"/>
   <c r="K47" i="16" s="1"/>
   <c r="K24" i="16"/>
   <c r="K20" i="16"/>
+  <c r="E20" i="16" s="1"/>
   <c r="G61" i="16"/>
   <c r="M41" i="4" s="1"/>
   <c r="I61" i="1"/>
   <c r="G41" i="4" s="1"/>
   <c r="F33" i="4"/>
   <c r="H61" i="1"/>
   <c r="F41" i="4" s="1"/>
   <c r="J41" i="1"/>
   <c r="J42" i="1" s="1"/>
   <c r="H33" i="4" s="1"/>
   <c r="I49" i="16"/>
   <c r="I62" i="16" s="1"/>
   <c r="Q10" i="4"/>
   <c r="Q5" i="4"/>
   <c r="K5" i="4" s="1"/>
   <c r="Q13" i="4"/>
   <c r="K13" i="4" s="1"/>
   <c r="Q9" i="4"/>
   <c r="K9" i="4" s="1"/>
-  <c r="K6" i="4"/>
-  <c r="K7" i="4"/>
   <c r="Q32" i="4"/>
   <c r="K32" i="4" s="1"/>
   <c r="Q31" i="4"/>
   <c r="K31" i="4" s="1"/>
   <c r="Q30" i="4"/>
   <c r="K30" i="4" s="1"/>
   <c r="Q19" i="4"/>
   <c r="K19" i="4" s="1"/>
   <c r="Q21" i="4"/>
   <c r="K21" i="4" s="1"/>
   <c r="Q26" i="4"/>
   <c r="K26" i="4" s="1"/>
   <c r="Q28" i="4"/>
   <c r="K28" i="4" s="1"/>
   <c r="Q15" i="4"/>
   <c r="K15" i="4" s="1"/>
   <c r="Q22" i="4"/>
   <c r="K22" i="4" s="1"/>
   <c r="Q25" i="4"/>
   <c r="K25" i="4" s="1"/>
   <c r="Q23" i="4"/>
   <c r="K23" i="4" s="1"/>
   <c r="Q16" i="4"/>
   <c r="K16" i="4" s="1"/>
   <c r="Q20" i="4"/>
   <c r="K20" i="4" s="1"/>
   <c r="Q17" i="4"/>
   <c r="K17" i="4" s="1"/>
   <c r="Q14" i="4"/>
   <c r="Q18" i="4"/>
   <c r="K18" i="4" s="1"/>
   <c r="Q27" i="4"/>
   <c r="K27" i="4" s="1"/>
   <c r="Q24" i="4"/>
   <c r="K24" i="4" s="1"/>
   <c r="Q29" i="4"/>
   <c r="K29" i="4" s="1"/>
   <c r="E24" i="16"/>
   <c r="K28" i="16"/>
   <c r="E28" i="16" s="1"/>
   <c r="K39" i="16"/>
   <c r="E39" i="16" s="1"/>
-  <c r="E20" i="16"/>
   <c r="J88" i="16"/>
   <c r="J80" i="16"/>
   <c r="J72" i="16"/>
   <c r="J82" i="16"/>
   <c r="J91" i="16"/>
   <c r="J83" i="16"/>
   <c r="J75" i="16"/>
   <c r="J86" i="16"/>
   <c r="J78" i="16"/>
   <c r="J70" i="16"/>
   <c r="J89" i="16"/>
   <c r="J81" i="16"/>
   <c r="J73" i="16"/>
   <c r="J84" i="16"/>
   <c r="J76" i="16"/>
   <c r="J90" i="16"/>
   <c r="J87" i="16"/>
   <c r="J79" i="16"/>
   <c r="J71" i="16"/>
   <c r="J74" i="16"/>
   <c r="J85" i="16"/>
   <c r="J77" i="16"/>
   <c r="J69" i="16"/>
   <c r="I85" i="16"/>
   <c r="I77" i="16"/>
@@ -2612,75 +2616,72 @@
   <c r="J54" i="1"/>
   <c r="E20" i="1"/>
   <c r="K46" i="1"/>
   <c r="E46" i="1" s="1"/>
   <c r="K45" i="1"/>
   <c r="E45" i="1" s="1"/>
   <c r="K53" i="1"/>
   <c r="E53" i="1" s="1"/>
   <c r="K50" i="1"/>
   <c r="E50" i="1" s="1"/>
   <c r="K47" i="1"/>
   <c r="E47" i="1" s="1"/>
   <c r="K52" i="1"/>
   <c r="E52" i="1" s="1"/>
   <c r="K51" i="1"/>
   <c r="E51" i="1" s="1"/>
   <c r="J49" i="1"/>
   <c r="K59" i="16" l="1"/>
   <c r="K64" i="16"/>
   <c r="K74" i="16" s="1"/>
   <c r="E74" i="16" s="1"/>
   <c r="K46" i="16"/>
   <c r="K58" i="16"/>
   <c r="E58" i="16" s="1"/>
   <c r="K50" i="16"/>
-  <c r="K54" i="16" s="1"/>
   <c r="K45" i="16"/>
   <c r="E45" i="16" s="1"/>
   <c r="K51" i="16"/>
   <c r="E51" i="16" s="1"/>
   <c r="K52" i="16"/>
   <c r="E52" i="16" s="1"/>
   <c r="K53" i="16"/>
   <c r="E53" i="16" s="1"/>
   <c r="J61" i="1"/>
   <c r="H41" i="4" s="1"/>
   <c r="J62" i="1"/>
   <c r="H61" i="16"/>
   <c r="N41" i="4" s="1"/>
   <c r="K41" i="1"/>
   <c r="E41" i="1" s="1"/>
   <c r="E46" i="16"/>
   <c r="E47" i="16"/>
   <c r="K40" i="16"/>
   <c r="K41" i="16" s="1"/>
   <c r="K42" i="16" s="1"/>
   <c r="J49" i="16"/>
   <c r="P36" i="4" s="1"/>
-  <c r="K49" i="16"/>
-  <c r="K62" i="16" s="1"/>
   <c r="J54" i="16"/>
   <c r="K91" i="16"/>
   <c r="E91" i="16" s="1"/>
   <c r="K83" i="16"/>
   <c r="E83" i="16" s="1"/>
   <c r="K75" i="16"/>
   <c r="E75" i="16" s="1"/>
   <c r="K86" i="16"/>
   <c r="E86" i="16" s="1"/>
   <c r="K78" i="16"/>
   <c r="E78" i="16" s="1"/>
   <c r="K70" i="16"/>
   <c r="E70" i="16" s="1"/>
   <c r="K69" i="16"/>
   <c r="K89" i="16"/>
   <c r="K81" i="16"/>
   <c r="E81" i="16" s="1"/>
   <c r="K73" i="16"/>
   <c r="E73" i="16" s="1"/>
   <c r="K85" i="16"/>
   <c r="E85" i="16" s="1"/>
   <c r="K84" i="16"/>
   <c r="E84" i="16" s="1"/>
   <c r="K76" i="16"/>
   <c r="E76" i="16" s="1"/>
@@ -2703,68 +2704,71 @@
   <c r="E72" i="16" s="1"/>
   <c r="E40" i="1"/>
   <c r="H55" i="16"/>
   <c r="P33" i="4"/>
   <c r="C11" i="4"/>
   <c r="I55" i="16"/>
   <c r="N48" i="4"/>
   <c r="H36" i="4"/>
   <c r="O36" i="4"/>
   <c r="E59" i="16"/>
   <c r="I66" i="16"/>
   <c r="I92" i="16"/>
   <c r="J66" i="16"/>
   <c r="J92" i="16"/>
   <c r="R65" i="16"/>
   <c r="R67" i="16" s="1"/>
   <c r="E54" i="1"/>
   <c r="Q11" i="4"/>
   <c r="K10" i="4"/>
   <c r="K11" i="4" s="1"/>
   <c r="I11" i="4"/>
   <c r="J55" i="1"/>
   <c r="K54" i="1"/>
   <c r="K49" i="1"/>
   <c r="K62" i="1" s="1"/>
-  <c r="E50" i="16" l="1"/>
+  <c r="K49" i="16" l="1"/>
+  <c r="K54" i="16"/>
+  <c r="K55" i="16" s="1"/>
+  <c r="K62" i="16"/>
+  <c r="E50" i="16"/>
   <c r="J62" i="16"/>
   <c r="K42" i="1"/>
   <c r="E42" i="1" s="1"/>
   <c r="C33" i="4" s="1"/>
   <c r="E54" i="16"/>
   <c r="J55" i="16"/>
   <c r="E40" i="16"/>
   <c r="E41" i="16"/>
   <c r="E42" i="16"/>
   <c r="K33" i="4" s="1"/>
   <c r="Q33" i="4"/>
   <c r="O48" i="4"/>
   <c r="I36" i="4"/>
   <c r="P48" i="4"/>
   <c r="Q36" i="4"/>
   <c r="E49" i="16"/>
-  <c r="K55" i="16"/>
   <c r="K66" i="16"/>
   <c r="K92" i="16"/>
   <c r="E92" i="16" s="1"/>
   <c r="Q65" i="16"/>
   <c r="Q67" i="16" s="1"/>
   <c r="E49" i="1"/>
   <c r="C13" i="4"/>
   <c r="K55" i="1" l="1"/>
   <c r="E61" i="16"/>
   <c r="I33" i="4"/>
   <c r="E62" i="16"/>
   <c r="K61" i="1"/>
   <c r="I41" i="4" s="1"/>
   <c r="C36" i="4"/>
   <c r="Q48" i="4"/>
   <c r="K36" i="4"/>
   <c r="E55" i="16"/>
   <c r="P65" i="16"/>
   <c r="P67" i="16" s="1"/>
   <c r="E55" i="1"/>
   <c r="D14" i="4"/>
   <c r="E14" i="4"/>
   <c r="I14" i="4"/>
   <c r="O65" i="16" l="1"/>
   <c r="O67" i="16" s="1"/>
@@ -3908,53 +3912,50 @@
   <si>
     <t>Gesamtkosten Hochschulen (DB1) ohne Gemeinkostenzuschlag</t>
   </si>
   <si>
     <t>Gemeinkostenzuschlag für Hochschulen (+35%)</t>
   </si>
   <si>
     <t>Supplément pour frais généraux pour les HE (+35%)</t>
   </si>
   <si>
     <t>Kürzung des max. Förderbeitrags</t>
   </si>
   <si>
     <t>S'agit-il d'un nouveau cycle de formation ?</t>
   </si>
   <si>
     <t>Erfolgen Entwicklung und Durchführung in Kooperation?</t>
   </si>
   <si>
     <t>Le développement et le déroulement se font-ils en coopération ?</t>
   </si>
   <si>
     <t>Kürzung sofern das Total der maximalen Förderbeiträge mehr als 40% der Gesamtkosten beträgt bzw. zu einer Gewinnerzielung &gt; 5% führt.</t>
   </si>
   <si>
-    <t xml:space="preserve">Neuentwicklung und Durchührung Beiträge oben +25% </t>
-[...1 lines deleted...]
-  <si>
     <t>Zeil</t>
   </si>
   <si>
     <t>Wird/wurde der Lehrgang neu entwickelt?</t>
   </si>
   <si>
     <t>Wird/wurde der Lehrgang durchgeführt?</t>
   </si>
   <si>
     <t>Wie viele Masterarbeiten werden/wurden begleitet?</t>
   </si>
   <si>
     <t>Reporting/Abrechnung</t>
   </si>
   <si>
     <t>Reporting/Décompte</t>
   </si>
   <si>
     <t xml:space="preserve">Im Blatt "Übersicht" finden Sie die wichtigsten Kennzahlen zu Ihrem Projekt. Die Zahlen der Zwischenrechnung/ Rechnung werden erst übernommen, wenn Sie im Blatt "Rechnung" in der letzten Zeile  jeweils "Ja" angewählt haben. </t>
   </si>
   <si>
     <t>Antrag Fördergelder - Hinweise zum Ausfüllen</t>
   </si>
   <si>
     <t>Demande de subvention - Consignes pour remplir le formulaire</t>
@@ -4260,54 +4261,57 @@
       <t>HE</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: Seulement coûts sur la base CC1)</t>
     </r>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Nein</t>
   </si>
   <si>
     <t xml:space="preserve"> - Bitte nehmen Sie mit uns Kontakt auf, wenn Ihr Antrag mehr 10 Angebote umfasst und mehr als 3 Jahre dauert. </t>
   </si>
   <si>
     <t xml:space="preserve"> - Veuillez nous contacter si votre demande porte sur plus de 10 offres et dure plus de 3 ans.</t>
   </si>
   <si>
-    <t>V10_13.06.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Fördersystematik (maximale Beiträge in CHF)</t>
+  </si>
+  <si>
+    <t>V11_31.10.2025</t>
+  </si>
+  <si>
+    <t>Kooperation bei Entwicklung und Durchführung: Beiträge oben plus 25 Prozent</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="_ [$CHF-807]\ * #,##0_ ;_ [$CHF-807]\ * \-#,##0_ ;_ [$CHF-807]\ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -5389,54 +5393,50 @@
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
@@ -5823,58 +5823,50 @@
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="20" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="20" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="31" fillId="11" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="10" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="10" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="20" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="41" fontId="1" fillId="10" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="41" fontId="1" fillId="10" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="10" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
@@ -6136,53 +6128,50 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="20" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="41" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="41" fontId="1" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
@@ -6253,65 +6242,54 @@
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="41" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="18" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="18" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="20" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
@@ -6365,50 +6343,76 @@
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="20" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="20" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="20" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="18" borderId="27" xfId="20" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="21">
     <cellStyle name="Komma 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Komma 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Komma 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Komma 2 2 3" xfId="19" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Komma 2 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Komma 2 4" xfId="16" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Komma 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Komma 3 2" xfId="12" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Komma 3 3" xfId="18" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Komma 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Komma 4 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Komma 4 3" xfId="17" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Komma 5" xfId="8" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Komma 6" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Komma 7" xfId="1" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Link" xfId="20" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Standard 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Standard 3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Standard 3 3" xfId="15" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
   </cellStyles>
@@ -6611,89 +6615,89 @@
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$AZ$2" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$3" lockText="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>48847</xdr:colOff>
+      <xdr:colOff>126602</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>63501</xdr:rowOff>
+      <xdr:rowOff>53782</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1763346</xdr:colOff>
+      <xdr:colOff>1841101</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>585383</xdr:rowOff>
+      <xdr:rowOff>575664</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="48847" y="63501"/>
-          <a:ext cx="2209799" cy="683807"/>
+          <a:off x="126602" y="53782"/>
+          <a:ext cx="2210188" cy="687112"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>1</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>1047750</xdr:colOff>
           <xdr:row>1</xdr:row>
           <xdr:rowOff>409575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
@@ -6834,58 +6838,58 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="de-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Français</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>3</xdr:col>
-          <xdr:colOff>28575</xdr:colOff>
+          <xdr:col>2</xdr:col>
+          <xdr:colOff>6278141</xdr:colOff>
           <xdr:row>1</xdr:row>
           <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>4</xdr:col>
-          <xdr:colOff>276225</xdr:colOff>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>1734133</xdr:colOff>
           <xdr:row>1</xdr:row>
           <xdr:rowOff>647700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2053" name="Group Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2053"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -7287,239 +7291,241 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubdb.bfe.admin.ch/fr/publication/download/8746" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubdb.bfe.admin.ch/de/publication/download/8746" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubdb.bfe.admin.ch/fr/publication/download/8746" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubdb.bfe.admin.ch/de/publication/download/8746" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Sheet1"/>
+  <sheetPr codeName="Sheet1">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A2:AZ17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <selection activeCell="C46" sqref="C46"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="78" customWidth="1"/>
     <col min="2" max="2" width="3.5703125" style="78" customWidth="1"/>
-    <col min="3" max="3" width="103" style="78" customWidth="1"/>
-    <col min="4" max="4" width="28.140625" style="78" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="100" style="78" customWidth="1"/>
+    <col min="4" max="4" width="28.140625" style="273" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="78"/>
     <col min="6" max="6" width="63.7109375" style="78" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="78"/>
     <col min="8" max="8" width="26" style="78" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="8.7109375" style="78"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:52" ht="54" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="AZ2" s="150">
+      <c r="AZ2" s="149">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:52" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B3" s="79" t="str">
         <f>Übersetzungen!B3</f>
         <v>Antrag Fördergelder - Hinweise zum Ausfüllen</v>
       </c>
-      <c r="D3" s="80" t="s">
+      <c r="D3" s="334" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="4" spans="1:52" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:52" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="81"/>
-[...1 lines deleted...]
-      <c r="C5" s="307" t="str">
+      <c r="A5" s="80"/>
+      <c r="B5" s="302"/>
+      <c r="C5" s="303" t="str">
         <f>Übersetzungen!B7</f>
         <v>Budgeterstellung</v>
       </c>
-      <c r="D5" s="308"/>
+      <c r="D5" s="335"/>
     </row>
     <row r="6" spans="1:52" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="185" t="s">
+      <c r="B6" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="C6" s="194" t="str">
+      <c r="C6" s="193" t="str">
         <f>Übersetzungen!B4</f>
         <v xml:space="preserve">Für den Antrag füllen Sie bitte das Tabellenblatt "Budget" aus.  </v>
       </c>
-      <c r="D6" s="195" t="str">
+      <c r="D6" s="336" t="str">
         <f>Übersetzungen!B16</f>
         <v>Gehe zu Tabellenblatt "Budget"</v>
       </c>
     </row>
     <row r="7" spans="1:52" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="186" t="s">
+      <c r="B7" s="185" t="s">
         <v>62</v>
       </c>
-      <c r="C7" s="197" t="str">
+      <c r="C7" s="194" t="str">
         <f>Übersetzungen!B8</f>
         <v>In Zellen, welche mit dieser orangen Farbe hinterlegt sind, können Sie Daten erfassen.
 Alle Kosten/Finanzbeträge sind in CHF. 
 Achtung für Hochschulen: Anrechenbar sind nur die direkten Kosten eines einzelnen Lehrgangs, z. B. Person-, Sach-, betriebliche Infrastrukturkosten (Deckungsbeitrag DB1).</v>
       </c>
-      <c r="D7" s="196"/>
+      <c r="D7" s="337"/>
     </row>
     <row r="8" spans="1:52" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="185" t="s">
+      <c r="B8" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="C8" s="194" t="str">
+      <c r="C8" s="193" t="str">
         <f>Übersetzungen!B9</f>
         <v xml:space="preserve">Durchführungsdaten: Sollten die Daten noch nicht bekannt sein, sind die ungefähren Zeitpunkte anzugeben (z.B. Start im Mai 2022, so ist bei Beginndatum 1.5.2022 einzugeben) </v>
       </c>
-      <c r="D8" s="196"/>
+      <c r="D8" s="337"/>
     </row>
     <row r="9" spans="1:52" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="185" t="s">
+      <c r="B9" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="C9" s="194" t="str">
+      <c r="C9" s="193" t="str">
         <f>Übersetzungen!B10</f>
         <v xml:space="preserve">Anzahl Teilnehmende: Bitte beachten Sie, dass nur Lehrgänge mit mind. 10 und max. 14 Teilnehmenden gefördert werden. Wollen Sie einen Lehrgang mit weniger als 10 TN trotzdem durchführen, nehmen Sie bitte Kontakt mit uns auf. </v>
       </c>
-      <c r="D9" s="196"/>
+      <c r="D9" s="337"/>
     </row>
     <row r="10" spans="1:52" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="185" t="s">
+      <c r="B10" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="C10" s="194" t="str">
+      <c r="C10" s="193" t="str">
         <f>Übersetzungen!B12</f>
         <v xml:space="preserve">Masterarbeiten: Bitte füllen Sie für Masterarbeiten eine separate Spalte aus und benennen sie mit dem entsprechenden Titel des MAS. Anfangs- und Enddatum sind hier ebenfalls nötig. </v>
       </c>
-      <c r="D10" s="196"/>
+      <c r="D10" s="337"/>
     </row>
     <row r="11" spans="1:52" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="314" t="s">
+      <c r="B11" s="307" t="s">
         <v>59</v>
       </c>
-      <c r="C11" s="312" t="str">
+      <c r="C11" s="305" t="str">
         <f>Übersetzungen!B13</f>
         <v>Die maximal möglichen Förderbeiträge werden aufgrund der Fördersystematik (vgl. Merkblatt) automatisch berechnet. Falls aufgrund dieser Förderbeiträge ein Gewinn erzielt oder die Subventionierung mehr als 40% der Gesamtkosten eines Lehrgangs überschreiten würde, werden die Förderbeiträge automatisch gekürzt (=effektiver Subventionsbeitrag).</v>
       </c>
-      <c r="D11" s="276" t="s">
+      <c r="D11" s="338" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="12" spans="1:52" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="315"/>
-[...1 lines deleted...]
-      <c r="D12" s="276" t="s">
+      <c r="B12" s="308"/>
+      <c r="C12" s="306"/>
+      <c r="D12" s="338" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="13" spans="1:52" x14ac:dyDescent="0.2">
-      <c r="C13" s="194" t="str">
+      <c r="C13" s="193" t="str">
         <f>Übersetzungen!B21</f>
         <v xml:space="preserve"> - Bitte nehmen Sie mit uns Kontakt auf, wenn Ihr Antrag mehr 10 Angebote umfasst und mehr als 3 Jahre dauert. </v>
       </c>
     </row>
     <row r="14" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="309"/>
-      <c r="C14" s="307" t="str">
+      <c r="B14" s="304"/>
+      <c r="C14" s="303" t="str">
         <f>Übersetzungen!B19</f>
         <v>Reporting/Abrechnung</v>
       </c>
-      <c r="D14" s="310"/>
+      <c r="D14" s="339"/>
     </row>
     <row r="15" spans="1:52" ht="120" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="185" t="s">
+      <c r="B15" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="C15" s="194" t="str">
+      <c r="C15" s="193" t="str">
         <f>Übersetzungen!B5</f>
         <v xml:space="preserve">Für die Berichterstattung (Zwischenrechnung, Schlussrechnung): Die Zahlen aus dem Budget werden automatisch in das Tabellenblatt "Rechnung" übernommen. Aktualisieren Sie falls nötig die entsprechenden Felder in den Zeilen 8-16 mit den effektiven Angaben 
 - Neuentwicklung 
 - Durchführung 
 - Anzahl Masterarbeiten
 - Anzahl Teilnehmende
 - Wenn der Lehrgang nicht durchgeführt/nicht entwickelt werden konnte, löschen Sie bitte auch die rot geschriebenen Kosten in den entsprechenden Feldern. </v>
       </c>
-      <c r="D15" s="195" t="str">
+      <c r="D15" s="336" t="str">
         <f>Übersetzungen!B17</f>
         <v>Gehe zu Tabellenblatt "Rechnung"</v>
       </c>
-      <c r="F15" s="277"/>
+      <c r="F15" s="273"/>
     </row>
     <row r="16" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="306"/>
-      <c r="C16" s="307" t="str">
+      <c r="B16" s="302"/>
+      <c r="C16" s="303" t="str">
         <f>Übersetzungen!B20</f>
         <v>Übersicht</v>
       </c>
-      <c r="D16" s="311"/>
-      <c r="F16" s="277"/>
+      <c r="D16" s="340"/>
+      <c r="F16" s="273"/>
     </row>
     <row r="17" spans="2:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="185" t="s">
+      <c r="B17" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="C17" s="194" t="str">
+      <c r="C17" s="193" t="str">
         <f>Übersetzungen!B6</f>
         <v xml:space="preserve">Im Blatt "Übersicht" finden Sie die wichtigsten Kennzahlen zu Ihrem Projekt. Die Zahlen der Zwischenrechnung/ Rechnung werden erst übernommen, wenn Sie im Blatt "Rechnung" in der letzten Zeile  jeweils "Ja" angewählt haben. </v>
       </c>
-      <c r="D17" s="195" t="str">
+      <c r="D17" s="336" t="str">
         <f>Übersetzungen!B18</f>
         <v>Gehe zu Tabellenblatt "Übersicht"</v>
       </c>
-      <c r="F17" s="277"/>
+      <c r="F17" s="273"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tmL7moIq1cgBjQ8ysL1FLymmHHTe1g/drduGcC8sOji6P+VmiFX/e8q/sI7vaB+Fb/YKuKGeZ4tY4LvmfT1+lw==" saltValue="jkou75rLmdfO88VRB6ai7w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="r/FJ7Z+7JuN0QRpQywLtzmZ0auclxEtXJcbFMIUrTwZ+AALiJrtH3hcV+SDAhlM9xAGemwSCRyHnW7wgKWDlFw==" saltValue="P4WNRFomTVlPJHSLGp8NXQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="C11:C12"/>
     <mergeCell ref="B11:B12"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D15" location="Rechnung!L5" display="=Übersetzungen!A17" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D17" location="Übersicht!A1" display="=Übersetzungen!A18" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="D6" location="Budget!L5" display="=Übersetzungen!A16" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="D11" r:id="rId1" display="Merkblatt Lehrgänge" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="D12" r:id="rId2" display="Fiche d'information sur les cours de formation" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId3"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId4"/>
   </customProperties>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2051" r:id="rId7" name="Option Button 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>1047750</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>409575</xdr:rowOff>
                   </to>
@@ -7534,82 +7540,84 @@
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>390525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>1057275</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>609600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2053" r:id="rId9" name="Group Box 5">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>3</xdr:col>
-                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:col>2</xdr:col>
+                    <xdr:colOff>6276975</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>4</xdr:col>
-                    <xdr:colOff>276225</xdr:colOff>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>1733550</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>647700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <sheetPr codeName="Sheet2"/>
+  <sheetPr codeName="Sheet2">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:BA67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="11" ySplit="6" topLeftCell="L7" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="11" ySplit="6" topLeftCell="L17" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="L1" sqref="L1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="L8" sqref="L8"/>
+      <selection pane="bottomRight" activeCell="L5" sqref="L5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.85546875" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="9" customWidth="1"/>
     <col min="2" max="2" width="52.42578125" style="9" customWidth="1"/>
     <col min="3" max="3" width="37.7109375" style="9" customWidth="1"/>
     <col min="4" max="4" width="74.28515625" style="10" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="12" style="9" customWidth="1" outlineLevel="1"/>
     <col min="6" max="8" width="11.28515625" style="9" customWidth="1" outlineLevel="1"/>
     <col min="9" max="11" width="11.28515625" style="9" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="12" max="23" width="12.5703125" style="9" customWidth="1"/>
     <col min="24" max="31" width="12.5703125" style="9" hidden="1" customWidth="1"/>
     <col min="32" max="32" width="0.140625" style="9" customWidth="1"/>
     <col min="33" max="16384" width="10.85546875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:31" ht="16.7" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="11" t="str">
         <f>Übersetzungen!B22</f>
         <v>Budget Lehrgänge</v>
       </c>
       <c r="C2" s="11"/>
       <c r="D2" s="11" t="s">
@@ -7634,51 +7642,51 @@
       <c r="U2" s="11"/>
       <c r="V2" s="11"/>
       <c r="W2" s="11"/>
       <c r="X2" s="11"/>
       <c r="Y2" s="11"/>
       <c r="Z2" s="11"/>
       <c r="AA2" s="11"/>
       <c r="AB2" s="11"/>
       <c r="AC2" s="11"/>
       <c r="AD2" s="11"/>
       <c r="AE2" s="11"/>
     </row>
     <row r="3" spans="2:31" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="24" t="str">
         <f>Übersetzungen!B23</f>
         <v>Ist der Antragsteller eine Hochschule? Bitte Kontrollkästchen setzen falls ja.</v>
       </c>
       <c r="C3" s="24"/>
       <c r="D3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="59"/>
       <c r="F3" s="59"/>
       <c r="G3" s="77"/>
       <c r="H3" s="77"/>
-      <c r="I3" s="149" t="b">
+      <c r="I3" s="148" t="b">
         <v>0</v>
       </c>
       <c r="J3" s="74"/>
       <c r="K3" s="74"/>
       <c r="L3" s="69"/>
       <c r="M3" s="69" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="2:31" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="20"/>
       <c r="C4" s="20"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
       <c r="K4" s="10"/>
     </row>
     <row r="5" spans="2:31" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="23" t="str">
         <f>Übersetzungen!B24</f>
         <v>Titel Lehrgang oder MAS für Masterarbeiten</v>
       </c>
@@ -7937,91 +7945,91 @@
       <c r="T11" s="19"/>
       <c r="U11" s="19"/>
       <c r="V11" s="19"/>
       <c r="W11" s="19"/>
       <c r="X11" s="19"/>
       <c r="Y11" s="19"/>
       <c r="Z11" s="19"/>
       <c r="AA11" s="19"/>
       <c r="AB11" s="19"/>
       <c r="AC11" s="19"/>
       <c r="AD11" s="19"/>
       <c r="AE11" s="19"/>
     </row>
     <row r="12" spans="2:31" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="E12" s="10"/>
       <c r="F12" s="10"/>
       <c r="G12" s="10"/>
       <c r="H12" s="10"/>
       <c r="I12" s="10"/>
       <c r="J12" s="10"/>
       <c r="K12" s="10"/>
     </row>
     <row r="13" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="316" t="str">
+      <c r="B13" s="309" t="str">
         <f>Übersetzungen!B30</f>
         <v>Wann findet der Lehrgang statt?</v>
       </c>
       <c r="C13" s="21" t="str">
         <f>Übersetzungen!B31</f>
         <v>Start</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E13" s="10"/>
       <c r="F13" s="10"/>
       <c r="G13" s="10"/>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
       <c r="J13" s="10"/>
       <c r="K13" s="10"/>
       <c r="L13" s="15"/>
       <c r="M13" s="15"/>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13" s="15"/>
       <c r="S13" s="15"/>
       <c r="T13" s="15"/>
       <c r="U13" s="15"/>
       <c r="V13" s="15"/>
       <c r="W13" s="15"/>
       <c r="X13" s="15"/>
       <c r="Y13" s="15"/>
       <c r="Z13" s="15"/>
       <c r="AA13" s="15"/>
       <c r="AB13" s="15"/>
       <c r="AC13" s="15"/>
       <c r="AD13" s="15"/>
       <c r="AE13" s="15"/>
     </row>
     <row r="14" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="317"/>
+      <c r="B14" s="310"/>
       <c r="C14" s="21" t="str">
         <f>Übersetzungen!B32</f>
         <v>Ende</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
       <c r="G14" s="10"/>
       <c r="H14" s="10"/>
       <c r="I14" s="10"/>
       <c r="J14" s="10"/>
       <c r="K14" s="10"/>
       <c r="L14" s="16"/>
       <c r="M14" s="16"/>
       <c r="N14" s="16"/>
       <c r="O14" s="16"/>
       <c r="P14" s="16"/>
       <c r="Q14" s="16"/>
       <c r="R14" s="16"/>
       <c r="S14" s="16"/>
       <c r="T14" s="16"/>
       <c r="U14" s="16"/>
       <c r="V14" s="16"/>
@@ -8239,55 +8247,55 @@
         <f t="shared" si="3"/>
         <v>5</v>
       </c>
       <c r="L19" s="47"/>
       <c r="M19" s="47"/>
       <c r="N19" s="47"/>
       <c r="O19" s="47"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="47"/>
       <c r="R19" s="47"/>
       <c r="S19" s="47"/>
       <c r="T19" s="47"/>
       <c r="U19" s="47"/>
       <c r="V19" s="47"/>
       <c r="W19" s="47"/>
       <c r="X19" s="47"/>
       <c r="Y19" s="47"/>
       <c r="Z19" s="47"/>
       <c r="AA19" s="47"/>
       <c r="AB19" s="47"/>
       <c r="AC19" s="47"/>
       <c r="AD19" s="47"/>
       <c r="AE19" s="47"/>
     </row>
     <row r="20" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="235" t="str">
+      <c r="B20" s="232" t="str">
         <f>Übersetzungen!B36</f>
         <v>Neuentwicklung</v>
       </c>
-      <c r="C20" s="236"/>
+      <c r="C20" s="233"/>
       <c r="D20" s="26" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="61">
         <f>SUM(F20:K20)</f>
         <v>0</v>
       </c>
       <c r="F20" s="61">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="G20" s="61">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="H20" s="61">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="I20" s="61">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,$I$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="J20" s="61">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,$J$19,$L$8:$AE$8,Metadaten!$F$2)</f>
@@ -8297,54 +8305,54 @@
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,$K$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L20" s="66"/>
       <c r="M20" s="66"/>
       <c r="N20" s="66"/>
       <c r="O20" s="66"/>
       <c r="P20" s="66"/>
       <c r="Q20" s="66"/>
       <c r="R20" s="66"/>
       <c r="S20" s="66"/>
       <c r="T20" s="66"/>
       <c r="U20" s="66"/>
       <c r="V20" s="66"/>
       <c r="W20" s="66"/>
       <c r="X20" s="66"/>
       <c r="Y20" s="66"/>
       <c r="Z20" s="66"/>
       <c r="AA20" s="66"/>
       <c r="AB20" s="66"/>
       <c r="AC20" s="66"/>
       <c r="AD20" s="66"/>
       <c r="AE20" s="66"/>
     </row>
     <row r="21" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="237" t="s">
+      <c r="B21" s="234" t="s">
         <v>7</v>
       </c>
-      <c r="C21" s="236" t="s">
+      <c r="C21" s="233" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="61">
         <f t="shared" ref="E21:E38" si="4">SUM(F21:H21)</f>
         <v>0</v>
       </c>
       <c r="F21" s="61">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="G21" s="61">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="H21" s="61">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="I21" s="61">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
@@ -8356,54 +8364,54 @@
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L21" s="66"/>
       <c r="M21" s="66"/>
       <c r="N21" s="66"/>
       <c r="O21" s="66"/>
       <c r="P21" s="66"/>
       <c r="Q21" s="66"/>
       <c r="R21" s="66"/>
       <c r="S21" s="66"/>
       <c r="T21" s="66"/>
       <c r="U21" s="66"/>
       <c r="V21" s="66"/>
       <c r="W21" s="66"/>
       <c r="X21" s="66"/>
       <c r="Y21" s="66"/>
       <c r="Z21" s="66"/>
       <c r="AA21" s="66"/>
       <c r="AB21" s="66"/>
       <c r="AC21" s="66"/>
       <c r="AD21" s="66"/>
       <c r="AE21" s="66"/>
     </row>
     <row r="22" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="237" t="s">
+      <c r="B22" s="234" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="236" t="s">
+      <c r="C22" s="233" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F22" s="61">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="G22" s="61">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="H22" s="61">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="I22" s="61">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
@@ -8415,54 +8423,54 @@
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L22" s="66"/>
       <c r="M22" s="66"/>
       <c r="N22" s="66"/>
       <c r="O22" s="66"/>
       <c r="P22" s="66"/>
       <c r="Q22" s="66"/>
       <c r="R22" s="66"/>
       <c r="S22" s="66"/>
       <c r="T22" s="66"/>
       <c r="U22" s="66"/>
       <c r="V22" s="66"/>
       <c r="W22" s="66"/>
       <c r="X22" s="66"/>
       <c r="Y22" s="66"/>
       <c r="Z22" s="66"/>
       <c r="AA22" s="66"/>
       <c r="AB22" s="66"/>
       <c r="AC22" s="66"/>
       <c r="AD22" s="66"/>
       <c r="AE22" s="66"/>
     </row>
     <row r="23" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="237" t="s">
+      <c r="B23" s="234" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="236" t="s">
+      <c r="C23" s="233" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F23" s="61">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="G23" s="61">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="H23" s="61">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="I23" s="61">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
@@ -8474,55 +8482,55 @@
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L23" s="66"/>
       <c r="M23" s="66"/>
       <c r="N23" s="66"/>
       <c r="O23" s="66"/>
       <c r="P23" s="66"/>
       <c r="Q23" s="66"/>
       <c r="R23" s="66"/>
       <c r="S23" s="66"/>
       <c r="T23" s="66"/>
       <c r="U23" s="66"/>
       <c r="V23" s="66"/>
       <c r="W23" s="66"/>
       <c r="X23" s="66"/>
       <c r="Y23" s="66"/>
       <c r="Z23" s="66"/>
       <c r="AA23" s="66"/>
       <c r="AB23" s="66"/>
       <c r="AC23" s="66"/>
       <c r="AD23" s="66"/>
       <c r="AE23" s="66"/>
     </row>
     <row r="24" spans="2:31" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="235" t="str">
+      <c r="B24" s="232" t="str">
         <f>Übersetzungen!B37</f>
         <v xml:space="preserve">Adaption  </v>
       </c>
-      <c r="C24" s="236"/>
+      <c r="C24" s="233"/>
       <c r="D24" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="61">
         <f>SUM(F24:K24)</f>
         <v>0</v>
       </c>
       <c r="F24" s="61">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="G24" s="61">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="H24" s="61">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="I24" s="61">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,$I$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="J24" s="61">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,$J$19,$L$8:$AE$8,Metadaten!$F$3)</f>
@@ -8532,54 +8540,54 @@
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,$K$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L24" s="66"/>
       <c r="M24" s="66"/>
       <c r="N24" s="66"/>
       <c r="O24" s="66"/>
       <c r="P24" s="66"/>
       <c r="Q24" s="66"/>
       <c r="R24" s="66"/>
       <c r="S24" s="66"/>
       <c r="T24" s="66"/>
       <c r="U24" s="66"/>
       <c r="V24" s="66"/>
       <c r="W24" s="66"/>
       <c r="X24" s="66"/>
       <c r="Y24" s="66"/>
       <c r="Z24" s="66"/>
       <c r="AA24" s="66"/>
       <c r="AB24" s="66"/>
       <c r="AC24" s="66"/>
       <c r="AD24" s="66"/>
       <c r="AE24" s="66"/>
     </row>
     <row r="25" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="238" t="s">
+      <c r="B25" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C25" s="236" t="s">
+      <c r="C25" s="233" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F25" s="61">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="G25" s="61">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="H25" s="61">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="I25" s="61">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
@@ -8591,54 +8599,54 @@
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L25" s="66"/>
       <c r="M25" s="66"/>
       <c r="N25" s="66"/>
       <c r="O25" s="66"/>
       <c r="P25" s="66"/>
       <c r="Q25" s="66"/>
       <c r="R25" s="66"/>
       <c r="S25" s="66"/>
       <c r="T25" s="66"/>
       <c r="U25" s="66"/>
       <c r="V25" s="66"/>
       <c r="W25" s="66"/>
       <c r="X25" s="66"/>
       <c r="Y25" s="66"/>
       <c r="Z25" s="66"/>
       <c r="AA25" s="66"/>
       <c r="AB25" s="66"/>
       <c r="AC25" s="66"/>
       <c r="AD25" s="66"/>
       <c r="AE25" s="66"/>
     </row>
     <row r="26" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="238" t="s">
+      <c r="B26" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="236" t="s">
+      <c r="C26" s="233" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F26" s="61">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="G26" s="61">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="H26" s="61">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="I26" s="61">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
@@ -8650,54 +8658,54 @@
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L26" s="66"/>
       <c r="M26" s="66"/>
       <c r="N26" s="66"/>
       <c r="O26" s="66"/>
       <c r="P26" s="66"/>
       <c r="Q26" s="66"/>
       <c r="R26" s="66"/>
       <c r="S26" s="66"/>
       <c r="T26" s="66"/>
       <c r="U26" s="66"/>
       <c r="V26" s="66"/>
       <c r="W26" s="66"/>
       <c r="X26" s="66"/>
       <c r="Y26" s="66"/>
       <c r="Z26" s="66"/>
       <c r="AA26" s="66"/>
       <c r="AB26" s="66"/>
       <c r="AC26" s="66"/>
       <c r="AD26" s="66"/>
       <c r="AE26" s="66"/>
     </row>
     <row r="27" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="238" t="s">
+      <c r="B27" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C27" s="236" t="s">
+      <c r="C27" s="233" t="s">
         <v>65</v>
       </c>
       <c r="D27" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F27" s="61">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="G27" s="61">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$G$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="H27" s="61">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="I27" s="61">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
@@ -8709,55 +8717,55 @@
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$H$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L27" s="66"/>
       <c r="M27" s="66"/>
       <c r="N27" s="66"/>
       <c r="O27" s="66"/>
       <c r="P27" s="66"/>
       <c r="Q27" s="66"/>
       <c r="R27" s="66"/>
       <c r="S27" s="66"/>
       <c r="T27" s="66"/>
       <c r="U27" s="66"/>
       <c r="V27" s="66"/>
       <c r="W27" s="66"/>
       <c r="X27" s="66"/>
       <c r="Y27" s="66"/>
       <c r="Z27" s="66"/>
       <c r="AA27" s="66"/>
       <c r="AB27" s="66"/>
       <c r="AC27" s="66"/>
       <c r="AD27" s="66"/>
       <c r="AE27" s="66"/>
     </row>
     <row r="28" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="239" t="str">
+      <c r="B28" s="236" t="str">
         <f>Übersetzungen!B38</f>
         <v>Organisation und Durchführung des Lehrganges</v>
       </c>
-      <c r="C28" s="236"/>
+      <c r="C28" s="233"/>
       <c r="D28" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="61">
         <f>SUM(F28:K28)</f>
         <v>0</v>
       </c>
       <c r="F28" s="61">
         <f t="shared" ref="F28:F32" si="5">SUMIFS($L28:$AE28,$L$15:$AE$15,$F$19)</f>
         <v>0</v>
       </c>
       <c r="G28" s="61">
         <f t="shared" ref="G28:J32" si="6">SUMIFS($L28:$AE28,$L$15:$AE$15,$G$19)</f>
         <v>0</v>
       </c>
       <c r="H28" s="61">
         <f t="shared" ref="H28:K32" si="7">SUMIFS($L28:$AE28,$L$15:$AE$15,$H$19)</f>
         <v>0</v>
       </c>
       <c r="I28" s="61">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,$I$19)</f>
         <v>0</v>
       </c>
       <c r="J28" s="61">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,$J$19)</f>
@@ -8767,54 +8775,54 @@
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,$K$19)</f>
         <v>0</v>
       </c>
       <c r="L28" s="66"/>
       <c r="M28" s="66"/>
       <c r="N28" s="66"/>
       <c r="O28" s="66"/>
       <c r="P28" s="66"/>
       <c r="Q28" s="66"/>
       <c r="R28" s="66"/>
       <c r="S28" s="66"/>
       <c r="T28" s="66"/>
       <c r="U28" s="66"/>
       <c r="V28" s="66"/>
       <c r="W28" s="66"/>
       <c r="X28" s="66"/>
       <c r="Y28" s="66"/>
       <c r="Z28" s="66"/>
       <c r="AA28" s="66"/>
       <c r="AB28" s="66"/>
       <c r="AC28" s="66"/>
       <c r="AD28" s="66"/>
       <c r="AE28" s="66"/>
     </row>
     <row r="29" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="239" t="s">
+      <c r="B29" s="236" t="s">
         <v>35</v>
       </c>
-      <c r="C29" s="236" t="s">
+      <c r="C29" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F29" s="61">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G29" s="61">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H29" s="61">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I29" s="61">
         <f t="shared" ref="I29:I38" si="8">SUMIFS($L29:$AE29,$L$15:$AE$15,$F$19)</f>
         <v>0</v>
       </c>
@@ -8826,54 +8834,54 @@
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L29" s="66"/>
       <c r="M29" s="66"/>
       <c r="N29" s="66"/>
       <c r="O29" s="66"/>
       <c r="P29" s="66"/>
       <c r="Q29" s="66"/>
       <c r="R29" s="66"/>
       <c r="S29" s="66"/>
       <c r="T29" s="66"/>
       <c r="U29" s="66"/>
       <c r="V29" s="66"/>
       <c r="W29" s="66"/>
       <c r="X29" s="66"/>
       <c r="Y29" s="66"/>
       <c r="Z29" s="66"/>
       <c r="AA29" s="66"/>
       <c r="AB29" s="66"/>
       <c r="AC29" s="66"/>
       <c r="AD29" s="66"/>
       <c r="AE29" s="66"/>
     </row>
     <row r="30" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="239" t="s">
+      <c r="B30" s="236" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="236" t="s">
+      <c r="C30" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F30" s="61">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G30" s="61">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H30" s="61">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I30" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -8885,54 +8893,54 @@
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L30" s="66"/>
       <c r="M30" s="66"/>
       <c r="N30" s="66"/>
       <c r="O30" s="66"/>
       <c r="P30" s="66"/>
       <c r="Q30" s="66"/>
       <c r="R30" s="66"/>
       <c r="S30" s="66"/>
       <c r="T30" s="66"/>
       <c r="U30" s="66"/>
       <c r="V30" s="66"/>
       <c r="W30" s="66"/>
       <c r="X30" s="66"/>
       <c r="Y30" s="66"/>
       <c r="Z30" s="66"/>
       <c r="AA30" s="66"/>
       <c r="AB30" s="66"/>
       <c r="AC30" s="66"/>
       <c r="AD30" s="66"/>
       <c r="AE30" s="66"/>
     </row>
     <row r="31" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="239" t="s">
+      <c r="B31" s="236" t="s">
         <v>29</v>
       </c>
-      <c r="C31" s="236" t="s">
+      <c r="C31" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D31" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F31" s="61">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G31" s="61">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H31" s="61">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I31" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -8944,54 +8952,54 @@
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L31" s="66"/>
       <c r="M31" s="66"/>
       <c r="N31" s="66"/>
       <c r="O31" s="66"/>
       <c r="P31" s="66"/>
       <c r="Q31" s="66"/>
       <c r="R31" s="66"/>
       <c r="S31" s="66"/>
       <c r="T31" s="66"/>
       <c r="U31" s="66"/>
       <c r="V31" s="66"/>
       <c r="W31" s="66"/>
       <c r="X31" s="66"/>
       <c r="Y31" s="66"/>
       <c r="Z31" s="66"/>
       <c r="AA31" s="66"/>
       <c r="AB31" s="66"/>
       <c r="AC31" s="66"/>
       <c r="AD31" s="66"/>
       <c r="AE31" s="66"/>
     </row>
     <row r="32" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="239" t="s">
+      <c r="B32" s="236" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="236" t="s">
+      <c r="C32" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F32" s="61">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G32" s="61">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H32" s="61">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I32" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9003,54 +9011,54 @@
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L32" s="66"/>
       <c r="M32" s="66"/>
       <c r="N32" s="66"/>
       <c r="O32" s="66"/>
       <c r="P32" s="66"/>
       <c r="Q32" s="66"/>
       <c r="R32" s="66"/>
       <c r="S32" s="66"/>
       <c r="T32" s="66"/>
       <c r="U32" s="66"/>
       <c r="V32" s="66"/>
       <c r="W32" s="66"/>
       <c r="X32" s="66"/>
       <c r="Y32" s="66"/>
       <c r="Z32" s="66"/>
       <c r="AA32" s="66"/>
       <c r="AB32" s="66"/>
       <c r="AC32" s="66"/>
       <c r="AD32" s="66"/>
       <c r="AE32" s="66"/>
     </row>
     <row r="33" spans="2:32" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="239" t="s">
+      <c r="B33" s="236" t="s">
         <v>30</v>
       </c>
-      <c r="C33" s="236" t="s">
+      <c r="C33" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F33" s="61">
         <f t="shared" ref="F33:F38" si="9">SUMIFS($L33:$AE33,$L$15:$AE$15,$F$19)</f>
         <v>0</v>
       </c>
       <c r="G33" s="61">
         <f t="shared" ref="G33:J39" si="10">SUMIFS($L33:$AE33,$L$15:$AE$15,$G$19)</f>
         <v>0</v>
       </c>
       <c r="H33" s="61">
         <f t="shared" ref="H33:K39" si="11">SUMIFS($L33:$AE33,$L$15:$AE$15,$H$19)</f>
         <v>0</v>
       </c>
       <c r="I33" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9062,54 +9070,54 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L33" s="66"/>
       <c r="M33" s="66"/>
       <c r="N33" s="66"/>
       <c r="O33" s="66"/>
       <c r="P33" s="66"/>
       <c r="Q33" s="66"/>
       <c r="R33" s="66"/>
       <c r="S33" s="66"/>
       <c r="T33" s="66"/>
       <c r="U33" s="66"/>
       <c r="V33" s="66"/>
       <c r="W33" s="66"/>
       <c r="X33" s="66"/>
       <c r="Y33" s="66"/>
       <c r="Z33" s="66"/>
       <c r="AA33" s="66"/>
       <c r="AB33" s="66"/>
       <c r="AC33" s="66"/>
       <c r="AD33" s="66"/>
       <c r="AE33" s="66"/>
     </row>
     <row r="34" spans="2:32" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="239" t="s">
+      <c r="B34" s="236" t="s">
         <v>31</v>
       </c>
-      <c r="C34" s="236" t="s">
+      <c r="C34" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F34" s="61">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G34" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H34" s="61">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I34" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9121,54 +9129,54 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L34" s="66"/>
       <c r="M34" s="66"/>
       <c r="N34" s="66"/>
       <c r="O34" s="66"/>
       <c r="P34" s="66"/>
       <c r="Q34" s="66"/>
       <c r="R34" s="66"/>
       <c r="S34" s="66"/>
       <c r="T34" s="66"/>
       <c r="U34" s="66"/>
       <c r="V34" s="66"/>
       <c r="W34" s="66"/>
       <c r="X34" s="66"/>
       <c r="Y34" s="66"/>
       <c r="Z34" s="66"/>
       <c r="AA34" s="66"/>
       <c r="AB34" s="66"/>
       <c r="AC34" s="66"/>
       <c r="AD34" s="66"/>
       <c r="AE34" s="66"/>
     </row>
     <row r="35" spans="2:32" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="239" t="s">
+      <c r="B35" s="236" t="s">
         <v>34</v>
       </c>
-      <c r="C35" s="236" t="s">
+      <c r="C35" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F35" s="61">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G35" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H35" s="61">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I35" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9180,54 +9188,54 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L35" s="66"/>
       <c r="M35" s="66"/>
       <c r="N35" s="66"/>
       <c r="O35" s="66"/>
       <c r="P35" s="66"/>
       <c r="Q35" s="66"/>
       <c r="R35" s="66"/>
       <c r="S35" s="66"/>
       <c r="T35" s="66"/>
       <c r="U35" s="66"/>
       <c r="V35" s="66"/>
       <c r="W35" s="66"/>
       <c r="X35" s="66"/>
       <c r="Y35" s="66"/>
       <c r="Z35" s="66"/>
       <c r="AA35" s="66"/>
       <c r="AB35" s="66"/>
       <c r="AC35" s="66"/>
       <c r="AD35" s="66"/>
       <c r="AE35" s="66"/>
     </row>
     <row r="36" spans="2:32" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="238" t="s">
+      <c r="B36" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C36" s="236" t="s">
+      <c r="C36" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D36" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F36" s="61">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G36" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H36" s="61">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I36" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9239,54 +9247,54 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L36" s="66"/>
       <c r="M36" s="66"/>
       <c r="N36" s="66"/>
       <c r="O36" s="66"/>
       <c r="P36" s="66"/>
       <c r="Q36" s="66"/>
       <c r="R36" s="66"/>
       <c r="S36" s="66"/>
       <c r="T36" s="66"/>
       <c r="U36" s="66"/>
       <c r="V36" s="66"/>
       <c r="W36" s="66"/>
       <c r="X36" s="66"/>
       <c r="Y36" s="66"/>
       <c r="Z36" s="66"/>
       <c r="AA36" s="66"/>
       <c r="AB36" s="66"/>
       <c r="AC36" s="66"/>
       <c r="AD36" s="66"/>
       <c r="AE36" s="66"/>
     </row>
     <row r="37" spans="2:32" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="238" t="s">
+      <c r="B37" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C37" s="236" t="s">
+      <c r="C37" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D37" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F37" s="61">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G37" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H37" s="61">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I37" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9298,54 +9306,54 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L37" s="66"/>
       <c r="M37" s="66"/>
       <c r="N37" s="66"/>
       <c r="O37" s="66"/>
       <c r="P37" s="66"/>
       <c r="Q37" s="66"/>
       <c r="R37" s="66"/>
       <c r="S37" s="66"/>
       <c r="T37" s="66"/>
       <c r="U37" s="66"/>
       <c r="V37" s="66"/>
       <c r="W37" s="66"/>
       <c r="X37" s="66"/>
       <c r="Y37" s="66"/>
       <c r="Z37" s="66"/>
       <c r="AA37" s="66"/>
       <c r="AB37" s="66"/>
       <c r="AC37" s="66"/>
       <c r="AD37" s="66"/>
       <c r="AE37" s="66"/>
     </row>
     <row r="38" spans="2:32" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="238" t="s">
+      <c r="B38" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C38" s="236" t="s">
+      <c r="C38" s="233" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F38" s="61">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G38" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H38" s="61">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I38" s="61">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -9357,55 +9365,55 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L38" s="66"/>
       <c r="M38" s="66"/>
       <c r="N38" s="66"/>
       <c r="O38" s="66"/>
       <c r="P38" s="66"/>
       <c r="Q38" s="66"/>
       <c r="R38" s="66"/>
       <c r="S38" s="66"/>
       <c r="T38" s="66"/>
       <c r="U38" s="66"/>
       <c r="V38" s="66"/>
       <c r="W38" s="66"/>
       <c r="X38" s="66"/>
       <c r="Y38" s="66"/>
       <c r="Z38" s="66"/>
       <c r="AA38" s="66"/>
       <c r="AB38" s="66"/>
       <c r="AC38" s="66"/>
       <c r="AD38" s="66"/>
       <c r="AE38" s="66"/>
     </row>
     <row r="39" spans="2:32" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="239" t="str">
+      <c r="B39" s="236" t="str">
         <f>Übersetzungen!B39</f>
         <v>Begleitung Masterarbeiten</v>
       </c>
-      <c r="C39" s="236"/>
+      <c r="C39" s="233"/>
       <c r="D39" s="27" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="61">
         <f>SUM(F39:K39)</f>
         <v>0</v>
       </c>
       <c r="F39" s="61">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,$F$19)</f>
         <v>0</v>
       </c>
       <c r="G39" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H39" s="61">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I39" s="61">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,$I$19)</f>
         <v>0</v>
       </c>
       <c r="J39" s="61">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,$J$19)</f>
@@ -9766,51 +9774,51 @@
       <c r="Z42" s="62">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AA42" s="62">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AB42" s="62">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AC42" s="62">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AD42" s="62">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AE42" s="62">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AF42" s="9" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="43" spans="2:32" ht="3.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="2:32" s="44" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="12" t="str">
         <f>Übersetzungen!B43</f>
         <v>Finanzierung</v>
       </c>
       <c r="C44" s="12" t="str">
         <f>Übersetzungen!B65</f>
         <v>pro Jahr</v>
       </c>
       <c r="D44" s="41"/>
       <c r="E44" s="42" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="43">
         <f>F19</f>
         <v>0</v>
       </c>
       <c r="G44" s="43">
         <f>G19</f>
         <v>1</v>
       </c>
       <c r="H44" s="43">
@@ -10244,1125 +10252,1125 @@
         <v>0</v>
       </c>
       <c r="AF49" s="9"/>
       <c r="AG49" s="9"/>
       <c r="AH49" s="9"/>
       <c r="AI49" s="9"/>
       <c r="AJ49" s="9"/>
       <c r="AK49" s="9"/>
       <c r="AL49" s="9"/>
       <c r="AM49" s="9"/>
       <c r="AN49" s="9"/>
       <c r="AO49" s="9"/>
       <c r="AP49" s="9"/>
       <c r="AQ49" s="9"/>
       <c r="AR49" s="9"/>
       <c r="AS49" s="9"/>
       <c r="AT49" s="9"/>
       <c r="AU49" s="9"/>
       <c r="AV49" s="9"/>
       <c r="AW49" s="9"/>
       <c r="AX49" s="9"/>
       <c r="AY49" s="9"/>
       <c r="AZ49" s="9"/>
       <c r="BA49" s="9"/>
     </row>
-    <row r="50" spans="1:53" s="170" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="171" t="str">
+    <row r="50" spans="1:53" s="169" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="170" t="str">
         <f>Übersetzungen!B48</f>
         <v xml:space="preserve">Max. Förderbeitrag Neuentwicklung </v>
       </c>
-      <c r="C50" s="172"/>
-[...1 lines deleted...]
-      <c r="E50" s="175">
+      <c r="C50" s="171"/>
+      <c r="D50" s="172"/>
+      <c r="E50" s="174">
         <f>SUM(F50:K50)</f>
         <v>0</v>
       </c>
-      <c r="F50" s="175">
+      <c r="F50" s="174">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,$F$44)</f>
         <v>0</v>
       </c>
-      <c r="G50" s="175">
+      <c r="G50" s="174">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,$G$44)</f>
         <v>0</v>
       </c>
-      <c r="H50" s="175">
+      <c r="H50" s="174">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,$H$44)</f>
         <v>0</v>
       </c>
-      <c r="I50" s="175">
+      <c r="I50" s="174">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,$I$44)</f>
         <v>0</v>
       </c>
-      <c r="J50" s="175">
+      <c r="J50" s="174">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,$J$44)</f>
         <v>0</v>
       </c>
-      <c r="K50" s="175">
+      <c r="K50" s="174">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,$K$44)</f>
         <v>0</v>
       </c>
-      <c r="L50" s="175">
+      <c r="L50" s="174">
         <f>IF(L$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(L$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(L$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(L$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="M50" s="175">
+      <c r="M50" s="174">
         <f>IF(M$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(M$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(M$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(M$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="N50" s="175">
+      <c r="N50" s="174">
         <f>IF(N$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(N$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(N$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(N$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="O50" s="175">
+      <c r="O50" s="174">
         <f>IF(O$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(O$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(O$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(O$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="P50" s="175">
+      <c r="P50" s="174">
         <f>IF(P$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(P$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(P$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(P$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Q50" s="175">
+      <c r="Q50" s="174">
         <f>IF(Q$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(Q$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(Q$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(Q$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="R50" s="175">
+      <c r="R50" s="174">
         <f>IF(R$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(R$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(R$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(R$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="S50" s="175">
+      <c r="S50" s="174">
         <f>IF(S$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(S$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(S$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(S$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="T50" s="175">
+      <c r="T50" s="174">
         <f>IF(T$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(T$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(T$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(T$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="U50" s="175">
+      <c r="U50" s="174">
         <f>IF(U$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(U$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(U$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(U$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="V50" s="175">
+      <c r="V50" s="174">
         <f>IF(V$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(V$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(V$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(V$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="W50" s="175">
+      <c r="W50" s="174">
         <f>IF(W$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(W$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(W$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(W$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="X50" s="175">
+      <c r="X50" s="174">
         <f>IF(X$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(X$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(X$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(X$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Y50" s="175">
+      <c r="Y50" s="174">
         <f>IF(Y$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(Y$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(Y$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(Y$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Z50" s="175">
+      <c r="Z50" s="174">
         <f>IF(Z$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(Z$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(Z$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(Z$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AA50" s="175">
+      <c r="AA50" s="174">
         <f>IF(AA$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AA$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AA$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AA$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AB50" s="175">
+      <c r="AB50" s="174">
         <f>IF(AB$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AB$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AB$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AB$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AC50" s="175">
+      <c r="AC50" s="174">
         <f>IF(AC$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AC$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AC$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AC$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AD50" s="175">
+      <c r="AD50" s="174">
         <f>IF(AD$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AD$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AD$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AD$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AE50" s="175">
+      <c r="AE50" s="174">
         <f>IF(AE$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AE$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AE$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AE$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:53" s="170" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="171" t="str">
+    <row r="51" spans="1:53" s="169" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="170" t="str">
         <f>Übersetzungen!B49</f>
         <v xml:space="preserve">Förderpauschale Adaption </v>
       </c>
-      <c r="C51" s="172"/>
-[...1 lines deleted...]
-      <c r="E51" s="175">
+      <c r="C51" s="171"/>
+      <c r="D51" s="172"/>
+      <c r="E51" s="174">
         <f>SUM(F51:K51)</f>
         <v>0</v>
       </c>
-      <c r="F51" s="175">
+      <c r="F51" s="174">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,$F$44)</f>
         <v>0</v>
       </c>
-      <c r="G51" s="175">
+      <c r="G51" s="174">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,$G$44)</f>
         <v>0</v>
       </c>
-      <c r="H51" s="175">
+      <c r="H51" s="174">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,$H$44)</f>
         <v>0</v>
       </c>
-      <c r="I51" s="175">
+      <c r="I51" s="174">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,$I$44)</f>
         <v>0</v>
       </c>
-      <c r="J51" s="175">
+      <c r="J51" s="174">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,$J$44)</f>
         <v>0</v>
       </c>
-      <c r="K51" s="175">
+      <c r="K51" s="174">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,$K$44)</f>
         <v>0</v>
       </c>
-      <c r="L51" s="175">
+      <c r="L51" s="174">
         <f>IF(L$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(L$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(L$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(L$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="M51" s="175">
+      <c r="M51" s="174">
         <f>IF(M$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(M$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(M$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(M$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="N51" s="175">
+      <c r="N51" s="174">
         <f>IF(N$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(N$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(N$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(N$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="O51" s="175">
+      <c r="O51" s="174">
         <f>IF(O$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(O$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(O$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(O$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="P51" s="175">
+      <c r="P51" s="174">
         <f>IF(P$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(P$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(P$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(P$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Q51" s="175">
+      <c r="Q51" s="174">
         <f>IF(Q$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(Q$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(Q$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(Q$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="R51" s="175">
+      <c r="R51" s="174">
         <f>IF(R$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(R$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(R$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(R$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="S51" s="175">
+      <c r="S51" s="174">
         <f>IF(S$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(S$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(S$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(S$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="T51" s="175">
+      <c r="T51" s="174">
         <f>IF(T$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(T$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(T$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(T$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="U51" s="175">
+      <c r="U51" s="174">
         <f>IF(U$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(U$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(U$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(U$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="V51" s="175">
+      <c r="V51" s="174">
         <f>IF(V$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(V$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(V$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(V$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="W51" s="175">
+      <c r="W51" s="174">
         <f>IF(W$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(W$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(W$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(W$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="X51" s="175">
+      <c r="X51" s="174">
         <f>IF(X$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(X$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(X$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(X$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Y51" s="175">
+      <c r="Y51" s="174">
         <f>IF(Y$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(Y$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(Y$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(Y$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Z51" s="175">
+      <c r="Z51" s="174">
         <f>IF(Z$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(Z$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(Z$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(Z$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AA51" s="175">
+      <c r="AA51" s="174">
         <f>IF(AA$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AA$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AA$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AA$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AB51" s="175">
+      <c r="AB51" s="174">
         <f>IF(AB$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AB$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AB$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AB$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AC51" s="175">
+      <c r="AC51" s="174">
         <f>IF(AC$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AC$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AC$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AC$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AD51" s="175">
+      <c r="AD51" s="174">
         <f>IF(AD$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AD$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AD$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AD$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AE51" s="175">
+      <c r="AE51" s="174">
         <f>IF(AE$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AE$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AE$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AE$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:53" s="170" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="171" t="str">
+    <row r="52" spans="1:53" s="169" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="170" t="str">
         <f>Übersetzungen!B50</f>
         <v xml:space="preserve">Max. Förderbeitrag Durchführung </v>
       </c>
-      <c r="C52" s="172"/>
-[...1 lines deleted...]
-      <c r="E52" s="175">
+      <c r="C52" s="171"/>
+      <c r="D52" s="172"/>
+      <c r="E52" s="174">
         <f>SUM(F52:K52)</f>
         <v>0</v>
       </c>
-      <c r="F52" s="175">
+      <c r="F52" s="174">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,$F$44)</f>
         <v>0</v>
       </c>
-      <c r="G52" s="175">
+      <c r="G52" s="174">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,$G$44)</f>
         <v>0</v>
       </c>
-      <c r="H52" s="175">
+      <c r="H52" s="174">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,$H$44)</f>
         <v>0</v>
       </c>
-      <c r="I52" s="175">
+      <c r="I52" s="174">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,$I$44)</f>
         <v>0</v>
       </c>
-      <c r="J52" s="175">
+      <c r="J52" s="174">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,$J$44)</f>
         <v>0</v>
       </c>
-      <c r="K52" s="175">
+      <c r="K52" s="174">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,$K$44)</f>
         <v>0</v>
       </c>
-      <c r="L52" s="175">
+      <c r="L52" s="174">
         <f>IF(AND(L$9=Metadaten!$F$2,L$16&gt;0,L$7&gt;0),IF(ISNA(VLOOKUP(L$7,Fördersystematik!$B$6:$K$9,IF(L$16&lt;=10,5,IF(L$16&gt;=15,10,L$16-5)),TRUE)),0,VLOOKUP(L$7,Fördersystematik!$B$6:$K$9,IF(L$16&lt;=10,5,IF(L$16&gt;=15,10,L$16-5)),TRUE)),0) * IF(L$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="M52" s="175">
+      <c r="M52" s="174">
         <f>IF(AND(M$9=Metadaten!$F$2,M$16&gt;0,M$7&gt;0),IF(ISNA(VLOOKUP(M$7,Fördersystematik!$B$6:$K$9,IF(M$16&lt;=10,5,IF(M$16&gt;=15,10,M$16-5)),TRUE)),0,VLOOKUP(M$7,Fördersystematik!$B$6:$K$9,IF(M$16&lt;=10,5,IF(M$16&gt;=15,10,M$16-5)),TRUE)),0) * IF(M$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="N52" s="175">
+      <c r="N52" s="174">
         <f>IF(AND(N$9=Metadaten!$F$2,N$16&gt;0,N$7&gt;0),IF(ISNA(VLOOKUP(N$7,Fördersystematik!$B$6:$K$9,IF(N$16&lt;=10,5,IF(N$16&gt;=15,10,N$16-5)),TRUE)),0,VLOOKUP(N$7,Fördersystematik!$B$6:$K$9,IF(N$16&lt;=10,5,IF(N$16&gt;=15,10,N$16-5)),TRUE)),0) * IF(N$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="O52" s="175">
+      <c r="O52" s="174">
         <f>IF(AND(O$9=Metadaten!$F$2,O$16&gt;0,O$7&gt;0),IF(ISNA(VLOOKUP(O$7,Fördersystematik!$B$6:$K$9,IF(O$16&lt;=10,5,IF(O$16&gt;=15,10,O$16-5)),TRUE)),0,VLOOKUP(O$7,Fördersystematik!$B$6:$K$9,IF(O$16&lt;=10,5,IF(O$16&gt;=15,10,O$16-5)),TRUE)),0) * IF(O$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="P52" s="175">
+      <c r="P52" s="174">
         <f>IF(AND(P$9=Metadaten!$F$2,P$16&gt;0,P$7&gt;0),IF(ISNA(VLOOKUP(P$7,Fördersystematik!$B$6:$K$9,IF(P$16&lt;=10,5,IF(P$16&gt;=15,10,P$16-5)),TRUE)),0,VLOOKUP(P$7,Fördersystematik!$B$6:$K$9,IF(P$16&lt;=10,5,IF(P$16&gt;=15,10,P$16-5)),TRUE)),0) * IF(P$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Q52" s="175">
+      <c r="Q52" s="174">
         <f>IF(AND(Q$9=Metadaten!$F$2,Q$16&gt;0,Q$7&gt;0),IF(ISNA(VLOOKUP(Q$7,Fördersystematik!$B$6:$K$9,IF(Q$16&lt;=10,5,IF(Q$16&gt;=15,10,Q$16-5)),TRUE)),0,VLOOKUP(Q$7,Fördersystematik!$B$6:$K$9,IF(Q$16&lt;=10,5,IF(Q$16&gt;=15,10,Q$16-5)),TRUE)),0) * IF(Q$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="R52" s="175">
+      <c r="R52" s="174">
         <f>IF(AND(R$9=Metadaten!$F$2,R$16&gt;0,R$7&gt;0),IF(ISNA(VLOOKUP(R$7,Fördersystematik!$B$6:$K$9,IF(R$16&lt;=10,5,IF(R$16&gt;=15,10,R$16-5)),TRUE)),0,VLOOKUP(R$7,Fördersystematik!$B$6:$K$9,IF(R$16&lt;=10,5,IF(R$16&gt;=15,10,R$16-5)),TRUE)),0) * IF(R$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="S52" s="175">
+      <c r="S52" s="174">
         <f>IF(AND(S$9=Metadaten!$F$2,S$16&gt;0,S$7&gt;0),IF(ISNA(VLOOKUP(S$7,Fördersystematik!$B$6:$K$9,IF(S$16&lt;=10,5,IF(S$16&gt;=15,10,S$16-5)),TRUE)),0,VLOOKUP(S$7,Fördersystematik!$B$6:$K$9,IF(S$16&lt;=10,5,IF(S$16&gt;=15,10,S$16-5)),TRUE)),0) * IF(S$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="T52" s="175">
+      <c r="T52" s="174">
         <f>IF(AND(T$9=Metadaten!$F$2,T$16&gt;0,T$7&gt;0),IF(ISNA(VLOOKUP(T$7,Fördersystematik!$B$6:$K$9,IF(T$16&lt;=10,5,IF(T$16&gt;=15,10,T$16-5)),TRUE)),0,VLOOKUP(T$7,Fördersystematik!$B$6:$K$9,IF(T$16&lt;=10,5,IF(T$16&gt;=15,10,T$16-5)),TRUE)),0) * IF(T$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="U52" s="175">
+      <c r="U52" s="174">
         <f>IF(AND(U$9=Metadaten!$F$2,U$16&gt;0,U$7&gt;0),IF(ISNA(VLOOKUP(U$7,Fördersystematik!$B$6:$K$9,IF(U$16&lt;=10,5,IF(U$16&gt;=15,10,U$16-5)),TRUE)),0,VLOOKUP(U$7,Fördersystematik!$B$6:$K$9,IF(U$16&lt;=10,5,IF(U$16&gt;=15,10,U$16-5)),TRUE)),0) * IF(U$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="V52" s="175">
+      <c r="V52" s="174">
         <f>IF(AND(V$9=Metadaten!$F$2,V$16&gt;0,V$7&gt;0),IF(ISNA(VLOOKUP(V$7,Fördersystematik!$B$6:$K$9,IF(V$16&lt;=10,5,IF(V$16&gt;=15,10,V$16-5)),TRUE)),0,VLOOKUP(V$7,Fördersystematik!$B$6:$K$9,IF(V$16&lt;=10,5,IF(V$16&gt;=15,10,V$16-5)),TRUE)),0) * IF(V$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="W52" s="175">
+      <c r="W52" s="174">
         <f>IF(AND(W$9=Metadaten!$F$2,W$16&gt;0,W$7&gt;0),IF(ISNA(VLOOKUP(W$7,Fördersystematik!$B$6:$K$9,IF(W$16&lt;=10,5,IF(W$16&gt;=15,10,W$16-5)),TRUE)),0,VLOOKUP(W$7,Fördersystematik!$B$6:$K$9,IF(W$16&lt;=10,5,IF(W$16&gt;=15,10,W$16-5)),TRUE)),0) * IF(W$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="X52" s="175">
+      <c r="X52" s="174">
         <f>IF(AND(X$9=Metadaten!$F$2,X$16&gt;0,X$7&gt;0),IF(ISNA(VLOOKUP(X$7,Fördersystematik!$B$6:$K$9,IF(X$16&lt;=10,5,IF(X$16&gt;=15,10,X$16-5)),TRUE)),0,VLOOKUP(X$7,Fördersystematik!$B$6:$K$9,IF(X$16&lt;=10,5,IF(X$16&gt;=15,10,X$16-5)),TRUE)),0) * IF(X$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Y52" s="175">
+      <c r="Y52" s="174">
         <f>IF(AND(Y$9=Metadaten!$F$2,Y$16&gt;0,Y$7&gt;0),IF(ISNA(VLOOKUP(Y$7,Fördersystematik!$B$6:$K$9,IF(Y$16&lt;=10,5,IF(Y$16&gt;=15,10,Y$16-5)),TRUE)),0,VLOOKUP(Y$7,Fördersystematik!$B$6:$K$9,IF(Y$16&lt;=10,5,IF(Y$16&gt;=15,10,Y$16-5)),TRUE)),0) * IF(Y$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Z52" s="175">
+      <c r="Z52" s="174">
         <f>IF(AND(Z$9=Metadaten!$F$2,Z$16&gt;0,Z$7&gt;0),IF(ISNA(VLOOKUP(Z$7,Fördersystematik!$B$6:$K$9,IF(Z$16&lt;=10,5,IF(Z$16&gt;=15,10,Z$16-5)),TRUE)),0,VLOOKUP(Z$7,Fördersystematik!$B$6:$K$9,IF(Z$16&lt;=10,5,IF(Z$16&gt;=15,10,Z$16-5)),TRUE)),0) * IF(Z$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AA52" s="175">
+      <c r="AA52" s="174">
         <f>IF(AND(AA$9=Metadaten!$F$2,AA$16&gt;0,AA$7&gt;0),IF(ISNA(VLOOKUP(AA$7,Fördersystematik!$B$6:$K$9,IF(AA$16&lt;=10,5,IF(AA$16&gt;=15,10,AA$16-5)),TRUE)),0,VLOOKUP(AA$7,Fördersystematik!$B$6:$K$9,IF(AA$16&lt;=10,5,IF(AA$16&gt;=15,10,AA$16-5)),TRUE)),0) * IF(AA$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AB52" s="175">
+      <c r="AB52" s="174">
         <f>IF(AND(AB$9=Metadaten!$F$2,AB$16&gt;0,AB$7&gt;0),IF(ISNA(VLOOKUP(AB$7,Fördersystematik!$B$6:$K$9,IF(AB$16&lt;=10,5,IF(AB$16&gt;=15,10,AB$16-5)),TRUE)),0,VLOOKUP(AB$7,Fördersystematik!$B$6:$K$9,IF(AB$16&lt;=10,5,IF(AB$16&gt;=15,10,AB$16-5)),TRUE)),0) * IF(AB$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AC52" s="175">
+      <c r="AC52" s="174">
         <f>IF(AND(AC$9=Metadaten!$F$2,AC$16&gt;0,AC$7&gt;0),IF(ISNA(VLOOKUP(AC$7,Fördersystematik!$B$6:$K$9,IF(AC$16&lt;=10,5,IF(AC$16&gt;=15,10,AC$16-5)),TRUE)),0,VLOOKUP(AC$7,Fördersystematik!$B$6:$K$9,IF(AC$16&lt;=10,5,IF(AC$16&gt;=15,10,AC$16-5)),TRUE)),0) * IF(AC$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AD52" s="175">
+      <c r="AD52" s="174">
         <f>IF(AND(AD$9=Metadaten!$F$2,AD$16&gt;0,AD$7&gt;0),IF(ISNA(VLOOKUP(AD$7,Fördersystematik!$B$6:$K$9,IF(AD$16&lt;=10,5,IF(AD$16&gt;=15,10,AD$16-5)),TRUE)),0,VLOOKUP(AD$7,Fördersystematik!$B$6:$K$9,IF(AD$16&lt;=10,5,IF(AD$16&gt;=15,10,AD$16-5)),TRUE)),0) * IF(AD$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AE52" s="175">
+      <c r="AE52" s="174">
         <f>IF(AND(AE$9=Metadaten!$F$2,AE$16&gt;0,AE$7&gt;0),IF(ISNA(VLOOKUP(AE$7,Fördersystematik!$B$6:$K$9,IF(AE$16&lt;=10,5,IF(AE$16&gt;=15,10,AE$16-5)),TRUE)),0,VLOOKUP(AE$7,Fördersystematik!$B$6:$K$9,IF(AE$16&lt;=10,5,IF(AE$16&gt;=15,10,AE$16-5)),TRUE)),0) * IF(AE$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:53" s="170" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="171" t="str">
+    <row r="53" spans="1:53" s="169" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="170" t="str">
         <f>Übersetzungen!B51</f>
         <v xml:space="preserve">Max. Förderbeitrag Masterarbeiten </v>
       </c>
-      <c r="C53" s="172"/>
-[...1 lines deleted...]
-      <c r="E53" s="175">
+      <c r="C53" s="171"/>
+      <c r="D53" s="172"/>
+      <c r="E53" s="174">
         <f>SUM(F53:K53)</f>
         <v>0</v>
       </c>
-      <c r="F53" s="175">
+      <c r="F53" s="174">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,$F$44)</f>
         <v>0</v>
       </c>
-      <c r="G53" s="175">
+      <c r="G53" s="174">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,$G$44)</f>
         <v>0</v>
       </c>
-      <c r="H53" s="175">
+      <c r="H53" s="174">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,$H$44)</f>
         <v>0</v>
       </c>
-      <c r="I53" s="175">
+      <c r="I53" s="174">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,$I$44)</f>
         <v>0</v>
       </c>
-      <c r="J53" s="175">
+      <c r="J53" s="174">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,$J$44)</f>
         <v>0</v>
       </c>
-      <c r="K53" s="175">
+      <c r="K53" s="174">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,$K$44)</f>
         <v>0</v>
       </c>
-      <c r="L53" s="175">
+      <c r="L53" s="174">
         <f>Fördersystematik!$D$11*L$11</f>
         <v>0</v>
       </c>
-      <c r="M53" s="175">
+      <c r="M53" s="174">
         <f>Fördersystematik!$D$11*M$11</f>
         <v>0</v>
       </c>
-      <c r="N53" s="175">
+      <c r="N53" s="174">
         <f>Fördersystematik!$D$11*N$11</f>
         <v>0</v>
       </c>
-      <c r="O53" s="175">
+      <c r="O53" s="174">
         <f>Fördersystematik!$D$11*O$11</f>
         <v>0</v>
       </c>
-      <c r="P53" s="175">
+      <c r="P53" s="174">
         <f>Fördersystematik!$D$11*P$11</f>
         <v>0</v>
       </c>
-      <c r="Q53" s="175">
+      <c r="Q53" s="174">
         <f>Fördersystematik!$D$11*Q$11</f>
         <v>0</v>
       </c>
-      <c r="R53" s="175">
+      <c r="R53" s="174">
         <f>Fördersystematik!$D$11*R$11</f>
         <v>0</v>
       </c>
-      <c r="S53" s="175">
+      <c r="S53" s="174">
         <f>Fördersystematik!$D$11*S$11</f>
         <v>0</v>
       </c>
-      <c r="T53" s="175">
+      <c r="T53" s="174">
         <f>Fördersystematik!$D$11*T$11</f>
         <v>0</v>
       </c>
-      <c r="U53" s="175">
+      <c r="U53" s="174">
         <f>Fördersystematik!$D$11*U$11</f>
         <v>0</v>
       </c>
-      <c r="V53" s="175">
+      <c r="V53" s="174">
         <f>Fördersystematik!$D$11*V$11</f>
         <v>0</v>
       </c>
-      <c r="W53" s="175">
+      <c r="W53" s="174">
         <f>Fördersystematik!$D$11*W$11</f>
         <v>0</v>
       </c>
-      <c r="X53" s="175">
+      <c r="X53" s="174">
         <f>Fördersystematik!$D$11*X$11</f>
         <v>0</v>
       </c>
-      <c r="Y53" s="175">
+      <c r="Y53" s="174">
         <f>Fördersystematik!$D$11*Y$11</f>
         <v>0</v>
       </c>
-      <c r="Z53" s="175">
+      <c r="Z53" s="174">
         <f>Fördersystematik!$D$11*Z$11</f>
         <v>0</v>
       </c>
-      <c r="AA53" s="175">
+      <c r="AA53" s="174">
         <f>Fördersystematik!$D$11*AA$11</f>
         <v>0</v>
       </c>
-      <c r="AB53" s="175">
+      <c r="AB53" s="174">
         <f>Fördersystematik!$D$11*AB$11</f>
         <v>0</v>
       </c>
-      <c r="AC53" s="175">
+      <c r="AC53" s="174">
         <f>Fördersystematik!$D$11*AC$11</f>
         <v>0</v>
       </c>
-      <c r="AD53" s="175">
+      <c r="AD53" s="174">
         <f>Fördersystematik!$D$11*AD$11</f>
         <v>0</v>
       </c>
-      <c r="AE53" s="176">
+      <c r="AE53" s="175">
         <f>Fördersystematik!$D$11*AE$11</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:53" s="179" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B54" s="171" t="str">
+    <row r="54" spans="1:53" s="178" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="169"/>
+      <c r="B54" s="170" t="str">
         <f>Übersetzungen!B52</f>
         <v>Total maximaler Förderbeitrag</v>
       </c>
-      <c r="C54" s="177"/>
-[...1 lines deleted...]
-      <c r="E54" s="175">
+      <c r="C54" s="176"/>
+      <c r="D54" s="172"/>
+      <c r="E54" s="174">
         <f>SUM(E50:E53)</f>
         <v>0</v>
       </c>
-      <c r="F54" s="175">
+      <c r="F54" s="174">
         <f t="shared" ref="F54:H54" si="21">SUM(F50:F53)</f>
         <v>0</v>
       </c>
-      <c r="G54" s="175">
+      <c r="G54" s="174">
         <f>SUM(G50:G53)</f>
         <v>0</v>
       </c>
-      <c r="H54" s="175">
+      <c r="H54" s="174">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="I54" s="175">
+      <c r="I54" s="174">
         <f t="shared" ref="I54" si="22">SUM(I50:I53)</f>
         <v>0</v>
       </c>
-      <c r="J54" s="175">
+      <c r="J54" s="174">
         <f>SUM(J50:J53)</f>
         <v>0</v>
       </c>
-      <c r="K54" s="175">
+      <c r="K54" s="174">
         <f t="shared" ref="K54:AE54" si="23">SUM(K50:K53)</f>
         <v>0</v>
       </c>
-      <c r="L54" s="178">
+      <c r="L54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="M54" s="178">
+      <c r="M54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="N54" s="178">
+      <c r="N54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="O54" s="178">
+      <c r="O54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="P54" s="178">
+      <c r="P54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="Q54" s="178">
+      <c r="Q54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="R54" s="178">
+      <c r="R54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="S54" s="178">
+      <c r="S54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="T54" s="178">
+      <c r="T54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="U54" s="178">
+      <c r="U54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="V54" s="178">
+      <c r="V54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="W54" s="178">
+      <c r="W54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="X54" s="178">
+      <c r="X54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="Y54" s="178">
+      <c r="Y54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="Z54" s="178">
+      <c r="Z54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="AA54" s="178">
+      <c r="AA54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="AB54" s="178">
+      <c r="AB54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="AC54" s="178">
+      <c r="AC54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="AD54" s="178">
+      <c r="AD54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="AE54" s="178">
+      <c r="AE54" s="177">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="AF54" s="170"/>
-[...24 lines deleted...]
-      <c r="B55" s="180" t="str">
+      <c r="AF54" s="169"/>
+      <c r="AG54" s="169"/>
+      <c r="AH54" s="169"/>
+      <c r="AI54" s="169"/>
+      <c r="AJ54" s="169"/>
+      <c r="AK54" s="169"/>
+      <c r="AL54" s="169"/>
+      <c r="AM54" s="169"/>
+      <c r="AN54" s="169"/>
+      <c r="AO54" s="169"/>
+      <c r="AP54" s="169"/>
+      <c r="AQ54" s="169"/>
+      <c r="AR54" s="169"/>
+      <c r="AS54" s="169"/>
+      <c r="AT54" s="169"/>
+      <c r="AU54" s="169"/>
+      <c r="AV54" s="169"/>
+      <c r="AW54" s="169"/>
+      <c r="AX54" s="169"/>
+      <c r="AY54" s="169"/>
+      <c r="AZ54" s="169"/>
+      <c r="BA54" s="169"/>
+    </row>
+    <row r="55" spans="1:53" s="178" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="169"/>
+      <c r="B55" s="179" t="str">
         <f>Übersetzungen!B53</f>
         <v xml:space="preserve">Erfolg mit maximalem Förderbeitrag </v>
       </c>
-      <c r="C55" s="181" t="str">
+      <c r="C55" s="180" t="str">
         <f>Übersetzungen!B61</f>
         <v>Zwischenergebnis</v>
       </c>
-      <c r="D55" s="173"/>
-      <c r="E55" s="175">
+      <c r="D55" s="172"/>
+      <c r="E55" s="174">
         <f>E49+E54-E42</f>
         <v>0</v>
       </c>
-      <c r="F55" s="175">
+      <c r="F55" s="174">
         <f t="shared" ref="F55:AE55" si="24">F49+F54-F42</f>
         <v>0</v>
       </c>
-      <c r="G55" s="175">
+      <c r="G55" s="174">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="H55" s="175">
+      <c r="H55" s="174">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="I55" s="175">
+      <c r="I55" s="174">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="J55" s="175">
+      <c r="J55" s="174">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="K55" s="175">
+      <c r="K55" s="174">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="L55" s="174">
+      <c r="L55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="M55" s="174">
+      <c r="M55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="N55" s="174">
+      <c r="N55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="O55" s="174">
+      <c r="O55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="P55" s="174">
+      <c r="P55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="Q55" s="174">
+      <c r="Q55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="R55" s="174">
+      <c r="R55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="S55" s="174">
+      <c r="S55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="T55" s="174">
+      <c r="T55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="U55" s="174">
+      <c r="U55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="V55" s="174">
+      <c r="V55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="W55" s="174">
+      <c r="W55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="X55" s="174">
+      <c r="X55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="Y55" s="174">
+      <c r="Y55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="Z55" s="174">
+      <c r="Z55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AA55" s="174">
+      <c r="AA55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AB55" s="174">
+      <c r="AB55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AC55" s="174">
+      <c r="AC55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AD55" s="174">
+      <c r="AD55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AE55" s="174">
+      <c r="AE55" s="173">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AF55" s="170"/>
-[...24 lines deleted...]
-      <c r="B56" s="171" t="str">
+      <c r="AF55" s="169"/>
+      <c r="AG55" s="169"/>
+      <c r="AH55" s="169"/>
+      <c r="AI55" s="169"/>
+      <c r="AJ55" s="169"/>
+      <c r="AK55" s="169"/>
+      <c r="AL55" s="169"/>
+      <c r="AM55" s="169"/>
+      <c r="AN55" s="169"/>
+      <c r="AO55" s="169"/>
+      <c r="AP55" s="169"/>
+      <c r="AQ55" s="169"/>
+      <c r="AR55" s="169"/>
+      <c r="AS55" s="169"/>
+      <c r="AT55" s="169"/>
+      <c r="AU55" s="169"/>
+      <c r="AV55" s="169"/>
+      <c r="AW55" s="169"/>
+      <c r="AX55" s="169"/>
+      <c r="AY55" s="169"/>
+      <c r="AZ55" s="169"/>
+      <c r="BA55" s="169"/>
+    </row>
+    <row r="56" spans="1:53" s="178" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="169"/>
+      <c r="B56" s="170" t="str">
         <f>Übersetzungen!B54</f>
         <v>Gewinn in %</v>
       </c>
-      <c r="C56" s="177"/>
-[...8 lines deleted...]
-      <c r="L56" s="183">
+      <c r="C56" s="176"/>
+      <c r="D56" s="172"/>
+      <c r="E56" s="181"/>
+      <c r="F56" s="181"/>
+      <c r="G56" s="181"/>
+      <c r="H56" s="181"/>
+      <c r="I56" s="181"/>
+      <c r="J56" s="181"/>
+      <c r="K56" s="181"/>
+      <c r="L56" s="182">
         <f t="shared" ref="L56:AE56" si="25">IF(ISERR(L55/L42),0,L55/L42)</f>
         <v>0</v>
       </c>
-      <c r="M56" s="293">
+      <c r="M56" s="289">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="N56" s="294">
+      <c r="N56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="O56" s="294">
+      <c r="O56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="P56" s="294">
+      <c r="P56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="Q56" s="294">
+      <c r="Q56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="R56" s="294">
+      <c r="R56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="S56" s="294">
+      <c r="S56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="T56" s="294">
+      <c r="T56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="U56" s="294">
+      <c r="U56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="V56" s="294">
+      <c r="V56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="W56" s="294">
+      <c r="W56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="X56" s="294">
+      <c r="X56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="Y56" s="294">
+      <c r="Y56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="Z56" s="294">
+      <c r="Z56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="AA56" s="294">
+      <c r="AA56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="AB56" s="294">
+      <c r="AB56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="AC56" s="294">
+      <c r="AC56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="AD56" s="294">
+      <c r="AD56" s="290">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="AE56" s="295">
+      <c r="AE56" s="291">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="AF56" s="170"/>
-[...23 lines deleted...]
-      <c r="B57" s="171" t="str">
+      <c r="AF56" s="169"/>
+      <c r="AG56" s="169"/>
+      <c r="AH56" s="169"/>
+      <c r="AI56" s="169"/>
+      <c r="AJ56" s="169"/>
+      <c r="AK56" s="169"/>
+      <c r="AL56" s="169"/>
+      <c r="AM56" s="169"/>
+      <c r="AN56" s="169"/>
+      <c r="AO56" s="169"/>
+      <c r="AP56" s="169"/>
+      <c r="AQ56" s="169"/>
+      <c r="AR56" s="169"/>
+      <c r="AS56" s="169"/>
+      <c r="AT56" s="169"/>
+      <c r="AU56" s="169"/>
+      <c r="AV56" s="169"/>
+      <c r="AW56" s="169"/>
+      <c r="AX56" s="169"/>
+      <c r="AY56" s="169"/>
+      <c r="AZ56" s="169"/>
+      <c r="BA56" s="169"/>
+    </row>
+    <row r="57" spans="1:53" s="169" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B57" s="170" t="str">
         <f>Übersetzungen!B63</f>
         <v>Anteil des maximalen Förderbeitrages in % der Gesamtkosten</v>
       </c>
-      <c r="C57" s="172"/>
-[...8 lines deleted...]
-      <c r="L57" s="183">
+      <c r="C57" s="171"/>
+      <c r="D57" s="172"/>
+      <c r="E57" s="181"/>
+      <c r="F57" s="181"/>
+      <c r="G57" s="181"/>
+      <c r="H57" s="181"/>
+      <c r="I57" s="181"/>
+      <c r="J57" s="181"/>
+      <c r="K57" s="181"/>
+      <c r="L57" s="182">
         <f t="shared" ref="L57:AE57" si="26">IF(ISERR(L54/L42),0,L54/L42)</f>
         <v>0</v>
       </c>
-      <c r="M57" s="293">
+      <c r="M57" s="289">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="N57" s="294">
+      <c r="N57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="O57" s="294">
+      <c r="O57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="P57" s="294">
+      <c r="P57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Q57" s="294">
+      <c r="Q57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="R57" s="294">
+      <c r="R57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="S57" s="294">
+      <c r="S57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="T57" s="294">
+      <c r="T57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="U57" s="294">
+      <c r="U57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="V57" s="294">
+      <c r="V57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="W57" s="294">
+      <c r="W57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="X57" s="294">
+      <c r="X57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Y57" s="294">
+      <c r="Y57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Z57" s="294">
+      <c r="Z57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AA57" s="294">
+      <c r="AA57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AB57" s="294">
+      <c r="AB57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AC57" s="294">
+      <c r="AC57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AD57" s="294">
+      <c r="AD57" s="290">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AE57" s="295">
+      <c r="AE57" s="291">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:53" s="170" customFormat="1" ht="33.75" x14ac:dyDescent="0.2">
-      <c r="B58" s="171" t="str">
+    <row r="58" spans="1:53" s="169" customFormat="1" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="B58" s="170" t="str">
         <f>Übersetzungen!B55</f>
         <v>Kürzung des max. Förderbeitrags</v>
       </c>
-      <c r="C58" s="172" t="str">
+      <c r="C58" s="171" t="str">
         <f>Übersetzungen!B62</f>
         <v>Kürzung sofern das Total der maximalen Förderbeiträge mehr als 40% der Gesamtkosten beträgt bzw. zu einer Gewinnerzielung &gt; 5% führt.</v>
       </c>
-      <c r="D58" s="173" t="s">
+      <c r="D58" s="172" t="s">
         <v>54</v>
       </c>
-      <c r="E58" s="175">
+      <c r="E58" s="174">
         <f>SUM(F58:K58)</f>
         <v>0</v>
       </c>
-      <c r="F58" s="175">
+      <c r="F58" s="174">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,F$44)</f>
         <v>0</v>
       </c>
-      <c r="G58" s="175">
+      <c r="G58" s="174">
         <f t="shared" ref="G58:K58" si="27">SUMIFS($L58:$AE58,$L$15:$AE$15,G$44)</f>
         <v>0</v>
       </c>
-      <c r="H58" s="175">
+      <c r="H58" s="174">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="I58" s="175">
+      <c r="I58" s="174">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="J58" s="175">
+      <c r="J58" s="174">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="K58" s="175">
+      <c r="K58" s="174">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="L58" s="184">
+      <c r="L58" s="183">
         <f>L66</f>
         <v>0</v>
       </c>
-      <c r="M58" s="184">
+      <c r="M58" s="183">
         <f t="shared" ref="M58:AE58" si="28">M66</f>
         <v>0</v>
       </c>
-      <c r="N58" s="184">
+      <c r="N58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="O58" s="184">
+      <c r="O58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="P58" s="184">
+      <c r="P58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="Q58" s="184">
+      <c r="Q58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="R58" s="184">
+      <c r="R58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="S58" s="184">
+      <c r="S58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="T58" s="184">
+      <c r="T58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="U58" s="184">
+      <c r="U58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="V58" s="184">
+      <c r="V58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="W58" s="184">
+      <c r="W58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="X58" s="184">
+      <c r="X58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="Y58" s="184">
+      <c r="Y58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="Z58" s="184">
+      <c r="Z58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="AA58" s="184">
+      <c r="AA58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="AB58" s="184">
+      <c r="AB58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="AC58" s="184">
+      <c r="AC58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="AD58" s="184">
+      <c r="AD58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="AE58" s="184">
+      <c r="AE58" s="183">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:53" s="14" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A59" s="9"/>
       <c r="B59" s="28" t="str">
         <f>Übersetzungen!B56</f>
         <v xml:space="preserve">Effektiver Subventionsbetrag </v>
       </c>
       <c r="C59" s="51" t="str">
         <f>Übersetzungen!B64</f>
         <v>nach allfällliger Kürzung des maximalen Förderbeitrags</v>
       </c>
       <c r="D59" s="13" t="s">
         <v>43</v>
       </c>
       <c r="E59" s="61">
         <f>SUM(F59:K59)</f>
         <v>0</v>
       </c>
       <c r="F59" s="61">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,F$44)</f>
         <v>0</v>
       </c>
@@ -11476,585 +11484,585 @@
       <c r="AM59" s="9"/>
       <c r="AN59" s="9"/>
       <c r="AO59" s="9"/>
       <c r="AP59" s="9"/>
       <c r="AQ59" s="9"/>
       <c r="AR59" s="9"/>
       <c r="AS59" s="9"/>
       <c r="AT59" s="9"/>
       <c r="AU59" s="9"/>
       <c r="AV59" s="9"/>
       <c r="AW59" s="9"/>
       <c r="AX59" s="9"/>
       <c r="AY59" s="9"/>
       <c r="AZ59" s="9"/>
       <c r="BA59" s="9"/>
     </row>
     <row r="60" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="29" t="str">
         <f>Übersetzungen!B57</f>
         <v>Prozentualer Anteil der Subvention an den Gesamtkosten</v>
       </c>
       <c r="C60" s="29"/>
       <c r="D60" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="E60" s="206">
+      <c r="E60" s="203">
         <f t="shared" ref="E60:K60" si="31">IF(ISERR(E59/E42),0,E59/E42)</f>
         <v>0</v>
       </c>
-      <c r="F60" s="206">
+      <c r="F60" s="203">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="G60" s="206">
+      <c r="G60" s="203">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="H60" s="206">
+      <c r="H60" s="203">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="I60" s="206">
+      <c r="I60" s="203">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="J60" s="206">
+      <c r="J60" s="203">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="K60" s="206">
+      <c r="K60" s="203">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="L60" s="209"/>
-[...18 lines deleted...]
-      <c r="AE60" s="209"/>
+      <c r="L60" s="206"/>
+      <c r="M60" s="206"/>
+      <c r="N60" s="206"/>
+      <c r="O60" s="206"/>
+      <c r="P60" s="206"/>
+      <c r="Q60" s="206"/>
+      <c r="R60" s="206"/>
+      <c r="S60" s="206"/>
+      <c r="T60" s="206"/>
+      <c r="U60" s="206"/>
+      <c r="V60" s="206"/>
+      <c r="W60" s="206"/>
+      <c r="X60" s="206"/>
+      <c r="Y60" s="206"/>
+      <c r="Z60" s="206"/>
+      <c r="AA60" s="206"/>
+      <c r="AB60" s="206"/>
+      <c r="AC60" s="206"/>
+      <c r="AD60" s="206"/>
+      <c r="AE60" s="206"/>
     </row>
     <row r="61" spans="1:53" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="28" t="str">
         <f>Übersetzungen!B58</f>
         <v>Eigenleistungen (-) / Gewinn der Bildungsinstitution (+)</v>
       </c>
       <c r="C61" s="51"/>
       <c r="D61" s="70"/>
-      <c r="E61" s="291">
+      <c r="E61" s="287">
         <f>INT(E49+E59-E42)</f>
         <v>0</v>
       </c>
-      <c r="F61" s="291">
+      <c r="F61" s="287">
         <f t="shared" ref="F61:K61" si="32">INT(F49+F59-F42)</f>
         <v>0</v>
       </c>
-      <c r="G61" s="291">
+      <c r="G61" s="287">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="H61" s="291">
+      <c r="H61" s="287">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="I61" s="291">
+      <c r="I61" s="287">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="J61" s="291">
+      <c r="J61" s="287">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="K61" s="291">
+      <c r="K61" s="287">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="L61" s="291">
+      <c r="L61" s="287">
         <f>INT(L49+L59-L42)</f>
         <v>0</v>
       </c>
-      <c r="M61" s="291">
+      <c r="M61" s="287">
         <f t="shared" ref="M61:AE61" si="33">INT(M49+M59-M42)</f>
         <v>0</v>
       </c>
-      <c r="N61" s="291">
+      <c r="N61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="O61" s="291">
+      <c r="O61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="P61" s="291">
+      <c r="P61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="Q61" s="291">
+      <c r="Q61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="R61" s="291">
+      <c r="R61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="S61" s="291">
+      <c r="S61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="T61" s="291">
+      <c r="T61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="U61" s="291">
+      <c r="U61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="V61" s="291">
+      <c r="V61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="W61" s="291">
+      <c r="W61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="X61" s="291">
+      <c r="X61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="Y61" s="291">
+      <c r="Y61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="Z61" s="291">
+      <c r="Z61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="AA61" s="291">
+      <c r="AA61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="AB61" s="291">
+      <c r="AB61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="AC61" s="291">
+      <c r="AC61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="AD61" s="291">
+      <c r="AD61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="AE61" s="291">
+      <c r="AE61" s="287">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:53" s="188" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:53" s="187" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="75" t="str">
         <f>Übersetzungen!B59</f>
         <v>Total Einnahmen (ohne Eigenmittel)</v>
       </c>
-      <c r="C62" s="189"/>
-[...1 lines deleted...]
-      <c r="E62" s="207">
+      <c r="C62" s="188"/>
+      <c r="D62" s="189"/>
+      <c r="E62" s="204">
         <f>INT(E59+E49)</f>
         <v>0</v>
       </c>
-      <c r="F62" s="207">
+      <c r="F62" s="204">
         <f>INT(F59+F49)</f>
         <v>0</v>
       </c>
-      <c r="G62" s="207">
+      <c r="G62" s="204">
         <f>INT(G59+G49)</f>
         <v>0</v>
       </c>
-      <c r="H62" s="207">
+      <c r="H62" s="204">
         <f t="shared" ref="H62:AE62" si="34">INT(H59+H49)</f>
         <v>0</v>
       </c>
-      <c r="I62" s="207">
+      <c r="I62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="J62" s="207">
+      <c r="J62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="K62" s="207">
+      <c r="K62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="L62" s="207">
+      <c r="L62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="M62" s="207">
+      <c r="M62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="N62" s="207">
+      <c r="N62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="O62" s="207">
+      <c r="O62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="P62" s="207">
+      <c r="P62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="Q62" s="207">
+      <c r="Q62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="R62" s="207">
+      <c r="R62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="S62" s="207">
+      <c r="S62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="T62" s="207">
+      <c r="T62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="U62" s="207">
+      <c r="U62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="V62" s="207">
+      <c r="V62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="W62" s="207">
+      <c r="W62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="X62" s="207">
+      <c r="X62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="Y62" s="207">
+      <c r="Y62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="Z62" s="207">
+      <c r="Z62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="AA62" s="207">
+      <c r="AA62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="AB62" s="207">
+      <c r="AB62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="AC62" s="207">
+      <c r="AC62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="AD62" s="207">
+      <c r="AD62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
-      <c r="AE62" s="207">
+      <c r="AE62" s="204">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:53" s="300" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L64" s="304">
+    <row r="64" spans="1:53" s="296" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D64" s="297"/>
+      <c r="L64" s="300">
         <f>IF(L$56&gt;0.05,L$55-(0.05*L$42),0)</f>
         <v>0</v>
       </c>
-      <c r="M64" s="304">
+      <c r="M64" s="300">
         <f t="shared" ref="M64:AE64" si="35">IF(M$56&gt;0.05,M$55-(0.05*M$42),0)</f>
         <v>0</v>
       </c>
-      <c r="N64" s="304">
+      <c r="N64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="O64" s="304">
+      <c r="O64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="P64" s="304">
+      <c r="P64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="Q64" s="304">
+      <c r="Q64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="R64" s="304">
+      <c r="R64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="S64" s="304">
+      <c r="S64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="T64" s="304">
+      <c r="T64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="U64" s="304">
+      <c r="U64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="V64" s="304">
+      <c r="V64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="W64" s="304">
+      <c r="W64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="X64" s="304">
+      <c r="X64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="Y64" s="304">
+      <c r="Y64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="Z64" s="304">
+      <c r="Z64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="AA64" s="304">
+      <c r="AA64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="AB64" s="304">
+      <c r="AB64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="AC64" s="304">
+      <c r="AC64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="AD64" s="304">
+      <c r="AD64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
-      <c r="AE64" s="304">
+      <c r="AE64" s="300">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="4:31" s="300" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L65" s="304">
+    <row r="65" spans="4:31" s="296" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D65" s="297"/>
+      <c r="L65" s="300">
         <f>IF(ISERR((L$54-L$64)/L$42),0,IF(((L$54-L$64)/L$42)&lt;0.4,0,(((L$54-L$64)/L$42)-0.4)*L$42))</f>
         <v>0</v>
       </c>
-      <c r="M65" s="304">
+      <c r="M65" s="300">
         <f t="shared" ref="M65:AE65" si="36">IF(ISERR((M$54-M$64)/M$42),0,IF(((M$54-M$64)/M$42)&lt;0.4,0,(((M$54-M$64)/M$42)-0.4)*M$42))</f>
         <v>0</v>
       </c>
-      <c r="N65" s="304">
+      <c r="N65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="O65" s="304">
+      <c r="O65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="P65" s="304">
+      <c r="P65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="Q65" s="304">
+      <c r="Q65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="R65" s="304">
+      <c r="R65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="S65" s="304">
+      <c r="S65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="T65" s="304">
+      <c r="T65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="U65" s="304">
+      <c r="U65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="V65" s="304">
+      <c r="V65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="W65" s="304">
+      <c r="W65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="X65" s="304">
+      <c r="X65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="Y65" s="304">
+      <c r="Y65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="Z65" s="304">
+      <c r="Z65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="AA65" s="304">
+      <c r="AA65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="AB65" s="304">
+      <c r="AB65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="AC65" s="304">
+      <c r="AC65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="AD65" s="304">
+      <c r="AD65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="AE65" s="304">
+      <c r="AE65" s="300">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="4:31" s="300" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L66" s="304">
+    <row r="66" spans="4:31" s="296" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D66" s="297"/>
+      <c r="L66" s="300">
         <f t="shared" ref="L66:AE66" si="37">IF(L54-(L65+L64)&lt;0,L54,L65+L64)</f>
         <v>0</v>
       </c>
-      <c r="M66" s="304">
+      <c r="M66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="N66" s="304">
+      <c r="N66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="O66" s="304">
+      <c r="O66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="P66" s="304">
+      <c r="P66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="Q66" s="304">
+      <c r="Q66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="R66" s="304">
+      <c r="R66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="S66" s="304">
+      <c r="S66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="T66" s="304">
+      <c r="T66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="U66" s="304">
+      <c r="U66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="V66" s="304">
+      <c r="V66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="W66" s="304">
+      <c r="W66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="X66" s="304">
+      <c r="X66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="Y66" s="304">
+      <c r="Y66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="Z66" s="304">
+      <c r="Z66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AA66" s="304">
+      <c r="AA66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AB66" s="304">
+      <c r="AB66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AC66" s="304">
+      <c r="AC66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AD66" s="304">
+      <c r="AD66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AE66" s="304">
+      <c r="AE66" s="300">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="4:31" s="302" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="D67" s="303"/>
+    <row r="67" spans="4:31" s="298" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D67" s="299"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LGUXThNKMKkeIOg/abkFrhFa0lQElNgYx+1yQ//jsoJ5uVeIrztLLDFI6BLxQ/U2RrNIJrW8VNB5a7vji9Z/vg==" saltValue="l+E+pJNOhpEOWJvS+B/17Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="4KzbPH/4RebyKk9MFnIve5FfieZHb6aK5k2+k7b8tUJihPR1Bh8DPen0O+Cbj3VrvAKSM0ZZXnga+mtpUUS8Vw==" saltValue="fIw7THIdVCmOtK2KOZpljw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B13:B14"/>
   </mergeCells>
   <conditionalFormatting sqref="L39:AE39">
     <cfRule type="expression" dxfId="14" priority="3">
       <formula>L$11&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L58:AE58">
     <cfRule type="expression" dxfId="13" priority="1">
       <formula>L$58&lt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="533" yWindow="679" count="16">
     <dataValidation allowBlank="1" showInputMessage="1" prompt="Bitte den Titel des Lehrgangs oder MAS erfassen. / Veuillez saisir le titre du cours ou du MAS." sqref="L5:AE5" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
     <dataValidation errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" errorTitle="Eingabe nicht korrekt" error="Das Enddatum kann nicht vor dem Startdatum sein." promptTitle="Zeitspanne erfassen" prompt="Bitte Start- und Enddatum des Lehrgangs erfassen." sqref="L15:AE15" xr:uid="{00000000-0002-0000-0100-000001000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Geldgeber" prompt="Bitte Geldgeber erfassen, falls Einnahmen aus Drittmittel eingehen./ Bailleurs de fonds. Veuillez svp saisir les bailleurs de fonds si des recettes proviennent de fonds de tiers." sqref="C46:C47" xr:uid="{00000000-0002-0000-0100-000002000000}"/>
     <dataValidation allowBlank="1" promptTitle="Antragsteller Typ" prompt="Ist der Lehrgangsanbieter eine Fachhochschule? Bitte auswählen" sqref="L3" xr:uid="{00000000-0002-0000-0100-000003000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Bezeichnung Eingeben" prompt="Bitte Bezeichnung der Kostenart bei Adaption &gt; 50% erfassen, falls Beträge in der Zeile eingegeben werden." sqref="B25:B27" xr:uid="{00000000-0002-0000-0100-000004000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Bezeichnung Eingeben" prompt="Bitte Bezeichnung der Kostenart bei der Durchführung erfassen, falls Beträge in der Zeile eingegeben werden." sqref="B36:B38" xr:uid="{00000000-0002-0000-0100-000005000000}"/>
     <dataValidation type="whole" errorStyle="warning" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Wert  nicht korrekt" error="Es wird ein ganzzahliger Betrag in CHF erwartet. / Valeur invalide : un nombre entier en CHF est requis." promptTitle="Betrag eingeben" prompt="Bitte einen ganzzahligen Betrag in CHF eingeben. / _x000a_Montant : veuillez svp saisir un montant entier en CHF." sqref="L46:AE47" xr:uid="{00000000-0002-0000-0100-000006000000}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" sqref="B20:B24" xr:uid="{00000000-0002-0000-0100-000007000000}"/>
     <dataValidation type="whole" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe ungültig" error="Es wird nur eine Zahl als Eingabe erwartet. / _x000a_Saisie invalide : seul un nombre est admis." promptTitle="Masterarbeiten" prompt="Ganzzahligen Wert eingeben.  / _x000a_Travaux de master : veuillez svp saisir une valeur entière." sqref="L11:AE11" xr:uid="{00000000-0002-0000-0100-000008000000}">
@@ -12063,52 +12071,52 @@
     </dataValidation>
     <dataValidation type="decimal" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es wird eine Zahl als Eingabe erwartet. / Saisie invalide : un nombre est requis." promptTitle="Betrag erfassen" prompt="Betrag in CHF /_x000a_Montant :  montant en CHF" sqref="L17:T17" xr:uid="{00000000-0002-0000-0100-000009000000}">
       <formula1>1</formula1>
       <formula2>80000</formula2>
     </dataValidation>
     <dataValidation type="decimal" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es wird eine Zahl als Eingabe erwartet. / Saisie invalide : un nombre est requis." promptTitle="Betrag in CHF" prompt="Montant en CHF" sqref="U17:AE17" xr:uid="{00000000-0002-0000-0100-00000A000000}">
       <formula1>1</formula1>
       <formula2>80000</formula2>
     </dataValidation>
     <dataValidation type="whole" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe ungültig" error="Es wird nur eine Zahl als Eingabe erwartet. / Saisie invalide : seul un nombre est admis." promptTitle="Präsenzunterricht" prompt="Anzahl Tage eingeben. / _x000a_Veuillez svp saisir  le nombre de jours de cours en présentiel." sqref="L7:AE7" xr:uid="{00000000-0002-0000-0100-00000B000000}">
       <formula1>1</formula1>
       <formula2>5000</formula2>
     </dataValidation>
     <dataValidation type="date" errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Das Enddatum kann nicht vor dem Startdatum sein. / _x000a_Saisie invalide : la date de fin ne peut être antérieure à la date de début." promptTitle="Zeitspanne erfassen" prompt="Enddatum tt.mm.jjjj  / _x000a_Période : Date de fin du cours jj.mm.aaaa." sqref="L14:AE14" xr:uid="{00000000-0002-0000-0100-00000C000000}">
       <formula1>L13</formula1>
     </dataValidation>
     <dataValidation type="whole" errorStyle="warning" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Wert  nicht korrekt" error="Es wird ein ganzzahliger Betrag in CHF erwartet. / Valeur incorrecte : un nb entier en CHF est requis." promptTitle="Betrag eingeben" prompt="Ganzzahligen Betrag in CHF eingeben, falls das Feld orange hinterlegt ist. / Montant : veuillez svp saisir un montant entier en CHF si le champ est surligné en orange." sqref="L20:AE39" xr:uid="{00000000-0002-0000-0100-00000D000000}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es muss eine Zahl grösser oder gleich 8 sein. / Saisie invalide : le nombre doit être supérieur ou égal à 8." promptTitle="Anzahl Teilnehmende" prompt="Zahl ab 10 Personen /_x000a_Nombre de participant(e)s : nb à partir de 10 personnes." sqref="L16:AE16" xr:uid="{00000000-0002-0000-0100-00000E000000}">
       <formula1>8</formula1>
       <formula2>10000</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Betrag positiv = Eigenleistungen; Betrag negativ = Gewinn /_x000a_Montant positif = Prestations propres; montant negatif = gains" sqref="B61" xr:uid="{00000000-0002-0000-0100-00000F000000}"/>
   </dataValidations>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.59055118110236227" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="51" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3074" r:id="rId4" name="Check Box 2">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="  Fachhochsschuled / Haute école spécialisée">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>4</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
@@ -12197,1300 +12205,1302 @@
           <x14:formula1>
             <xm:f>Metadaten!$B$6</xm:f>
           </x14:formula1>
           <xm:sqref>L13:AE13</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es wird nur ein Wert aus der Auswahlliste erwartet. /_x000a_Saisie invalide : seule une donnée de la liste est admise." promptTitle="Neu entwickelt" prompt="ja/nein /_x000a_Réalisation : oui / non" xr:uid="{C74FBB4A-CB5B-4AF7-B959-5EEC3E22184A}">
           <x14:formula1>
             <xm:f>Metadaten!$F$2:$F$3</xm:f>
           </x14:formula1>
           <xm:sqref>M8:AE8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es wird nur ein Wert aus der Auswahlliste erwartet. /_x000a_Saisie invalide : seule une donnée de la liste est admise." promptTitle="Neu entwickelt/Montage" prompt="ja/nein /_x000a_ oui / non" xr:uid="{9DAE0B43-3E05-4BA7-93C0-DCFB028DE230}">
           <x14:formula1>
             <xm:f>Metadaten!$F$2:$F$3</xm:f>
           </x14:formula1>
           <xm:sqref>L8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <sheetPr codeName="Sheet3"/>
+  <sheetPr codeName="Sheet3">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:BA99"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="11" ySplit="6" topLeftCell="L7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="L1" sqref="L1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="L7" sqref="L7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.85546875" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.5703125" style="82" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="32" max="16384" width="10.85546875" style="82"/>
+    <col min="1" max="1" width="1.5703125" style="81" customWidth="1"/>
+    <col min="2" max="2" width="42.5703125" style="81" customWidth="1"/>
+    <col min="3" max="3" width="39.7109375" style="81" customWidth="1"/>
+    <col min="4" max="4" width="74.28515625" style="82" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="12.42578125" style="81" customWidth="1" outlineLevel="1"/>
+    <col min="6" max="8" width="10.85546875" style="81" customWidth="1" outlineLevel="1"/>
+    <col min="9" max="11" width="10.85546875" style="81" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="12" max="23" width="12.5703125" style="81" customWidth="1"/>
+    <col min="24" max="31" width="12.5703125" style="81" hidden="1" customWidth="1"/>
+    <col min="32" max="16384" width="10.85546875" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:31" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="84" t="str">
+      <c r="B2" s="83" t="str">
         <f>Übersetzungen!B68</f>
         <v>Rechnung / Zwischenrechnung vom tt.mm.yyyy</v>
       </c>
-      <c r="C2" s="84"/>
-      <c r="D2" s="84" t="s">
+      <c r="C2" s="83"/>
+      <c r="D2" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="E2" s="84"/>
-[...25 lines deleted...]
-      <c r="AE2" s="84"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
+      <c r="P2" s="83"/>
+      <c r="Q2" s="83"/>
+      <c r="R2" s="83"/>
+      <c r="S2" s="83"/>
+      <c r="T2" s="83"/>
+      <c r="U2" s="83"/>
+      <c r="V2" s="83"/>
+      <c r="W2" s="83"/>
+      <c r="X2" s="83"/>
+      <c r="Y2" s="83"/>
+      <c r="Z2" s="83"/>
+      <c r="AA2" s="83"/>
+      <c r="AB2" s="83"/>
+      <c r="AC2" s="83"/>
+      <c r="AD2" s="83"/>
+      <c r="AE2" s="83"/>
     </row>
     <row r="3" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="85" t="str">
+      <c r="B3" s="84" t="str">
         <f>Budget!B3</f>
         <v>Ist der Antragsteller eine Hochschule? Bitte Kontrollkästchen setzen falls ja.</v>
       </c>
-      <c r="C3" s="85"/>
-      <c r="D3" s="83" t="s">
+      <c r="C3" s="84"/>
+      <c r="D3" s="82" t="s">
         <v>10</v>
       </c>
-      <c r="E3" s="278" t="str">
+      <c r="E3" s="274" t="str">
         <f>IF(Budget!I3,"Fachhochsschule/Haute école spécialisée: Ja/Qui","Fachhochschule/Haute école spécialisée: Nein/Non")</f>
         <v>Fachhochschule/Haute école spécialisée: Nein/Non</v>
       </c>
-      <c r="F3" s="86"/>
-[...2 lines deleted...]
-      <c r="I3" s="148" t="b">
+      <c r="F3" s="85"/>
+      <c r="G3" s="85"/>
+      <c r="H3" s="85"/>
+      <c r="I3" s="147" t="b">
         <f>Budget!I3</f>
         <v>0</v>
       </c>
-      <c r="J3" s="87"/>
-[...2 lines deleted...]
-      <c r="M3" s="88" t="b">
+      <c r="J3" s="86"/>
+      <c r="K3" s="86"/>
+      <c r="L3" s="87"/>
+      <c r="M3" s="87" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="2:31" ht="3.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="89"/>
-[...7 lines deleted...]
-      <c r="K4" s="83"/>
+      <c r="B4" s="88"/>
+      <c r="C4" s="88"/>
+      <c r="E4" s="82"/>
+      <c r="F4" s="82"/>
+      <c r="G4" s="82"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="82"/>
+      <c r="K4" s="82"/>
     </row>
     <row r="5" spans="2:31" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="90" t="str">
+      <c r="B5" s="89" t="str">
         <f>Budget!B5</f>
         <v>Titel Lehrgang oder MAS für Masterarbeiten</v>
       </c>
-      <c r="C5" s="91"/>
-[...7 lines deleted...]
-      <c r="L5" s="92" t="str">
+      <c r="C5" s="90"/>
+      <c r="E5" s="82"/>
+      <c r="F5" s="82"/>
+      <c r="G5" s="82"/>
+      <c r="H5" s="82"/>
+      <c r="I5" s="82"/>
+      <c r="J5" s="82"/>
+      <c r="K5" s="82"/>
+      <c r="L5" s="91" t="str">
         <f>Budget!L5</f>
         <v>Lehrgang / Cycle de formation 1</v>
       </c>
-      <c r="M5" s="92" t="str">
+      <c r="M5" s="91" t="str">
         <f>Budget!M5</f>
         <v>Lehrgang / Cycle de formation 2</v>
       </c>
-      <c r="N5" s="92" t="str">
+      <c r="N5" s="91" t="str">
         <f>Budget!N5</f>
         <v>Lehrgang / Cycle de formation 3</v>
       </c>
-      <c r="O5" s="92" t="str">
+      <c r="O5" s="91" t="str">
         <f>Budget!O5</f>
         <v>Lehrgang / Cycle de formation 4</v>
       </c>
-      <c r="P5" s="92" t="str">
+      <c r="P5" s="91" t="str">
         <f>Budget!P5</f>
         <v>Lehrgang / Cycle de formation 5</v>
       </c>
-      <c r="Q5" s="92" t="str">
+      <c r="Q5" s="91" t="str">
         <f>Budget!Q5</f>
         <v>Lehrgang / Cycle de formation 6</v>
       </c>
-      <c r="R5" s="92" t="str">
+      <c r="R5" s="91" t="str">
         <f>Budget!R5</f>
         <v>Lehrgang / Cycle de formation 7</v>
       </c>
-      <c r="S5" s="92" t="str">
+      <c r="S5" s="91" t="str">
         <f>Budget!S5</f>
         <v>Lehrgang / Cycle de formation 8</v>
       </c>
-      <c r="T5" s="92" t="str">
+      <c r="T5" s="91" t="str">
         <f>Budget!T5</f>
         <v>Lehrgang / Cycle de formation 9</v>
       </c>
-      <c r="U5" s="92" t="str">
+      <c r="U5" s="91" t="str">
         <f>Budget!U5</f>
         <v>Lehrgang / Cycle de formation 10</v>
       </c>
-      <c r="V5" s="92" t="str">
+      <c r="V5" s="91" t="str">
         <f>Budget!V5</f>
         <v>Lehrgang / Cycle de formation 11</v>
       </c>
-      <c r="W5" s="92" t="str">
+      <c r="W5" s="91" t="str">
         <f>Budget!W5</f>
         <v>Lehrgang / Cycle de formation 12</v>
       </c>
-      <c r="X5" s="92" t="str">
+      <c r="X5" s="91" t="str">
         <f>Budget!X5</f>
         <v>Lehrgang / Cycle de formation 13</v>
       </c>
-      <c r="Y5" s="92" t="str">
+      <c r="Y5" s="91" t="str">
         <f>Budget!Y5</f>
         <v>Lehrgang / Cycle de formation 14</v>
       </c>
-      <c r="Z5" s="92" t="str">
+      <c r="Z5" s="91" t="str">
         <f>Budget!Z5</f>
         <v>Lehrgang / Cycle de formation 15</v>
       </c>
-      <c r="AA5" s="92" t="str">
+      <c r="AA5" s="91" t="str">
         <f>Budget!AA5</f>
         <v>Lehrgang / Cycle de formation 16</v>
       </c>
-      <c r="AB5" s="92" t="str">
+      <c r="AB5" s="91" t="str">
         <f>Budget!AB5</f>
         <v>Lehrgang / Cycle de formation 17</v>
       </c>
-      <c r="AC5" s="92" t="str">
+      <c r="AC5" s="91" t="str">
         <f>Budget!AC5</f>
         <v>Lehrgang / Cycle de formation 18</v>
       </c>
-      <c r="AD5" s="92" t="str">
+      <c r="AD5" s="91" t="str">
         <f>Budget!AD5</f>
         <v>Lehrgang / Cycle de formation 19</v>
       </c>
-      <c r="AE5" s="92" t="str">
+      <c r="AE5" s="91" t="str">
         <f>Budget!AE5</f>
         <v>Lehrgang / Cycle de formation 20</v>
       </c>
     </row>
     <row r="6" spans="2:31" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="93"/>
-[...7 lines deleted...]
-      <c r="K6" s="83"/>
+      <c r="B6" s="92"/>
+      <c r="C6" s="92"/>
+      <c r="E6" s="82"/>
+      <c r="F6" s="82"/>
+      <c r="G6" s="82"/>
+      <c r="H6" s="82"/>
+      <c r="I6" s="82"/>
+      <c r="J6" s="82"/>
+      <c r="K6" s="82"/>
     </row>
     <row r="7" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="94" t="str">
+      <c r="B7" s="93" t="str">
         <f>Budget!B7</f>
         <v>Dauer des Lehrganges?</v>
       </c>
-      <c r="C7" s="95"/>
-      <c r="D7" s="83" t="s">
+      <c r="C7" s="94"/>
+      <c r="D7" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="E7" s="83"/>
-[...7 lines deleted...]
-      <c r="M7" s="96">
+      <c r="E7" s="82"/>
+      <c r="F7" s="82"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="82"/>
+      <c r="I7" s="82"/>
+      <c r="J7" s="82"/>
+      <c r="K7" s="82"/>
+      <c r="L7" s="95"/>
+      <c r="M7" s="95">
         <f>Budget!M7</f>
         <v>0</v>
       </c>
-      <c r="N7" s="96">
+      <c r="N7" s="95">
         <f>Budget!N7</f>
         <v>0</v>
       </c>
-      <c r="O7" s="96">
+      <c r="O7" s="95">
         <f>Budget!O7</f>
         <v>0</v>
       </c>
-      <c r="P7" s="96">
+      <c r="P7" s="95">
         <f>Budget!P7</f>
         <v>0</v>
       </c>
-      <c r="Q7" s="96">
+      <c r="Q7" s="95">
         <f>Budget!Q7</f>
         <v>0</v>
       </c>
-      <c r="R7" s="96">
+      <c r="R7" s="95">
         <f>Budget!R7</f>
         <v>0</v>
       </c>
-      <c r="S7" s="96">
+      <c r="S7" s="95">
         <f>Budget!S7</f>
         <v>0</v>
       </c>
-      <c r="T7" s="96">
+      <c r="T7" s="95">
         <f>Budget!T7</f>
         <v>0</v>
       </c>
-      <c r="U7" s="96">
+      <c r="U7" s="95">
         <f>Budget!U7</f>
         <v>0</v>
       </c>
-      <c r="V7" s="96">
+      <c r="V7" s="95">
         <f>Budget!V7</f>
         <v>0</v>
       </c>
-      <c r="W7" s="96">
+      <c r="W7" s="95">
         <f>Budget!W7</f>
         <v>0</v>
       </c>
-      <c r="X7" s="96">
+      <c r="X7" s="95">
         <f>Budget!X7</f>
         <v>0</v>
       </c>
-      <c r="Y7" s="96">
+      <c r="Y7" s="95">
         <f>Budget!Y7</f>
         <v>0</v>
       </c>
-      <c r="Z7" s="96">
+      <c r="Z7" s="95">
         <f>Budget!Z7</f>
         <v>0</v>
       </c>
-      <c r="AA7" s="96">
+      <c r="AA7" s="95">
         <f>Budget!AA7</f>
         <v>0</v>
       </c>
-      <c r="AB7" s="96">
+      <c r="AB7" s="95">
         <f>Budget!AB7</f>
         <v>0</v>
       </c>
-      <c r="AC7" s="96">
+      <c r="AC7" s="95">
         <f>Budget!AC7</f>
         <v>0</v>
       </c>
-      <c r="AD7" s="96">
+      <c r="AD7" s="95">
         <f>Budget!AD7</f>
         <v>0</v>
       </c>
-      <c r="AE7" s="96">
+      <c r="AE7" s="95">
         <f>Budget!AE7</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="94" t="str">
+      <c r="B8" s="93" t="str">
         <f>Budget!B8</f>
         <v>Wird/wurde der Lehrgang neu entwickelt?</v>
       </c>
-      <c r="C8" s="95"/>
-      <c r="D8" s="83" t="s">
+      <c r="C8" s="94"/>
+      <c r="D8" s="82" t="s">
         <v>40</v>
       </c>
-      <c r="E8" s="83"/>
-[...6 lines deleted...]
-      <c r="L8" s="97">
+      <c r="E8" s="82"/>
+      <c r="F8" s="82"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="82"/>
+      <c r="I8" s="82"/>
+      <c r="J8" s="82"/>
+      <c r="K8" s="82"/>
+      <c r="L8" s="96">
         <f>Budget!L8</f>
         <v>0</v>
       </c>
-      <c r="M8" s="97">
+      <c r="M8" s="96">
         <f>Budget!M8</f>
         <v>0</v>
       </c>
-      <c r="N8" s="97">
+      <c r="N8" s="96">
         <f>Budget!N8</f>
         <v>0</v>
       </c>
-      <c r="O8" s="97">
+      <c r="O8" s="96">
         <f>Budget!O8</f>
         <v>0</v>
       </c>
-      <c r="P8" s="97">
+      <c r="P8" s="96">
         <f>Budget!P8</f>
         <v>0</v>
       </c>
-      <c r="Q8" s="97">
+      <c r="Q8" s="96">
         <f>Budget!Q8</f>
         <v>0</v>
       </c>
-      <c r="R8" s="97">
+      <c r="R8" s="96">
         <f>Budget!R8</f>
         <v>0</v>
       </c>
-      <c r="S8" s="97">
+      <c r="S8" s="96">
         <f>Budget!S8</f>
         <v>0</v>
       </c>
-      <c r="T8" s="97">
+      <c r="T8" s="96">
         <f>Budget!T8</f>
         <v>0</v>
       </c>
-      <c r="U8" s="97">
+      <c r="U8" s="96">
         <f>Budget!U8</f>
         <v>0</v>
       </c>
-      <c r="V8" s="97">
+      <c r="V8" s="96">
         <f>Budget!V8</f>
         <v>0</v>
       </c>
-      <c r="W8" s="97">
+      <c r="W8" s="96">
         <f>Budget!W8</f>
         <v>0</v>
       </c>
       <c r="X8" s="18"/>
       <c r="Y8" s="18"/>
       <c r="Z8" s="18"/>
       <c r="AA8" s="18"/>
       <c r="AB8" s="18"/>
       <c r="AC8" s="18"/>
       <c r="AD8" s="18"/>
       <c r="AE8" s="18"/>
     </row>
     <row r="9" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="94" t="str">
+      <c r="B9" s="93" t="str">
         <f>Budget!B9</f>
         <v>Wird/wurde der Lehrgang durchgeführt?</v>
       </c>
-      <c r="C9" s="95"/>
-      <c r="D9" s="83" t="s">
+      <c r="C9" s="94"/>
+      <c r="D9" s="82" t="s">
         <v>11</v>
       </c>
-      <c r="E9" s="83"/>
-[...6 lines deleted...]
-      <c r="L9" s="97">
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="96">
         <f>Budget!L9</f>
         <v>0</v>
       </c>
-      <c r="M9" s="97">
+      <c r="M9" s="96">
         <f>Budget!M9</f>
         <v>0</v>
       </c>
-      <c r="N9" s="97">
+      <c r="N9" s="96">
         <f>Budget!N9</f>
         <v>0</v>
       </c>
-      <c r="O9" s="97">
+      <c r="O9" s="96">
         <f>Budget!O9</f>
         <v>0</v>
       </c>
-      <c r="P9" s="97">
+      <c r="P9" s="96">
         <f>Budget!P9</f>
         <v>0</v>
       </c>
-      <c r="Q9" s="97">
+      <c r="Q9" s="96">
         <f>Budget!Q9</f>
         <v>0</v>
       </c>
-      <c r="R9" s="97">
+      <c r="R9" s="96">
         <f>Budget!R9</f>
         <v>0</v>
       </c>
-      <c r="S9" s="97">
+      <c r="S9" s="96">
         <f>Budget!S9</f>
         <v>0</v>
       </c>
-      <c r="T9" s="97">
+      <c r="T9" s="96">
         <f>Budget!T9</f>
         <v>0</v>
       </c>
-      <c r="U9" s="97">
+      <c r="U9" s="96">
         <f>Budget!U9</f>
         <v>0</v>
       </c>
-      <c r="V9" s="97">
+      <c r="V9" s="96">
         <f>Budget!V9</f>
         <v>0</v>
       </c>
-      <c r="W9" s="97">
+      <c r="W9" s="96">
         <f>Budget!W9</f>
         <v>0</v>
       </c>
-      <c r="X9" s="97">
+      <c r="X9" s="96">
         <f>Budget!X9</f>
         <v>0</v>
       </c>
-      <c r="Y9" s="97">
+      <c r="Y9" s="96">
         <f>Budget!Y9</f>
         <v>0</v>
       </c>
-      <c r="Z9" s="97">
+      <c r="Z9" s="96">
         <f>Budget!Z9</f>
         <v>0</v>
       </c>
-      <c r="AA9" s="97">
+      <c r="AA9" s="96">
         <f>Budget!AA9</f>
         <v>0</v>
       </c>
-      <c r="AB9" s="97">
+      <c r="AB9" s="96">
         <f>Budget!AB9</f>
         <v>0</v>
       </c>
-      <c r="AC9" s="97">
+      <c r="AC9" s="96">
         <f>Budget!AC9</f>
         <v>0</v>
       </c>
-      <c r="AD9" s="97">
+      <c r="AD9" s="96">
         <f>Budget!AD9</f>
         <v>0</v>
       </c>
-      <c r="AE9" s="97">
+      <c r="AE9" s="96">
         <f>Budget!AE9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="94" t="str">
+      <c r="B10" s="93" t="str">
         <f>Budget!B10</f>
         <v>Erfolgen Entwicklung und Durchführung in Kooperation?</v>
       </c>
-      <c r="C10" s="95"/>
-      <c r="D10" s="83" t="s">
+      <c r="C10" s="94"/>
+      <c r="D10" s="82" t="s">
         <v>11</v>
       </c>
-      <c r="E10" s="83"/>
-[...6 lines deleted...]
-      <c r="L10" s="97">
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="82"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="82"/>
+      <c r="K10" s="82"/>
+      <c r="L10" s="96">
         <f>Budget!L10</f>
         <v>0</v>
       </c>
-      <c r="M10" s="97">
+      <c r="M10" s="96">
         <f>Budget!M10</f>
         <v>0</v>
       </c>
-      <c r="N10" s="97">
+      <c r="N10" s="96">
         <f>Budget!N10</f>
         <v>0</v>
       </c>
-      <c r="O10" s="97">
+      <c r="O10" s="96">
         <f>Budget!O10</f>
         <v>0</v>
       </c>
-      <c r="P10" s="97">
+      <c r="P10" s="96">
         <f>Budget!P10</f>
         <v>0</v>
       </c>
-      <c r="Q10" s="97">
+      <c r="Q10" s="96">
         <f>Budget!Q10</f>
         <v>0</v>
       </c>
-      <c r="R10" s="97">
+      <c r="R10" s="96">
         <f>Budget!R10</f>
         <v>0</v>
       </c>
-      <c r="S10" s="97">
+      <c r="S10" s="96">
         <f>Budget!S10</f>
         <v>0</v>
       </c>
-      <c r="T10" s="97">
+      <c r="T10" s="96">
         <f>Budget!T10</f>
         <v>0</v>
       </c>
-      <c r="U10" s="97">
+      <c r="U10" s="96">
         <f>Budget!U10</f>
         <v>0</v>
       </c>
-      <c r="V10" s="97">
+      <c r="V10" s="96">
         <f>Budget!V10</f>
         <v>0</v>
       </c>
-      <c r="W10" s="97">
+      <c r="W10" s="96">
         <f>Budget!W10</f>
         <v>0</v>
       </c>
-      <c r="X10" s="97">
+      <c r="X10" s="96">
         <f>Budget!X10</f>
         <v>0</v>
       </c>
-      <c r="Y10" s="97">
+      <c r="Y10" s="96">
         <f>Budget!Y10</f>
         <v>0</v>
       </c>
-      <c r="Z10" s="97">
+      <c r="Z10" s="96">
         <f>Budget!Z10</f>
         <v>0</v>
       </c>
-      <c r="AA10" s="97">
+      <c r="AA10" s="96">
         <f>Budget!AA10</f>
         <v>0</v>
       </c>
-      <c r="AB10" s="97">
+      <c r="AB10" s="96">
         <f>Budget!AB10</f>
         <v>0</v>
       </c>
-      <c r="AC10" s="97">
+      <c r="AC10" s="96">
         <f>Budget!AC10</f>
         <v>0</v>
       </c>
-      <c r="AD10" s="97">
+      <c r="AD10" s="96">
         <f>Budget!AD10</f>
         <v>0</v>
       </c>
-      <c r="AE10" s="97">
+      <c r="AE10" s="96">
         <f>Budget!AE10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="91" t="str">
+      <c r="B11" s="90" t="str">
         <f>Budget!B11</f>
         <v>Wie viele Masterarbeiten werden/wurden begleitet?</v>
       </c>
-      <c r="C11" s="98"/>
-      <c r="D11" s="83" t="s">
+      <c r="C11" s="97"/>
+      <c r="D11" s="82" t="s">
         <v>13</v>
       </c>
-      <c r="E11" s="83"/>
-[...6 lines deleted...]
-      <c r="L11" s="99">
+      <c r="E11" s="82"/>
+      <c r="F11" s="82"/>
+      <c r="G11" s="82"/>
+      <c r="H11" s="82"/>
+      <c r="I11" s="82"/>
+      <c r="J11" s="82"/>
+      <c r="K11" s="82"/>
+      <c r="L11" s="98">
         <f>Budget!L11</f>
         <v>0</v>
       </c>
-      <c r="M11" s="99">
+      <c r="M11" s="98">
         <f>Budget!M11</f>
         <v>0</v>
       </c>
-      <c r="N11" s="99">
+      <c r="N11" s="98">
         <f>Budget!N11</f>
         <v>0</v>
       </c>
-      <c r="O11" s="99">
+      <c r="O11" s="98">
         <f>Budget!O11</f>
         <v>0</v>
       </c>
-      <c r="P11" s="99">
+      <c r="P11" s="98">
         <f>Budget!P11</f>
         <v>0</v>
       </c>
-      <c r="Q11" s="99">
+      <c r="Q11" s="98">
         <f>Budget!Q11</f>
         <v>0</v>
       </c>
-      <c r="R11" s="99">
+      <c r="R11" s="98">
         <f>Budget!R11</f>
         <v>0</v>
       </c>
-      <c r="S11" s="99">
+      <c r="S11" s="98">
         <f>Budget!S11</f>
         <v>0</v>
       </c>
-      <c r="T11" s="99">
+      <c r="T11" s="98">
         <f>Budget!T11</f>
         <v>0</v>
       </c>
-      <c r="U11" s="99">
+      <c r="U11" s="98">
         <f>Budget!U11</f>
         <v>0</v>
       </c>
-      <c r="V11" s="99">
+      <c r="V11" s="98">
         <f>Budget!V11</f>
         <v>0</v>
       </c>
-      <c r="W11" s="99">
+      <c r="W11" s="98">
         <f>Budget!W11</f>
         <v>0</v>
       </c>
-      <c r="X11" s="99">
+      <c r="X11" s="98">
         <f>Budget!X11</f>
         <v>0</v>
       </c>
-      <c r="Y11" s="99">
+      <c r="Y11" s="98">
         <f>Budget!Y11</f>
         <v>0</v>
       </c>
-      <c r="Z11" s="99">
+      <c r="Z11" s="98">
         <f>Budget!Z11</f>
         <v>0</v>
       </c>
-      <c r="AA11" s="99">
+      <c r="AA11" s="98">
         <f>Budget!AA11</f>
         <v>0</v>
       </c>
-      <c r="AB11" s="99">
+      <c r="AB11" s="98">
         <f>Budget!AB11</f>
         <v>0</v>
       </c>
-      <c r="AC11" s="99">
+      <c r="AC11" s="98">
         <f>Budget!AC11</f>
         <v>0</v>
       </c>
-      <c r="AD11" s="99">
+      <c r="AD11" s="98">
         <f>Budget!AD11</f>
         <v>0</v>
       </c>
-      <c r="AE11" s="99">
+      <c r="AE11" s="98">
         <f>Budget!AE11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:31" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="93"/>
-[...7 lines deleted...]
-      <c r="K12" s="83"/>
+      <c r="B12" s="92"/>
+      <c r="C12" s="92"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="82"/>
+      <c r="G12" s="82"/>
+      <c r="H12" s="82"/>
+      <c r="I12" s="82"/>
+      <c r="J12" s="82"/>
+      <c r="K12" s="82"/>
     </row>
     <row r="13" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="318" t="str">
+      <c r="B13" s="311" t="str">
         <f>Budget!B13</f>
         <v>Wann findet der Lehrgang statt?</v>
       </c>
       <c r="C13" s="21" t="str">
         <f>Übersetzungen!B31</f>
         <v>Start</v>
       </c>
-      <c r="D13" s="83" t="s">
+      <c r="D13" s="82" t="s">
         <v>17</v>
       </c>
-      <c r="E13" s="83"/>
-[...6 lines deleted...]
-      <c r="L13" s="101">
+      <c r="E13" s="82"/>
+      <c r="F13" s="82"/>
+      <c r="G13" s="82"/>
+      <c r="H13" s="82"/>
+      <c r="I13" s="82"/>
+      <c r="J13" s="99"/>
+      <c r="K13" s="82"/>
+      <c r="L13" s="100">
         <f>Budget!L13</f>
         <v>0</v>
       </c>
-      <c r="M13" s="101">
+      <c r="M13" s="100">
         <f>Budget!M13</f>
         <v>0</v>
       </c>
-      <c r="N13" s="101">
+      <c r="N13" s="100">
         <f>Budget!N13</f>
         <v>0</v>
       </c>
-      <c r="O13" s="101">
+      <c r="O13" s="100">
         <f>Budget!O13</f>
         <v>0</v>
       </c>
-      <c r="P13" s="101">
+      <c r="P13" s="100">
         <f>Budget!P13</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="101">
+      <c r="Q13" s="100">
         <f>Budget!Q13</f>
         <v>0</v>
       </c>
-      <c r="R13" s="101">
+      <c r="R13" s="100">
         <f>Budget!R13</f>
         <v>0</v>
       </c>
-      <c r="S13" s="101">
+      <c r="S13" s="100">
         <f>Budget!S13</f>
         <v>0</v>
       </c>
-      <c r="T13" s="101">
+      <c r="T13" s="100">
         <f>Budget!T13</f>
         <v>0</v>
       </c>
-      <c r="U13" s="101">
+      <c r="U13" s="100">
         <f>Budget!U13</f>
         <v>0</v>
       </c>
-      <c r="V13" s="101">
+      <c r="V13" s="100">
         <f>Budget!V13</f>
         <v>0</v>
       </c>
-      <c r="W13" s="101">
+      <c r="W13" s="100">
         <f>Budget!W13</f>
         <v>0</v>
       </c>
-      <c r="X13" s="101">
+      <c r="X13" s="100">
         <f>Budget!X13</f>
         <v>0</v>
       </c>
-      <c r="Y13" s="101">
+      <c r="Y13" s="100">
         <f>Budget!Y13</f>
         <v>0</v>
       </c>
-      <c r="Z13" s="101">
+      <c r="Z13" s="100">
         <f>Budget!Z13</f>
         <v>0</v>
       </c>
-      <c r="AA13" s="101">
+      <c r="AA13" s="100">
         <f>Budget!AA13</f>
         <v>0</v>
       </c>
-      <c r="AB13" s="101">
+      <c r="AB13" s="100">
         <f>Budget!AB13</f>
         <v>0</v>
       </c>
-      <c r="AC13" s="101">
+      <c r="AC13" s="100">
         <f>Budget!AC13</f>
         <v>0</v>
       </c>
-      <c r="AD13" s="101">
+      <c r="AD13" s="100">
         <f>Budget!AD13</f>
         <v>0</v>
       </c>
-      <c r="AE13" s="101">
+      <c r="AE13" s="100">
         <f>Budget!AE13</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="319"/>
+      <c r="B14" s="312"/>
       <c r="C14" s="21" t="str">
         <f>Übersetzungen!B32</f>
         <v>Ende</v>
       </c>
-      <c r="D14" s="83" t="s">
+      <c r="D14" s="82" t="s">
         <v>17</v>
       </c>
-      <c r="E14" s="83"/>
-[...6 lines deleted...]
-      <c r="L14" s="102">
+      <c r="E14" s="82"/>
+      <c r="F14" s="82"/>
+      <c r="G14" s="82"/>
+      <c r="H14" s="82"/>
+      <c r="I14" s="82"/>
+      <c r="J14" s="82"/>
+      <c r="K14" s="82"/>
+      <c r="L14" s="101">
         <f>Budget!L14</f>
         <v>0</v>
       </c>
-      <c r="M14" s="102">
+      <c r="M14" s="101">
         <f>Budget!M14</f>
         <v>0</v>
       </c>
-      <c r="N14" s="102">
+      <c r="N14" s="101">
         <f>Budget!N14</f>
         <v>0</v>
       </c>
-      <c r="O14" s="102">
+      <c r="O14" s="101">
         <f>Budget!O14</f>
         <v>0</v>
       </c>
-      <c r="P14" s="102">
+      <c r="P14" s="101">
         <f>Budget!P14</f>
         <v>0</v>
       </c>
-      <c r="Q14" s="102">
+      <c r="Q14" s="101">
         <f>Budget!Q14</f>
         <v>0</v>
       </c>
-      <c r="R14" s="102">
+      <c r="R14" s="101">
         <f>Budget!R14</f>
         <v>0</v>
       </c>
-      <c r="S14" s="102">
+      <c r="S14" s="101">
         <f>Budget!S14</f>
         <v>0</v>
       </c>
-      <c r="T14" s="102">
+      <c r="T14" s="101">
         <f>Budget!T14</f>
         <v>0</v>
       </c>
-      <c r="U14" s="102">
+      <c r="U14" s="101">
         <f>Budget!U14</f>
         <v>0</v>
       </c>
-      <c r="V14" s="102">
+      <c r="V14" s="101">
         <f>Budget!V14</f>
         <v>0</v>
       </c>
-      <c r="W14" s="102">
+      <c r="W14" s="101">
         <f>Budget!W14</f>
         <v>0</v>
       </c>
-      <c r="X14" s="102">
+      <c r="X14" s="101">
         <f>Budget!X14</f>
         <v>0</v>
       </c>
-      <c r="Y14" s="102">
+      <c r="Y14" s="101">
         <f>Budget!Y14</f>
         <v>0</v>
       </c>
-      <c r="Z14" s="102">
+      <c r="Z14" s="101">
         <f>Budget!Z14</f>
         <v>0</v>
       </c>
-      <c r="AA14" s="102">
+      <c r="AA14" s="101">
         <f>Budget!AA14</f>
         <v>0</v>
       </c>
-      <c r="AB14" s="102">
+      <c r="AB14" s="101">
         <f>Budget!AB14</f>
         <v>0</v>
       </c>
-      <c r="AC14" s="102">
+      <c r="AC14" s="101">
         <f>Budget!AC14</f>
         <v>0</v>
       </c>
-      <c r="AD14" s="102">
+      <c r="AD14" s="101">
         <f>Budget!AD14</f>
         <v>0</v>
       </c>
-      <c r="AE14" s="102">
+      <c r="AE14" s="101">
         <f>Budget!AE14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:31" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="103"/>
-[...8 lines deleted...]
-      <c r="L15" s="104" t="str">
+      <c r="B15" s="102"/>
+      <c r="C15" s="93"/>
+      <c r="E15" s="82"/>
+      <c r="F15" s="82"/>
+      <c r="G15" s="82"/>
+      <c r="H15" s="82"/>
+      <c r="I15" s="82"/>
+      <c r="J15" s="82"/>
+      <c r="K15" s="82"/>
+      <c r="L15" s="103" t="str">
         <f>Budget!L15</f>
         <v/>
       </c>
-      <c r="M15" s="104" t="str">
+      <c r="M15" s="103" t="str">
         <f>Budget!M15</f>
         <v/>
       </c>
-      <c r="N15" s="104" t="str">
+      <c r="N15" s="103" t="str">
         <f>Budget!N15</f>
         <v/>
       </c>
-      <c r="O15" s="104" t="str">
+      <c r="O15" s="103" t="str">
         <f>Budget!O15</f>
         <v/>
       </c>
-      <c r="P15" s="104" t="str">
+      <c r="P15" s="103" t="str">
         <f>Budget!P15</f>
         <v/>
       </c>
-      <c r="Q15" s="104" t="str">
+      <c r="Q15" s="103" t="str">
         <f>Budget!Q15</f>
         <v/>
       </c>
-      <c r="R15" s="104" t="str">
+      <c r="R15" s="103" t="str">
         <f>Budget!R15</f>
         <v/>
       </c>
-      <c r="S15" s="104" t="str">
+      <c r="S15" s="103" t="str">
         <f>Budget!S15</f>
         <v/>
       </c>
-      <c r="T15" s="104" t="str">
+      <c r="T15" s="103" t="str">
         <f>Budget!T15</f>
         <v/>
       </c>
-      <c r="U15" s="104" t="str">
+      <c r="U15" s="103" t="str">
         <f>Budget!U15</f>
         <v/>
       </c>
-      <c r="V15" s="104" t="str">
+      <c r="V15" s="103" t="str">
         <f>Budget!V15</f>
         <v/>
       </c>
-      <c r="W15" s="104" t="str">
+      <c r="W15" s="103" t="str">
         <f>Budget!W15</f>
         <v/>
       </c>
-      <c r="X15" s="104" t="str">
+      <c r="X15" s="103" t="str">
         <f>Budget!X15</f>
         <v/>
       </c>
-      <c r="Y15" s="104" t="str">
+      <c r="Y15" s="103" t="str">
         <f>Budget!Y15</f>
         <v/>
       </c>
-      <c r="Z15" s="104" t="str">
+      <c r="Z15" s="103" t="str">
         <f>Budget!Z15</f>
         <v/>
       </c>
-      <c r="AA15" s="104" t="str">
+      <c r="AA15" s="103" t="str">
         <f>Budget!AA15</f>
         <v/>
       </c>
-      <c r="AB15" s="104" t="str">
+      <c r="AB15" s="103" t="str">
         <f>Budget!AB15</f>
         <v/>
       </c>
-      <c r="AC15" s="104" t="str">
+      <c r="AC15" s="103" t="str">
         <f>Budget!AC15</f>
         <v/>
       </c>
-      <c r="AD15" s="104" t="str">
+      <c r="AD15" s="103" t="str">
         <f>Budget!AD15</f>
         <v/>
       </c>
-      <c r="AE15" s="104" t="str">
+      <c r="AE15" s="103" t="str">
         <f>Budget!AE15</f>
         <v/>
       </c>
     </row>
     <row r="16" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="94" t="str">
+      <c r="B16" s="93" t="str">
         <f>Budget!B16</f>
         <v>Anzahl Teilnehmende pro Lehrgang</v>
       </c>
-      <c r="C16" s="94"/>
-      <c r="D16" s="83" t="s">
+      <c r="C16" s="93"/>
+      <c r="D16" s="82" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="83"/>
-[...6 lines deleted...]
-      <c r="L16" s="105">
+      <c r="E16" s="82"/>
+      <c r="F16" s="82"/>
+      <c r="G16" s="82"/>
+      <c r="H16" s="82"/>
+      <c r="I16" s="82"/>
+      <c r="J16" s="82"/>
+      <c r="K16" s="82"/>
+      <c r="L16" s="104">
         <f>IF(L$9=Metadaten!$F$2,Budget!L$16,0)</f>
         <v>0</v>
       </c>
-      <c r="M16" s="105">
+      <c r="M16" s="104">
         <f>IF(M$9=Metadaten!$F$2,Budget!M$16,0)</f>
         <v>0</v>
       </c>
-      <c r="N16" s="105">
+      <c r="N16" s="104">
         <f>IF(N$9=Metadaten!$F$2,Budget!N$16,0)</f>
         <v>0</v>
       </c>
-      <c r="O16" s="105">
+      <c r="O16" s="104">
         <f>IF(O$9=Metadaten!$F$2,Budget!O$16,0)</f>
         <v>0</v>
       </c>
-      <c r="P16" s="105">
+      <c r="P16" s="104">
         <f>IF(P$9=Metadaten!$F$2,Budget!P$16,0)</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="105">
+      <c r="Q16" s="104">
         <f>IF(Q$9=Metadaten!$F$2,Budget!Q$16,0)</f>
         <v>0</v>
       </c>
-      <c r="R16" s="105">
+      <c r="R16" s="104">
         <f>IF(R$9=Metadaten!$F$2,Budget!R$16,0)</f>
         <v>0</v>
       </c>
-      <c r="S16" s="105">
+      <c r="S16" s="104">
         <f>IF(S$9=Metadaten!$F$2,Budget!S$16,0)</f>
         <v>0</v>
       </c>
-      <c r="T16" s="105">
+      <c r="T16" s="104">
         <f>IF(T$9=Metadaten!$F$2,Budget!T$16,0)</f>
         <v>0</v>
       </c>
-      <c r="U16" s="105">
+      <c r="U16" s="104">
         <f>IF(U$9=Metadaten!$F$2,Budget!U$16,0)</f>
         <v>0</v>
       </c>
-      <c r="V16" s="105">
+      <c r="V16" s="104">
         <f>IF(V$9=Metadaten!$F$2,Budget!V$16,0)</f>
         <v>0</v>
       </c>
-      <c r="W16" s="105">
+      <c r="W16" s="104">
         <f>IF(W$9=Metadaten!$F$2,Budget!W$16,0)</f>
         <v>0</v>
       </c>
-      <c r="X16" s="105">
+      <c r="X16" s="104">
         <f>IF(X$9=Metadaten!$F$2,Budget!X$16,0)</f>
         <v>0</v>
       </c>
-      <c r="Y16" s="105">
+      <c r="Y16" s="104">
         <f>IF(Y$9=Metadaten!$F$2,Budget!Y$16,0)</f>
         <v>0</v>
       </c>
-      <c r="Z16" s="105">
+      <c r="Z16" s="104">
         <f>IF(Z$9=Metadaten!$F$2,Budget!Z$16,0)</f>
         <v>0</v>
       </c>
-      <c r="AA16" s="105">
+      <c r="AA16" s="104">
         <f>IF(AA$9=Metadaten!$F$2,Budget!AA$16,0)</f>
         <v>0</v>
       </c>
-      <c r="AB16" s="105">
+      <c r="AB16" s="104">
         <f>IF(AB$9=Metadaten!$F$2,Budget!AB$16,0)</f>
         <v>0</v>
       </c>
-      <c r="AC16" s="105">
+      <c r="AC16" s="104">
         <f>IF(AC$9=Metadaten!$F$2,Budget!AC$16,0)</f>
         <v>0</v>
       </c>
-      <c r="AD16" s="105">
+      <c r="AD16" s="104">
         <f>IF(AD$9=Metadaten!$F$2,Budget!AD$16,0)</f>
         <v>0</v>
       </c>
-      <c r="AE16" s="105">
+      <c r="AE16" s="104">
         <f>IF(AE$9=Metadaten!$F$2,Budget!AE$16,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="91" t="str">
+      <c r="B17" s="90" t="str">
         <f>Budget!B17</f>
         <v>Teilnahmegebühr je Teilnehmende</v>
       </c>
-      <c r="C17" s="98"/>
-      <c r="D17" s="83" t="s">
+      <c r="C17" s="97"/>
+      <c r="D17" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="E17" s="83"/>
-[...6 lines deleted...]
-      <c r="L17" s="99">
+      <c r="E17" s="82"/>
+      <c r="F17" s="82"/>
+      <c r="G17" s="82"/>
+      <c r="H17" s="82"/>
+      <c r="I17" s="82"/>
+      <c r="J17" s="82"/>
+      <c r="K17" s="82"/>
+      <c r="L17" s="98">
         <f>Budget!L17</f>
         <v>0</v>
       </c>
-      <c r="M17" s="99">
+      <c r="M17" s="98">
         <f>Budget!M17</f>
         <v>0</v>
       </c>
-      <c r="N17" s="99">
+      <c r="N17" s="98">
         <f>Budget!N17</f>
         <v>0</v>
       </c>
-      <c r="O17" s="99">
+      <c r="O17" s="98">
         <f>Budget!O17</f>
         <v>0</v>
       </c>
-      <c r="P17" s="99">
+      <c r="P17" s="98">
         <f>Budget!P17</f>
         <v>0</v>
       </c>
-      <c r="Q17" s="99">
+      <c r="Q17" s="98">
         <f>Budget!Q17</f>
         <v>0</v>
       </c>
-      <c r="R17" s="99">
+      <c r="R17" s="98">
         <f>Budget!R17</f>
         <v>0</v>
       </c>
-      <c r="S17" s="99">
+      <c r="S17" s="98">
         <f>Budget!S17</f>
         <v>0</v>
       </c>
-      <c r="T17" s="99">
+      <c r="T17" s="98">
         <f>Budget!T17</f>
         <v>0</v>
       </c>
-      <c r="U17" s="99">
+      <c r="U17" s="98">
         <f>Budget!U17</f>
         <v>0</v>
       </c>
-      <c r="V17" s="99">
+      <c r="V17" s="98">
         <f>Budget!V17</f>
         <v>0</v>
       </c>
-      <c r="W17" s="99">
+      <c r="W17" s="98">
         <f>Budget!W17</f>
         <v>0</v>
       </c>
-      <c r="X17" s="99">
+      <c r="X17" s="98">
         <f>Budget!X17</f>
         <v>0</v>
       </c>
-      <c r="Y17" s="99">
+      <c r="Y17" s="98">
         <f>Budget!Y17</f>
         <v>0</v>
       </c>
-      <c r="Z17" s="99">
+      <c r="Z17" s="98">
         <f>Budget!Z17</f>
         <v>0</v>
       </c>
-      <c r="AA17" s="99">
+      <c r="AA17" s="98">
         <f>Budget!AA17</f>
         <v>0</v>
       </c>
-      <c r="AB17" s="99">
+      <c r="AB17" s="98">
         <f>Budget!AB17</f>
         <v>0</v>
       </c>
-      <c r="AC17" s="99">
+      <c r="AC17" s="98">
         <f>Budget!AC17</f>
         <v>0</v>
       </c>
-      <c r="AD17" s="99">
+      <c r="AD17" s="98">
         <f>Budget!AD17</f>
         <v>0</v>
       </c>
-      <c r="AE17" s="99">
+      <c r="AE17" s="98">
         <f>Budget!AE17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:31" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="L18" s="82" t="s">
+      <c r="L18" s="81" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="19" spans="2:31" s="106" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="84" t="str">
+    <row r="19" spans="2:31" s="105" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="83" t="str">
         <f>Budget!B19</f>
         <v>Kostenübersicht pro Lehrgang  (Hochschulen: Nur anrechenbare Kosten DB1)</v>
       </c>
-      <c r="C19" s="84"/>
-[...1 lines deleted...]
-      <c r="E19" s="108" t="s">
+      <c r="C19" s="83"/>
+      <c r="D19" s="106"/>
+      <c r="E19" s="107" t="s">
         <v>6</v>
       </c>
-      <c r="F19" s="109">
+      <c r="F19" s="108">
         <f>MIN(L15:AE15)</f>
         <v>0</v>
       </c>
-      <c r="G19" s="109">
+      <c r="G19" s="108">
         <f>F19+1</f>
         <v>1</v>
       </c>
-      <c r="H19" s="109">
+      <c r="H19" s="108">
         <f>G19+1</f>
         <v>2</v>
       </c>
-      <c r="I19" s="109">
+      <c r="I19" s="108">
         <f t="shared" ref="I19:K19" si="0">H19+1</f>
         <v>3</v>
       </c>
-      <c r="J19" s="109">
+      <c r="J19" s="108">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="K19" s="109">
+      <c r="K19" s="108">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="L19" s="110"/>
-[...18 lines deleted...]
-      <c r="AE19" s="110"/>
+      <c r="L19" s="109"/>
+      <c r="M19" s="109"/>
+      <c r="N19" s="109"/>
+      <c r="O19" s="109"/>
+      <c r="P19" s="109"/>
+      <c r="Q19" s="109"/>
+      <c r="R19" s="109"/>
+      <c r="S19" s="109"/>
+      <c r="T19" s="109"/>
+      <c r="U19" s="109"/>
+      <c r="V19" s="109"/>
+      <c r="W19" s="109"/>
+      <c r="X19" s="109"/>
+      <c r="Y19" s="109"/>
+      <c r="Z19" s="109"/>
+      <c r="AA19" s="109"/>
+      <c r="AB19" s="109"/>
+      <c r="AC19" s="109"/>
+      <c r="AD19" s="109"/>
+      <c r="AE19" s="109"/>
     </row>
     <row r="20" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="235" t="str">
+      <c r="B20" s="232" t="str">
         <f>Budget!B20</f>
         <v>Neuentwicklung</v>
       </c>
-      <c r="C20" s="236"/>
-      <c r="D20" s="111" t="s">
+      <c r="C20" s="233"/>
+      <c r="D20" s="110" t="s">
         <v>53</v>
       </c>
-      <c r="E20" s="127">
+      <c r="E20" s="126">
         <f>SUM(F20:K20)</f>
         <v>0</v>
       </c>
-      <c r="F20" s="127">
+      <c r="F20" s="126">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,F$19,$L$8:$AE$8,Metadaten!$F$2,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G20" s="127">
+      <c r="G20" s="126">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,G$19,$L$8:$AE$8,Metadaten!$F$2,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H20" s="127">
+      <c r="H20" s="126">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,H$19,$L$8:$AE$8,Metadaten!$F$2,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I20" s="127">
+      <c r="I20" s="126">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,I$19,$L$8:$AE$8,Metadaten!$F$2,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J20" s="127">
+      <c r="J20" s="126">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,J$19,$L$8:$AE$8,Metadaten!$F$2,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K20" s="127">
+      <c r="K20" s="126">
         <f>SUMIFS($L20:$AE20,$L$15:$AE$15,K$19,$L$8:$AE$8,Metadaten!$F$2,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L20" s="66">
         <f>Budget!L$20</f>
         <v>0</v>
       </c>
       <c r="M20" s="66">
         <f>Budget!M$20</f>
         <v>0</v>
       </c>
       <c r="N20" s="66">
         <f>Budget!N$20</f>
         <v>0</v>
       </c>
       <c r="O20" s="66">
         <f>Budget!O$20</f>
         <v>0</v>
       </c>
       <c r="P20" s="66">
         <f>Budget!P$20</f>
         <v>0</v>
       </c>
       <c r="Q20" s="66">
         <f>Budget!Q$20</f>
@@ -13532,260 +13542,260 @@
         <f>Budget!Z$20</f>
         <v>0</v>
       </c>
       <c r="AA20" s="66">
         <f>Budget!AA$20</f>
         <v>0</v>
       </c>
       <c r="AB20" s="66">
         <f>Budget!AB$20</f>
         <v>0</v>
       </c>
       <c r="AC20" s="66">
         <f>Budget!AC$20</f>
         <v>0</v>
       </c>
       <c r="AD20" s="66">
         <f>Budget!AD$20</f>
         <v>0</v>
       </c>
       <c r="AE20" s="66">
         <f>Budget!AE$20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="237" t="s">
+      <c r="B21" s="234" t="s">
         <v>7</v>
       </c>
-      <c r="C21" s="236" t="s">
+      <c r="C21" s="233" t="s">
         <v>9</v>
       </c>
-      <c r="D21" s="112" t="s">
+      <c r="D21" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E21" s="127">
+      <c r="E21" s="126">
         <f t="shared" ref="E21:E38" si="1">SUM(F21:H21)</f>
         <v>0</v>
       </c>
-      <c r="F21" s="127">
+      <c r="F21" s="126">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G21" s="127">
+      <c r="G21" s="126">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H21" s="127">
+      <c r="H21" s="126">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I21" s="127">
+      <c r="I21" s="126">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J21" s="127">
+      <c r="J21" s="126">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K21" s="127">
+      <c r="K21" s="126">
         <f>SUMIFS($L21:$AE21,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L21" s="66"/>
       <c r="M21" s="66"/>
       <c r="N21" s="66"/>
       <c r="O21" s="66"/>
       <c r="P21" s="66"/>
       <c r="Q21" s="66"/>
       <c r="R21" s="66"/>
       <c r="S21" s="66"/>
       <c r="T21" s="66"/>
       <c r="U21" s="66"/>
       <c r="V21" s="66"/>
       <c r="W21" s="66"/>
       <c r="X21" s="66"/>
       <c r="Y21" s="66"/>
       <c r="Z21" s="66"/>
       <c r="AA21" s="66"/>
       <c r="AB21" s="66"/>
       <c r="AC21" s="66"/>
       <c r="AD21" s="66"/>
       <c r="AE21" s="66"/>
     </row>
     <row r="22" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="237" t="s">
+      <c r="B22" s="234" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="236" t="s">
+      <c r="C22" s="233" t="s">
         <v>9</v>
       </c>
-      <c r="D22" s="112" t="s">
+      <c r="D22" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E22" s="127">
+      <c r="E22" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F22" s="127">
+      <c r="F22" s="126">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G22" s="127">
+      <c r="G22" s="126">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H22" s="127">
+      <c r="H22" s="126">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I22" s="127">
+      <c r="I22" s="126">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J22" s="127">
+      <c r="J22" s="126">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K22" s="127">
+      <c r="K22" s="126">
         <f>SUMIFS($L22:$AE22,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L22" s="66"/>
       <c r="M22" s="66"/>
       <c r="N22" s="66"/>
       <c r="O22" s="66"/>
       <c r="P22" s="66"/>
       <c r="Q22" s="66"/>
       <c r="R22" s="66"/>
       <c r="S22" s="66"/>
       <c r="T22" s="66"/>
       <c r="U22" s="66"/>
       <c r="V22" s="66"/>
       <c r="W22" s="66"/>
       <c r="X22" s="66"/>
       <c r="Y22" s="66"/>
       <c r="Z22" s="66"/>
       <c r="AA22" s="66"/>
       <c r="AB22" s="66"/>
       <c r="AC22" s="66"/>
       <c r="AD22" s="66"/>
       <c r="AE22" s="66"/>
     </row>
     <row r="23" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="237" t="s">
+      <c r="B23" s="234" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="236" t="s">
+      <c r="C23" s="233" t="s">
         <v>9</v>
       </c>
-      <c r="D23" s="112" t="s">
+      <c r="D23" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E23" s="127">
+      <c r="E23" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F23" s="127">
+      <c r="F23" s="126">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="127">
+      <c r="G23" s="126">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H23" s="127">
+      <c r="H23" s="126">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I23" s="127">
+      <c r="I23" s="126">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J23" s="127">
+      <c r="J23" s="126">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K23" s="127">
+      <c r="K23" s="126">
         <f>SUMIFS($L23:$AE23,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L23" s="66"/>
       <c r="M23" s="66"/>
       <c r="N23" s="66"/>
       <c r="O23" s="66"/>
       <c r="P23" s="66"/>
       <c r="Q23" s="66"/>
       <c r="R23" s="66"/>
       <c r="S23" s="66"/>
       <c r="T23" s="66"/>
       <c r="U23" s="66"/>
       <c r="V23" s="66"/>
       <c r="W23" s="66"/>
       <c r="X23" s="66"/>
       <c r="Y23" s="66"/>
       <c r="Z23" s="66"/>
       <c r="AA23" s="66"/>
       <c r="AB23" s="66"/>
       <c r="AC23" s="66"/>
       <c r="AD23" s="66"/>
       <c r="AE23" s="66"/>
     </row>
     <row r="24" spans="2:31" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="235" t="str">
+      <c r="B24" s="232" t="str">
         <f>Budget!B24</f>
         <v xml:space="preserve">Adaption  </v>
       </c>
-      <c r="C24" s="236"/>
-      <c r="D24" s="112" t="s">
+      <c r="C24" s="233"/>
+      <c r="D24" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E24" s="127">
+      <c r="E24" s="126">
         <f>SUM(F24:K24)</f>
         <v>0</v>
       </c>
-      <c r="F24" s="127">
+      <c r="F24" s="126">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,F$19,$L$8:$AE$8,Metadaten!$F$3,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G24" s="127">
+      <c r="G24" s="126">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,G$19,$L$8:$AE$8,Metadaten!$F$3,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H24" s="127">
+      <c r="H24" s="126">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,H$19,$L$8:$AE$8,Metadaten!$F$3,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I24" s="127">
+      <c r="I24" s="126">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,I$19,$L$8:$AE$8,Metadaten!$F$3,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J24" s="127">
+      <c r="J24" s="126">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,J$19,$L$8:$AE$8,Metadaten!$F$3,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K24" s="127">
+      <c r="K24" s="126">
         <f>SUMIFS($L24:$AE24,$L$15:$AE$15,K$19,$L$8:$AE$8,Metadaten!$F$3,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L24" s="66">
         <f>Budget!L$24</f>
         <v>0</v>
       </c>
       <c r="M24" s="66">
         <f>Budget!M$24</f>
         <v>0</v>
       </c>
       <c r="N24" s="66">
         <f>Budget!N$24</f>
         <v>0</v>
       </c>
       <c r="O24" s="66">
         <f>Budget!O$24</f>
         <v>0</v>
       </c>
       <c r="P24" s="66">
         <f>Budget!P$24</f>
         <v>0</v>
       </c>
       <c r="Q24" s="66">
         <f>Budget!Q$24</f>
@@ -13827,260 +13837,260 @@
         <f>Budget!Z$24</f>
         <v>0</v>
       </c>
       <c r="AA24" s="66">
         <f>Budget!AA$24</f>
         <v>0</v>
       </c>
       <c r="AB24" s="66">
         <f>Budget!AB$24</f>
         <v>0</v>
       </c>
       <c r="AC24" s="66">
         <f>Budget!AC$24</f>
         <v>0</v>
       </c>
       <c r="AD24" s="66">
         <f>Budget!AD$24</f>
         <v>0</v>
       </c>
       <c r="AE24" s="66">
         <f>Budget!AE$24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="238" t="s">
+      <c r="B25" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C25" s="236" t="s">
+      <c r="C25" s="233" t="s">
         <v>65</v>
       </c>
-      <c r="D25" s="112" t="s">
+      <c r="D25" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E25" s="127">
+      <c r="E25" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F25" s="127">
+      <c r="F25" s="126">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="G25" s="127">
+      <c r="G25" s="126">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="H25" s="127">
+      <c r="H25" s="126">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="I25" s="127">
+      <c r="I25" s="126">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="J25" s="127">
+      <c r="J25" s="126">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="K25" s="127">
+      <c r="K25" s="126">
         <f>SUMIFS($L25:$AE25,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L25" s="66"/>
       <c r="M25" s="66"/>
       <c r="N25" s="66"/>
       <c r="O25" s="66"/>
       <c r="P25" s="66"/>
       <c r="Q25" s="66"/>
       <c r="R25" s="66"/>
       <c r="S25" s="66"/>
       <c r="T25" s="66"/>
       <c r="U25" s="66"/>
       <c r="V25" s="66"/>
       <c r="W25" s="66"/>
       <c r="X25" s="66"/>
       <c r="Y25" s="66"/>
       <c r="Z25" s="66"/>
       <c r="AA25" s="66"/>
       <c r="AB25" s="66"/>
       <c r="AC25" s="66"/>
       <c r="AD25" s="66"/>
       <c r="AE25" s="66"/>
     </row>
     <row r="26" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="238" t="s">
+      <c r="B26" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="236" t="s">
+      <c r="C26" s="233" t="s">
         <v>65</v>
       </c>
-      <c r="D26" s="112" t="s">
+      <c r="D26" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E26" s="127">
+      <c r="E26" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F26" s="127">
+      <c r="F26" s="126">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="G26" s="127">
+      <c r="G26" s="126">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="H26" s="127">
+      <c r="H26" s="126">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="I26" s="127">
+      <c r="I26" s="126">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="J26" s="127">
+      <c r="J26" s="126">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="K26" s="127">
+      <c r="K26" s="126">
         <f>SUMIFS($L26:$AE26,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L26" s="66"/>
       <c r="M26" s="66"/>
       <c r="N26" s="66"/>
       <c r="O26" s="66"/>
       <c r="P26" s="66"/>
       <c r="Q26" s="66"/>
       <c r="R26" s="66"/>
       <c r="S26" s="66"/>
       <c r="T26" s="66"/>
       <c r="U26" s="66"/>
       <c r="V26" s="66"/>
       <c r="W26" s="66"/>
       <c r="X26" s="66"/>
       <c r="Y26" s="66"/>
       <c r="Z26" s="66"/>
       <c r="AA26" s="66"/>
       <c r="AB26" s="66"/>
       <c r="AC26" s="66"/>
       <c r="AD26" s="66"/>
       <c r="AE26" s="66"/>
     </row>
     <row r="27" spans="2:31" ht="12.95" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="238" t="s">
+      <c r="B27" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C27" s="236" t="s">
+      <c r="C27" s="233" t="s">
         <v>65</v>
       </c>
-      <c r="D27" s="112" t="s">
+      <c r="D27" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E27" s="127">
+      <c r="E27" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F27" s="127">
+      <c r="F27" s="126">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="G27" s="127">
+      <c r="G27" s="126">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="H27" s="127">
+      <c r="H27" s="126">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="I27" s="127">
+      <c r="I27" s="126">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="J27" s="127">
+      <c r="J27" s="126">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
-      <c r="K27" s="127">
+      <c r="K27" s="126">
         <f>SUMIFS($L27:$AE27,$L$15:$AE$15,$F$19,$L$8:$AE$8,Metadaten!$F$3)</f>
         <v>0</v>
       </c>
       <c r="L27" s="66"/>
       <c r="M27" s="66"/>
       <c r="N27" s="66"/>
       <c r="O27" s="66"/>
       <c r="P27" s="66"/>
       <c r="Q27" s="66"/>
       <c r="R27" s="66"/>
       <c r="S27" s="66"/>
       <c r="T27" s="66"/>
       <c r="U27" s="66"/>
       <c r="V27" s="66"/>
       <c r="W27" s="66"/>
       <c r="X27" s="66"/>
       <c r="Y27" s="66"/>
       <c r="Z27" s="66"/>
       <c r="AA27" s="66"/>
       <c r="AB27" s="66"/>
       <c r="AC27" s="66"/>
       <c r="AD27" s="66"/>
       <c r="AE27" s="66"/>
     </row>
     <row r="28" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="239" t="str">
+      <c r="B28" s="236" t="str">
         <f>Budget!B28</f>
         <v>Organisation und Durchführung des Lehrganges</v>
       </c>
-      <c r="C28" s="236"/>
-      <c r="D28" s="111" t="s">
+      <c r="C28" s="233"/>
+      <c r="D28" s="110" t="s">
         <v>14</v>
       </c>
-      <c r="E28" s="127">
+      <c r="E28" s="126">
         <f>SUM(F28:K28)</f>
         <v>0</v>
       </c>
-      <c r="F28" s="127">
+      <c r="F28" s="126">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,F$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G28" s="127">
+      <c r="G28" s="126">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,G$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H28" s="127">
+      <c r="H28" s="126">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,H$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I28" s="127">
+      <c r="I28" s="126">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,I$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J28" s="127">
+      <c r="J28" s="126">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,J$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K28" s="127">
+      <c r="K28" s="126">
         <f>SUMIFS($L28:$AE28,$L$15:$AE$15,K$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L28" s="66">
         <f>Budget!L$28</f>
         <v>0</v>
       </c>
       <c r="M28" s="66">
         <f>Budget!M$28</f>
         <v>0</v>
       </c>
       <c r="N28" s="66">
         <f>Budget!N$28</f>
         <v>0</v>
       </c>
       <c r="O28" s="66">
         <f>Budget!O$28</f>
         <v>0</v>
       </c>
       <c r="P28" s="66">
         <f>Budget!P$28</f>
         <v>0</v>
       </c>
       <c r="Q28" s="66">
         <f>Budget!Q$28</f>
@@ -14122,673 +14132,673 @@
         <f>Budget!Z$28</f>
         <v>0</v>
       </c>
       <c r="AA28" s="66">
         <f>Budget!AA$28</f>
         <v>0</v>
       </c>
       <c r="AB28" s="66">
         <f>Budget!AB$28</f>
         <v>0</v>
       </c>
       <c r="AC28" s="66">
         <f>Budget!AC$28</f>
         <v>0</v>
       </c>
       <c r="AD28" s="66">
         <f>Budget!AD$28</f>
         <v>0</v>
       </c>
       <c r="AE28" s="66">
         <f>Budget!AE$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="239" t="s">
+      <c r="B29" s="236" t="s">
         <v>35</v>
       </c>
-      <c r="C29" s="236" t="s">
+      <c r="C29" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D29" s="112" t="s">
+      <c r="D29" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E29" s="127">
+      <c r="E29" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F29" s="127">
+      <c r="F29" s="126">
         <f t="shared" ref="F29:K38" si="2">SUMIFS($L29:$AE29,$L$15:$AE$15,$F$19)</f>
         <v>0</v>
       </c>
-      <c r="G29" s="127">
+      <c r="G29" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H29" s="127">
+      <c r="H29" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I29" s="127">
+      <c r="I29" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J29" s="127">
+      <c r="J29" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K29" s="127">
+      <c r="K29" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="66"/>
       <c r="M29" s="66"/>
       <c r="N29" s="66"/>
       <c r="O29" s="66"/>
       <c r="P29" s="66"/>
       <c r="Q29" s="66"/>
       <c r="R29" s="66"/>
       <c r="S29" s="66"/>
       <c r="T29" s="66"/>
       <c r="U29" s="66"/>
       <c r="V29" s="66"/>
       <c r="W29" s="66"/>
       <c r="X29" s="66"/>
       <c r="Y29" s="66"/>
       <c r="Z29" s="66"/>
       <c r="AA29" s="66"/>
       <c r="AB29" s="66"/>
       <c r="AC29" s="66"/>
       <c r="AD29" s="66"/>
       <c r="AE29" s="66"/>
     </row>
     <row r="30" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="239" t="s">
+      <c r="B30" s="236" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="236" t="s">
+      <c r="C30" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D30" s="112" t="s">
+      <c r="D30" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E30" s="127">
+      <c r="E30" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F30" s="127">
+      <c r="F30" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G30" s="127">
+      <c r="G30" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H30" s="127">
+      <c r="H30" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I30" s="127">
+      <c r="I30" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J30" s="127">
+      <c r="J30" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K30" s="127">
+      <c r="K30" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L30" s="66"/>
       <c r="M30" s="66"/>
       <c r="N30" s="66"/>
       <c r="O30" s="66"/>
       <c r="P30" s="66"/>
       <c r="Q30" s="66"/>
       <c r="R30" s="66"/>
       <c r="S30" s="66"/>
       <c r="T30" s="66"/>
       <c r="U30" s="66"/>
       <c r="V30" s="66"/>
       <c r="W30" s="66"/>
       <c r="X30" s="66"/>
       <c r="Y30" s="66"/>
       <c r="Z30" s="66"/>
       <c r="AA30" s="66"/>
       <c r="AB30" s="66"/>
       <c r="AC30" s="66"/>
       <c r="AD30" s="66"/>
       <c r="AE30" s="66"/>
     </row>
     <row r="31" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="239" t="s">
+      <c r="B31" s="236" t="s">
         <v>29</v>
       </c>
-      <c r="C31" s="236" t="s">
+      <c r="C31" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D31" s="112" t="s">
+      <c r="D31" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E31" s="127">
+      <c r="E31" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F31" s="127">
+      <c r="F31" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G31" s="127">
+      <c r="G31" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H31" s="127">
+      <c r="H31" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I31" s="127">
+      <c r="I31" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J31" s="127">
+      <c r="J31" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K31" s="127">
+      <c r="K31" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L31" s="66"/>
       <c r="M31" s="66"/>
       <c r="N31" s="66"/>
       <c r="O31" s="66"/>
       <c r="P31" s="66"/>
       <c r="Q31" s="66"/>
       <c r="R31" s="66"/>
       <c r="S31" s="66"/>
       <c r="T31" s="66"/>
       <c r="U31" s="66"/>
       <c r="V31" s="66"/>
       <c r="W31" s="66"/>
       <c r="X31" s="66"/>
       <c r="Y31" s="66"/>
       <c r="Z31" s="66"/>
       <c r="AA31" s="66"/>
       <c r="AB31" s="66"/>
       <c r="AC31" s="66"/>
       <c r="AD31" s="66"/>
       <c r="AE31" s="66"/>
     </row>
     <row r="32" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="239" t="s">
+      <c r="B32" s="236" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="236" t="s">
+      <c r="C32" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D32" s="112" t="s">
+      <c r="D32" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E32" s="127">
+      <c r="E32" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F32" s="127">
+      <c r="F32" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G32" s="127">
+      <c r="G32" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H32" s="127">
+      <c r="H32" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I32" s="127">
+      <c r="I32" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J32" s="127">
+      <c r="J32" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K32" s="127">
+      <c r="K32" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L32" s="66"/>
       <c r="M32" s="66"/>
       <c r="N32" s="66"/>
       <c r="O32" s="66"/>
       <c r="P32" s="66"/>
       <c r="Q32" s="66"/>
       <c r="R32" s="66"/>
       <c r="S32" s="66"/>
       <c r="T32" s="66"/>
       <c r="U32" s="66"/>
       <c r="V32" s="66"/>
       <c r="W32" s="66"/>
       <c r="X32" s="66"/>
       <c r="Y32" s="66"/>
       <c r="Z32" s="66"/>
       <c r="AA32" s="66"/>
       <c r="AB32" s="66"/>
       <c r="AC32" s="66"/>
       <c r="AD32" s="66"/>
       <c r="AE32" s="66"/>
     </row>
     <row r="33" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="239" t="s">
+      <c r="B33" s="236" t="s">
         <v>30</v>
       </c>
-      <c r="C33" s="236" t="s">
+      <c r="C33" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D33" s="112" t="s">
+      <c r="D33" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E33" s="127">
+      <c r="E33" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F33" s="127">
+      <c r="F33" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G33" s="127">
+      <c r="G33" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H33" s="127">
+      <c r="H33" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I33" s="127">
+      <c r="I33" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J33" s="127">
+      <c r="J33" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K33" s="127">
+      <c r="K33" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L33" s="66"/>
       <c r="M33" s="66"/>
       <c r="N33" s="66"/>
       <c r="O33" s="66"/>
       <c r="P33" s="66"/>
       <c r="Q33" s="66"/>
       <c r="R33" s="66"/>
       <c r="S33" s="66"/>
       <c r="T33" s="66"/>
       <c r="U33" s="66"/>
       <c r="V33" s="66"/>
       <c r="W33" s="66"/>
       <c r="X33" s="66"/>
       <c r="Y33" s="66"/>
       <c r="Z33" s="66"/>
       <c r="AA33" s="66"/>
       <c r="AB33" s="66"/>
       <c r="AC33" s="66"/>
       <c r="AD33" s="66"/>
       <c r="AE33" s="66"/>
     </row>
     <row r="34" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="239" t="s">
+      <c r="B34" s="236" t="s">
         <v>31</v>
       </c>
-      <c r="C34" s="236" t="s">
+      <c r="C34" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D34" s="112" t="s">
+      <c r="D34" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E34" s="127">
+      <c r="E34" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F34" s="127">
+      <c r="F34" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G34" s="127">
+      <c r="G34" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H34" s="127">
+      <c r="H34" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I34" s="127">
+      <c r="I34" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J34" s="127">
+      <c r="J34" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K34" s="127">
+      <c r="K34" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L34" s="66"/>
       <c r="M34" s="66"/>
       <c r="N34" s="66"/>
       <c r="O34" s="66"/>
       <c r="P34" s="66"/>
       <c r="Q34" s="66"/>
       <c r="R34" s="66"/>
       <c r="S34" s="66"/>
       <c r="T34" s="66"/>
       <c r="U34" s="66"/>
       <c r="V34" s="66"/>
       <c r="W34" s="66"/>
       <c r="X34" s="66"/>
       <c r="Y34" s="66"/>
       <c r="Z34" s="66"/>
       <c r="AA34" s="66"/>
       <c r="AB34" s="66"/>
       <c r="AC34" s="66"/>
       <c r="AD34" s="66"/>
       <c r="AE34" s="66"/>
     </row>
     <row r="35" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="239" t="s">
+      <c r="B35" s="236" t="s">
         <v>34</v>
       </c>
-      <c r="C35" s="236" t="s">
+      <c r="C35" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D35" s="112" t="s">
+      <c r="D35" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E35" s="127">
+      <c r="E35" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F35" s="127">
+      <c r="F35" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G35" s="127">
+      <c r="G35" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H35" s="127">
+      <c r="H35" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I35" s="127">
+      <c r="I35" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J35" s="127">
+      <c r="J35" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K35" s="127">
+      <c r="K35" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L35" s="66"/>
       <c r="M35" s="66"/>
       <c r="N35" s="66"/>
       <c r="O35" s="66"/>
       <c r="P35" s="66"/>
       <c r="Q35" s="66"/>
       <c r="R35" s="66"/>
       <c r="S35" s="66"/>
       <c r="T35" s="66"/>
       <c r="U35" s="66"/>
       <c r="V35" s="66"/>
       <c r="W35" s="66"/>
       <c r="X35" s="66"/>
       <c r="Y35" s="66"/>
       <c r="Z35" s="66"/>
       <c r="AA35" s="66"/>
       <c r="AB35" s="66"/>
       <c r="AC35" s="66"/>
       <c r="AD35" s="66"/>
       <c r="AE35" s="66"/>
     </row>
     <row r="36" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="238" t="s">
+      <c r="B36" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C36" s="236" t="s">
+      <c r="C36" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D36" s="112" t="s">
+      <c r="D36" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E36" s="127">
+      <c r="E36" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F36" s="127">
+      <c r="F36" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G36" s="127">
+      <c r="G36" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H36" s="127">
+      <c r="H36" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I36" s="127">
+      <c r="I36" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J36" s="127">
+      <c r="J36" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K36" s="127">
+      <c r="K36" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L36" s="66"/>
       <c r="M36" s="66"/>
       <c r="N36" s="66"/>
       <c r="O36" s="66"/>
       <c r="P36" s="66"/>
       <c r="Q36" s="66"/>
       <c r="R36" s="66"/>
       <c r="S36" s="66"/>
       <c r="T36" s="66"/>
       <c r="U36" s="66"/>
       <c r="V36" s="66"/>
       <c r="W36" s="66"/>
       <c r="X36" s="66"/>
       <c r="Y36" s="66"/>
       <c r="Z36" s="66"/>
       <c r="AA36" s="66"/>
       <c r="AB36" s="66"/>
       <c r="AC36" s="66"/>
       <c r="AD36" s="66"/>
       <c r="AE36" s="66"/>
     </row>
     <row r="37" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="238" t="s">
+      <c r="B37" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C37" s="236" t="s">
+      <c r="C37" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D37" s="112" t="s">
+      <c r="D37" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E37" s="127">
+      <c r="E37" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F37" s="127">
+      <c r="F37" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G37" s="127">
+      <c r="G37" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H37" s="127">
+      <c r="H37" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I37" s="127">
+      <c r="I37" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J37" s="127">
+      <c r="J37" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K37" s="127">
+      <c r="K37" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L37" s="66"/>
       <c r="M37" s="66"/>
       <c r="N37" s="66"/>
       <c r="O37" s="66"/>
       <c r="P37" s="66"/>
       <c r="Q37" s="66"/>
       <c r="R37" s="66"/>
       <c r="S37" s="66"/>
       <c r="T37" s="66"/>
       <c r="U37" s="66"/>
       <c r="V37" s="66"/>
       <c r="W37" s="66"/>
       <c r="X37" s="66"/>
       <c r="Y37" s="66"/>
       <c r="Z37" s="66"/>
       <c r="AA37" s="66"/>
       <c r="AB37" s="66"/>
       <c r="AC37" s="66"/>
       <c r="AD37" s="66"/>
       <c r="AE37" s="66"/>
     </row>
     <row r="38" spans="2:31" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="238" t="s">
+      <c r="B38" s="235" t="s">
         <v>7</v>
       </c>
-      <c r="C38" s="236" t="s">
+      <c r="C38" s="233" t="s">
         <v>2</v>
       </c>
-      <c r="D38" s="112" t="s">
+      <c r="D38" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E38" s="127">
+      <c r="E38" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F38" s="127">
+      <c r="F38" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G38" s="127">
+      <c r="G38" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H38" s="127">
+      <c r="H38" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I38" s="127">
+      <c r="I38" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J38" s="127">
+      <c r="J38" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K38" s="127">
+      <c r="K38" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L38" s="66"/>
       <c r="M38" s="66"/>
       <c r="N38" s="66"/>
       <c r="O38" s="66"/>
       <c r="P38" s="66"/>
       <c r="Q38" s="66"/>
       <c r="R38" s="66"/>
       <c r="S38" s="66"/>
       <c r="T38" s="66"/>
       <c r="U38" s="66"/>
       <c r="V38" s="66"/>
       <c r="W38" s="66"/>
       <c r="X38" s="66"/>
       <c r="Y38" s="66"/>
       <c r="Z38" s="66"/>
       <c r="AA38" s="66"/>
       <c r="AB38" s="66"/>
       <c r="AC38" s="66"/>
       <c r="AD38" s="66"/>
       <c r="AE38" s="66"/>
     </row>
     <row r="39" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="239" t="str">
+      <c r="B39" s="236" t="str">
         <f>Budget!B39</f>
         <v>Begleitung Masterarbeiten</v>
       </c>
-      <c r="C39" s="236"/>
-      <c r="D39" s="112" t="s">
+      <c r="C39" s="233"/>
+      <c r="D39" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="E39" s="127">
+      <c r="E39" s="126">
         <f>SUM(F39:K39)</f>
         <v>0</v>
       </c>
-      <c r="F39" s="127">
+      <c r="F39" s="126">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,F$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G39" s="127">
+      <c r="G39" s="126">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,G$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H39" s="127">
+      <c r="H39" s="126">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,H$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I39" s="127">
+      <c r="I39" s="126">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,I$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J39" s="127">
+      <c r="J39" s="126">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,J$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K39" s="127">
+      <c r="K39" s="126">
         <f>SUMIFS($L39:$AE39,$L$15:$AE$15,K$19,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
       <c r="L39" s="66">
         <f>Budget!L$39</f>
         <v>0</v>
       </c>
       <c r="M39" s="66">
         <f>Budget!M$39</f>
         <v>0</v>
       </c>
       <c r="N39" s="66">
         <f>Budget!N$39</f>
         <v>0</v>
       </c>
       <c r="O39" s="66">
         <f>Budget!O$39</f>
         <v>0</v>
       </c>
       <c r="P39" s="66">
         <f>Budget!P$39</f>
         <v>0</v>
       </c>
       <c r="Q39" s="66">
         <f>Budget!Q$39</f>
@@ -14830,4727 +14840,4727 @@
         <f>Budget!Z$39</f>
         <v>0</v>
       </c>
       <c r="AA39" s="66">
         <f>Budget!AA$39</f>
         <v>0</v>
       </c>
       <c r="AB39" s="66">
         <f>Budget!AB$39</f>
         <v>0</v>
       </c>
       <c r="AC39" s="66">
         <f>Budget!AC$39</f>
         <v>0</v>
       </c>
       <c r="AD39" s="66">
         <f>Budget!AD$39</f>
         <v>0</v>
       </c>
       <c r="AE39" s="66">
         <f>Budget!AE$39</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B40" s="113" t="str">
+      <c r="B40" s="112" t="str">
         <f>Budget!B40</f>
         <v>Gesamtkosten Hochschulen (DB1) ohne Gemeinkostenzuschlag</v>
       </c>
-      <c r="C40" s="114"/>
-      <c r="D40" s="112" t="s">
+      <c r="C40" s="113"/>
+      <c r="D40" s="111" t="s">
         <v>52</v>
       </c>
-      <c r="E40" s="133">
+      <c r="E40" s="132">
         <f>IF($I$3,SUM(F40:K40),0)</f>
         <v>0</v>
       </c>
-      <c r="F40" s="133">
+      <c r="F40" s="132">
         <f>IF($I$3,SUM(F20:F39),0)</f>
         <v>0</v>
       </c>
-      <c r="G40" s="133">
+      <c r="G40" s="132">
         <f t="shared" ref="G40:AE40" si="3">IF($I$3,SUM(G20:G39),0)</f>
         <v>0</v>
       </c>
-      <c r="H40" s="133">
+      <c r="H40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="I40" s="133">
+      <c r="I40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J40" s="133">
+      <c r="J40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K40" s="133">
+      <c r="K40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="L40" s="133">
+      <c r="L40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M40" s="133">
+      <c r="M40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="N40" s="133">
+      <c r="N40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="O40" s="133">
+      <c r="O40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="P40" s="133">
+      <c r="P40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Q40" s="133">
+      <c r="Q40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R40" s="133">
+      <c r="R40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S40" s="133">
+      <c r="S40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="T40" s="133">
+      <c r="T40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="U40" s="133">
+      <c r="U40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="V40" s="133">
+      <c r="V40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="W40" s="133">
+      <c r="W40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="X40" s="133">
+      <c r="X40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y40" s="133">
+      <c r="Y40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Z40" s="133">
+      <c r="Z40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AA40" s="133">
+      <c r="AA40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB40" s="133">
+      <c r="AB40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AC40" s="133">
+      <c r="AC40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AD40" s="133">
+      <c r="AD40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AE40" s="133">
+      <c r="AE40" s="132">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:31" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="114" t="str">
+      <c r="B41" s="113" t="str">
         <f>Budget!B41</f>
         <v>Gemeinkostenzuschlag für Hochschulen (+35%)</v>
       </c>
-      <c r="C41" s="115"/>
-      <c r="D41" s="116" t="s">
+      <c r="C41" s="114"/>
+      <c r="D41" s="115" t="s">
         <v>36</v>
       </c>
-      <c r="E41" s="127">
+      <c r="E41" s="126">
         <f>IF($I$3,SUM(F41:K41),0)</f>
         <v>0</v>
       </c>
-      <c r="F41" s="127">
+      <c r="F41" s="126">
         <f>IF($I$3,F40*0.35,0)</f>
         <v>0</v>
       </c>
-      <c r="G41" s="127">
+      <c r="G41" s="126">
         <f t="shared" ref="G41:K41" si="4">IF($I$3,G40*0.35,0)</f>
         <v>0</v>
       </c>
-      <c r="H41" s="127">
+      <c r="H41" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="I41" s="127">
+      <c r="I41" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="J41" s="127">
+      <c r="J41" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="K41" s="127">
+      <c r="K41" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="L41" s="127">
+      <c r="L41" s="126">
         <f t="shared" ref="L41:AD41" si="5">IF($I$3,L40*0.35,0)</f>
         <v>0</v>
       </c>
-      <c r="M41" s="127">
+      <c r="M41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="N41" s="127">
+      <c r="N41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="O41" s="127">
+      <c r="O41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="P41" s="127">
+      <c r="P41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Q41" s="127">
+      <c r="Q41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="R41" s="127">
+      <c r="R41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="S41" s="127">
+      <c r="S41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="T41" s="127">
+      <c r="T41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="U41" s="127">
+      <c r="U41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="V41" s="127">
+      <c r="V41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="W41" s="127">
+      <c r="W41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="X41" s="127">
+      <c r="X41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Y41" s="127">
+      <c r="Y41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="Z41" s="127">
+      <c r="Z41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AA41" s="127">
+      <c r="AA41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AB41" s="127">
+      <c r="AB41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AC41" s="127">
+      <c r="AC41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AD41" s="127">
+      <c r="AD41" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AE41" s="127">
+      <c r="AE41" s="126">
         <f>IF($I$3,AE40*0.35,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B42" s="117" t="str">
+      <c r="B42" s="116" t="str">
         <f>Budget!B42</f>
         <v xml:space="preserve">Gesamtkosten </v>
       </c>
-      <c r="C42" s="118"/>
-[...1 lines deleted...]
-      <c r="E42" s="133">
+      <c r="C42" s="117"/>
+      <c r="D42" s="118"/>
+      <c r="E42" s="132">
         <f>SUM(F42:K42)</f>
         <v>0</v>
       </c>
-      <c r="F42" s="133">
+      <c r="F42" s="132">
         <f t="shared" ref="F42:AE42" si="6">SUM(F20:F39)+F41</f>
         <v>0</v>
       </c>
-      <c r="G42" s="133">
+      <c r="G42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="H42" s="133">
+      <c r="H42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="I42" s="133">
+      <c r="I42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="J42" s="133">
+      <c r="J42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K42" s="133">
+      <c r="K42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="L42" s="133">
+      <c r="L42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="M42" s="133">
+      <c r="M42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="N42" s="133">
+      <c r="N42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="O42" s="133">
+      <c r="O42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="P42" s="133">
+      <c r="P42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Q42" s="133">
+      <c r="Q42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="R42" s="133">
+      <c r="R42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="S42" s="133">
+      <c r="S42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="T42" s="133">
+      <c r="T42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="U42" s="133">
+      <c r="U42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="V42" s="133">
+      <c r="V42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="W42" s="133">
+      <c r="W42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="X42" s="133">
+      <c r="X42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y42" s="133">
+      <c r="Y42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Z42" s="133">
+      <c r="Z42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="AA42" s="133">
+      <c r="AA42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="AB42" s="133">
+      <c r="AB42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="AC42" s="133">
+      <c r="AC42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="AD42" s="133">
+      <c r="AD42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="AE42" s="133">
+      <c r="AE42" s="132">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:31" ht="3.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="44" spans="2:31" s="106" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="120" t="str">
+    <row r="44" spans="2:31" s="105" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="119" t="str">
         <f>Budget!B44</f>
         <v>Finanzierung</v>
       </c>
-      <c r="C44" s="120" t="str">
+      <c r="C44" s="119" t="str">
         <f>Budget!C44</f>
         <v>pro Jahr</v>
       </c>
-      <c r="D44" s="121"/>
-      <c r="E44" s="108" t="s">
+      <c r="D44" s="120"/>
+      <c r="E44" s="107" t="s">
         <v>6</v>
       </c>
-      <c r="F44" s="122">
+      <c r="F44" s="121">
         <f>F19</f>
         <v>0</v>
       </c>
-      <c r="G44" s="122">
+      <c r="G44" s="121">
         <f>G19</f>
         <v>1</v>
       </c>
-      <c r="H44" s="122">
+      <c r="H44" s="121">
         <f>H19</f>
         <v>2</v>
       </c>
-      <c r="I44" s="122">
+      <c r="I44" s="121">
         <f t="shared" ref="I44:K44" si="7">I19</f>
         <v>3</v>
       </c>
-      <c r="J44" s="122">
+      <c r="J44" s="121">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
-      <c r="K44" s="122">
+      <c r="K44" s="121">
         <f t="shared" si="7"/>
         <v>5</v>
       </c>
-      <c r="L44" s="120"/>
-[...18 lines deleted...]
-      <c r="AE44" s="120"/>
+      <c r="L44" s="119"/>
+      <c r="M44" s="119"/>
+      <c r="N44" s="119"/>
+      <c r="O44" s="119"/>
+      <c r="P44" s="119"/>
+      <c r="Q44" s="119"/>
+      <c r="R44" s="119"/>
+      <c r="S44" s="119"/>
+      <c r="T44" s="119"/>
+      <c r="U44" s="119"/>
+      <c r="V44" s="119"/>
+      <c r="W44" s="119"/>
+      <c r="X44" s="119"/>
+      <c r="Y44" s="119"/>
+      <c r="Z44" s="119"/>
+      <c r="AA44" s="119"/>
+      <c r="AB44" s="119"/>
+      <c r="AC44" s="119"/>
+      <c r="AD44" s="119"/>
+      <c r="AE44" s="119"/>
     </row>
     <row r="45" spans="2:31" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="123" t="str">
+      <c r="B45" s="122" t="str">
         <f>Budget!B45</f>
         <v>Einnahmen aus TN-Gebühren</v>
       </c>
-      <c r="C45" s="123"/>
-      <c r="D45" s="83" t="s">
+      <c r="C45" s="122"/>
+      <c r="D45" s="82" t="s">
         <v>19</v>
       </c>
-      <c r="E45" s="127">
+      <c r="E45" s="126">
         <f>SUM(F45:K45)</f>
         <v>0</v>
       </c>
-      <c r="F45" s="127">
+      <c r="F45" s="126">
         <f>SUMIFS($L45:$AE45,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G45" s="127">
+      <c r="G45" s="126">
         <f>SUMIFS($L45:$AE45,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H45" s="127">
+      <c r="H45" s="126">
         <f>SUMIFS($L45:$AE45,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I45" s="127">
+      <c r="I45" s="126">
         <f>SUMIFS($L45:$AE45,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J45" s="127">
+      <c r="J45" s="126">
         <f>SUMIFS($L45:$AE45,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K45" s="127">
+      <c r="K45" s="126">
         <f>SUMIFS($L45:$AE45,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L45" s="124">
+      <c r="L45" s="123">
         <f t="shared" ref="L45:AE45" si="8">L16*L17</f>
         <v>0</v>
       </c>
-      <c r="M45" s="124">
+      <c r="M45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="N45" s="124">
+      <c r="N45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="O45" s="124">
+      <c r="O45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="P45" s="124">
+      <c r="P45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Q45" s="124">
+      <c r="Q45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R45" s="124">
+      <c r="R45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="S45" s="124">
+      <c r="S45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="T45" s="124">
+      <c r="T45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="U45" s="124">
+      <c r="U45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="V45" s="124">
+      <c r="V45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="W45" s="124">
+      <c r="W45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="X45" s="124">
+      <c r="X45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y45" s="124">
+      <c r="Y45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Z45" s="124">
+      <c r="Z45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AA45" s="124">
+      <c r="AA45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AB45" s="124">
+      <c r="AB45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AC45" s="124">
+      <c r="AC45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AD45" s="124">
+      <c r="AD45" s="123">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AE45" s="125">
+      <c r="AE45" s="124">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:31" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="114" t="str">
+      <c r="B46" s="113" t="str">
         <f>Budget!B46</f>
         <v>Einnahmen aus Drittmittel</v>
       </c>
-      <c r="C46" s="126" t="str">
+      <c r="C46" s="125" t="str">
         <f>Budget!C46</f>
         <v>Welcher Geldgeber? / Quel bailleur de fonds ?</v>
       </c>
-      <c r="D46" s="83" t="s">
+      <c r="D46" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="E46" s="127">
+      <c r="E46" s="126">
         <f>SUM(F46:K46)</f>
         <v>0</v>
       </c>
-      <c r="F46" s="127">
+      <c r="F46" s="126">
         <f>SUMIFS($L46:$AE46,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G46" s="127">
+      <c r="G46" s="126">
         <f>SUMIFS($L46:$AE46,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H46" s="127">
+      <c r="H46" s="126">
         <f>SUMIFS($L46:$AE46,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I46" s="127">
+      <c r="I46" s="126">
         <f>SUMIFS($L46:$AE46,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J46" s="127">
+      <c r="J46" s="126">
         <f>SUMIFS($L46:$AE46,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K46" s="127">
+      <c r="K46" s="126">
         <f>SUMIFS($L46:$AE46,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L46" s="128">
+      <c r="L46" s="127">
         <f>Budget!L46</f>
         <v>0</v>
       </c>
-      <c r="M46" s="128">
+      <c r="M46" s="127">
         <f>Budget!M46</f>
         <v>0</v>
       </c>
-      <c r="N46" s="128">
+      <c r="N46" s="127">
         <f>Budget!N46</f>
         <v>0</v>
       </c>
-      <c r="O46" s="128">
+      <c r="O46" s="127">
         <f>Budget!O46</f>
         <v>0</v>
       </c>
-      <c r="P46" s="128">
+      <c r="P46" s="127">
         <f>Budget!P46</f>
         <v>0</v>
       </c>
-      <c r="Q46" s="128">
+      <c r="Q46" s="127">
         <f>Budget!Q46</f>
         <v>0</v>
       </c>
-      <c r="R46" s="128">
+      <c r="R46" s="127">
         <f>Budget!R46</f>
         <v>0</v>
       </c>
-      <c r="S46" s="128">
+      <c r="S46" s="127">
         <f>Budget!S46</f>
         <v>0</v>
       </c>
-      <c r="T46" s="128">
+      <c r="T46" s="127">
         <f>Budget!T46</f>
         <v>0</v>
       </c>
-      <c r="U46" s="128">
+      <c r="U46" s="127">
         <f>Budget!U46</f>
         <v>0</v>
       </c>
-      <c r="V46" s="128">
+      <c r="V46" s="127">
         <f>Budget!V46</f>
         <v>0</v>
       </c>
-      <c r="W46" s="128">
+      <c r="W46" s="127">
         <f>Budget!W46</f>
         <v>0</v>
       </c>
-      <c r="X46" s="128">
+      <c r="X46" s="127">
         <f>Budget!X46</f>
         <v>0</v>
       </c>
-      <c r="Y46" s="128">
+      <c r="Y46" s="127">
         <f>Budget!Y46</f>
         <v>0</v>
       </c>
-      <c r="Z46" s="128">
+      <c r="Z46" s="127">
         <f>Budget!Z46</f>
         <v>0</v>
       </c>
-      <c r="AA46" s="128">
+      <c r="AA46" s="127">
         <f>Budget!AA46</f>
         <v>0</v>
       </c>
-      <c r="AB46" s="128">
+      <c r="AB46" s="127">
         <f>Budget!AB46</f>
         <v>0</v>
       </c>
-      <c r="AC46" s="128">
+      <c r="AC46" s="127">
         <f>Budget!AC46</f>
         <v>0</v>
       </c>
-      <c r="AD46" s="128">
+      <c r="AD46" s="127">
         <f>Budget!AD46</f>
         <v>0</v>
       </c>
-      <c r="AE46" s="128">
+      <c r="AE46" s="127">
         <f>Budget!AE46</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:31" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="114" t="str">
+      <c r="B47" s="113" t="str">
         <f>Budget!B47</f>
         <v>Einnahmen aus Drittmittel</v>
       </c>
-      <c r="C47" s="126" t="str">
+      <c r="C47" s="125" t="str">
         <f>Budget!C47</f>
         <v>Welcher Geldgeber? / Quel bailleur de fonds ?</v>
       </c>
-      <c r="D47" s="83" t="s">
+      <c r="D47" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="E47" s="127">
+      <c r="E47" s="126">
         <f>SUM(F47:K47)</f>
         <v>0</v>
       </c>
-      <c r="F47" s="127">
+      <c r="F47" s="126">
         <f>SUMIFS($L47:$AE47,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G47" s="127">
+      <c r="G47" s="126">
         <f>SUMIFS($L47:$AE47,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H47" s="127">
+      <c r="H47" s="126">
         <f>SUMIFS($L47:$AE47,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I47" s="127">
+      <c r="I47" s="126">
         <f>SUMIFS($L47:$AE47,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J47" s="127">
+      <c r="J47" s="126">
         <f>SUMIFS($L47:$AE47,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K47" s="127">
+      <c r="K47" s="126">
         <f>SUMIFS($L47:$AE47,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L47" s="128">
+      <c r="L47" s="127">
         <f>Budget!L47</f>
         <v>0</v>
       </c>
-      <c r="M47" s="128">
+      <c r="M47" s="127">
         <f>Budget!M47</f>
         <v>0</v>
       </c>
-      <c r="N47" s="128">
+      <c r="N47" s="127">
         <f>Budget!N47</f>
         <v>0</v>
       </c>
-      <c r="O47" s="128">
+      <c r="O47" s="127">
         <f>Budget!O47</f>
         <v>0</v>
       </c>
-      <c r="P47" s="128">
+      <c r="P47" s="127">
         <f>Budget!P47</f>
         <v>0</v>
       </c>
-      <c r="Q47" s="128">
+      <c r="Q47" s="127">
         <f>Budget!Q47</f>
         <v>0</v>
       </c>
-      <c r="R47" s="128">
+      <c r="R47" s="127">
         <f>Budget!R47</f>
         <v>0</v>
       </c>
-      <c r="S47" s="128">
+      <c r="S47" s="127">
         <f>Budget!S47</f>
         <v>0</v>
       </c>
-      <c r="T47" s="128">
+      <c r="T47" s="127">
         <f>Budget!T47</f>
         <v>0</v>
       </c>
-      <c r="U47" s="128">
+      <c r="U47" s="127">
         <f>Budget!U47</f>
         <v>0</v>
       </c>
-      <c r="V47" s="128">
+      <c r="V47" s="127">
         <f>Budget!V47</f>
         <v>0</v>
       </c>
-      <c r="W47" s="128">
+      <c r="W47" s="127">
         <f>Budget!W47</f>
         <v>0</v>
       </c>
-      <c r="X47" s="128">
+      <c r="X47" s="127">
         <f>Budget!X47</f>
         <v>0</v>
       </c>
-      <c r="Y47" s="128">
+      <c r="Y47" s="127">
         <f>Budget!Y47</f>
         <v>0</v>
       </c>
-      <c r="Z47" s="128">
+      <c r="Z47" s="127">
         <f>Budget!Z47</f>
         <v>0</v>
       </c>
-      <c r="AA47" s="128">
+      <c r="AA47" s="127">
         <f>Budget!AA47</f>
         <v>0</v>
       </c>
-      <c r="AB47" s="128">
+      <c r="AB47" s="127">
         <f>Budget!AB47</f>
         <v>0</v>
       </c>
-      <c r="AC47" s="128">
+      <c r="AC47" s="127">
         <f>Budget!AC47</f>
         <v>0</v>
       </c>
-      <c r="AD47" s="128">
+      <c r="AD47" s="127">
         <f>Budget!AD47</f>
         <v>0</v>
       </c>
-      <c r="AE47" s="128">
+      <c r="AE47" s="127">
         <f>Budget!AE47</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:31" ht="14.45" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="129" t="s">
+      <c r="B48" s="128" t="s">
         <v>44</v>
       </c>
-      <c r="C48" s="114"/>
-      <c r="D48" s="130" t="s">
+      <c r="C48" s="113"/>
+      <c r="D48" s="129" t="s">
         <v>38</v>
       </c>
-      <c r="E48" s="127"/>
-[...29 lines deleted...]
-      <c r="B49" s="113" t="str">
+      <c r="E48" s="126"/>
+      <c r="F48" s="126"/>
+      <c r="G48" s="126"/>
+      <c r="H48" s="126"/>
+      <c r="I48" s="126"/>
+      <c r="J48" s="126"/>
+      <c r="K48" s="126"/>
+      <c r="L48" s="130"/>
+      <c r="M48" s="130"/>
+      <c r="N48" s="130"/>
+      <c r="O48" s="130"/>
+      <c r="P48" s="130"/>
+      <c r="Q48" s="130"/>
+      <c r="R48" s="130"/>
+      <c r="S48" s="130"/>
+      <c r="T48" s="130"/>
+      <c r="U48" s="130"/>
+      <c r="V48" s="130"/>
+      <c r="W48" s="130"/>
+      <c r="X48" s="130"/>
+      <c r="Y48" s="130"/>
+      <c r="Z48" s="130"/>
+      <c r="AA48" s="130"/>
+      <c r="AB48" s="130"/>
+      <c r="AC48" s="130"/>
+      <c r="AD48" s="130"/>
+      <c r="AE48" s="131"/>
+    </row>
+    <row r="49" spans="1:53" s="134" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="81"/>
+      <c r="B49" s="112" t="str">
         <f>Budget!B49</f>
         <v>Zwischentotal Einnahmen aus TN-Gebühren, Drittmittel</v>
       </c>
-      <c r="C49" s="113"/>
-[...1 lines deleted...]
-      <c r="E49" s="127">
+      <c r="C49" s="112"/>
+      <c r="D49" s="82"/>
+      <c r="E49" s="126">
         <f>SUM(F49:K49)</f>
         <v>0</v>
       </c>
-      <c r="F49" s="133">
+      <c r="F49" s="132">
         <f t="shared" ref="F49" si="9">SUM(F45:F48)</f>
         <v>0</v>
       </c>
-      <c r="G49" s="133">
+      <c r="G49" s="132">
         <f t="shared" ref="G49:K49" si="10">SUM(G45:G48)</f>
         <v>0</v>
       </c>
-      <c r="H49" s="133">
+      <c r="H49" s="132">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="I49" s="133">
+      <c r="I49" s="132">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="J49" s="133">
+      <c r="J49" s="132">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="K49" s="133">
+      <c r="K49" s="132">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="L49" s="133">
+      <c r="L49" s="132">
         <f t="shared" ref="L49:AE49" si="11">SUM(L45:L47)</f>
         <v>0</v>
       </c>
-      <c r="M49" s="133">
+      <c r="M49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="N49" s="133">
+      <c r="N49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="O49" s="133">
+      <c r="O49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="P49" s="133">
+      <c r="P49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="Q49" s="133">
+      <c r="Q49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="R49" s="133">
+      <c r="R49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="S49" s="133">
+      <c r="S49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="T49" s="133">
+      <c r="T49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="U49" s="133">
+      <c r="U49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="V49" s="133">
+      <c r="V49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="W49" s="133">
+      <c r="W49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="X49" s="133">
+      <c r="X49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="Y49" s="133">
+      <c r="Y49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="Z49" s="133">
+      <c r="Z49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AA49" s="133">
+      <c r="AA49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AB49" s="133">
+      <c r="AB49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AC49" s="133">
+      <c r="AC49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AD49" s="133">
+      <c r="AD49" s="132">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AE49" s="134">
+      <c r="AE49" s="133">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AF49" s="82"/>
-[...23 lines deleted...]
-      <c r="B50" s="155" t="str">
+      <c r="AF49" s="81"/>
+      <c r="AG49" s="81"/>
+      <c r="AH49" s="81"/>
+      <c r="AI49" s="81"/>
+      <c r="AJ49" s="81"/>
+      <c r="AK49" s="81"/>
+      <c r="AL49" s="81"/>
+      <c r="AM49" s="81"/>
+      <c r="AN49" s="81"/>
+      <c r="AO49" s="81"/>
+      <c r="AP49" s="81"/>
+      <c r="AQ49" s="81"/>
+      <c r="AR49" s="81"/>
+      <c r="AS49" s="81"/>
+      <c r="AT49" s="81"/>
+      <c r="AU49" s="81"/>
+      <c r="AV49" s="81"/>
+      <c r="AW49" s="81"/>
+      <c r="AX49" s="81"/>
+      <c r="AY49" s="81"/>
+      <c r="AZ49" s="81"/>
+      <c r="BA49" s="81"/>
+    </row>
+    <row r="50" spans="1:53" s="153" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="154" t="str">
         <f>Budget!B50</f>
         <v xml:space="preserve">Max. Förderbeitrag Neuentwicklung </v>
       </c>
-      <c r="C50" s="156"/>
-[...1 lines deleted...]
-      <c r="E50" s="158">
+      <c r="C50" s="155"/>
+      <c r="D50" s="156"/>
+      <c r="E50" s="157">
         <f>SUM(F50:K50)</f>
         <v>0</v>
       </c>
-      <c r="F50" s="158">
+      <c r="F50" s="157">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G50" s="158">
+      <c r="G50" s="157">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H50" s="158">
+      <c r="H50" s="157">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I50" s="158">
+      <c r="I50" s="157">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J50" s="158">
+      <c r="J50" s="157">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K50" s="158">
+      <c r="K50" s="157">
         <f>SUMIFS($L50:$AE50,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L50" s="158">
+      <c r="L50" s="157">
         <f>IF(L$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(L$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(L$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(L$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="M50" s="158">
+      <c r="M50" s="157">
         <f>IF(M$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(M$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(M$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(M$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="N50" s="158">
+      <c r="N50" s="157">
         <f>IF(N$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(N$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(N$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(N$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="O50" s="158">
+      <c r="O50" s="157">
         <f>IF(O$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(O$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(O$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(O$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="P50" s="158">
+      <c r="P50" s="157">
         <f>IF(P$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(P$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(P$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(P$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Q50" s="158">
+      <c r="Q50" s="157">
         <f>IF(Q$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(Q$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(Q$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(Q$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="R50" s="158">
+      <c r="R50" s="157">
         <f>IF(R$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(R$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(R$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(R$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="S50" s="158">
+      <c r="S50" s="157">
         <f>IF(S$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(S$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(S$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(S$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="T50" s="158">
+      <c r="T50" s="157">
         <f>IF(T$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(T$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(T$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(T$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="U50" s="158">
+      <c r="U50" s="157">
         <f>IF(U$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(U$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(U$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(U$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="V50" s="158">
+      <c r="V50" s="157">
         <f>IF(V$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(V$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(V$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(V$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="W50" s="158">
+      <c r="W50" s="157">
         <f>IF(W$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(W$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(W$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(W$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="X50" s="158">
+      <c r="X50" s="157">
         <f>IF(X$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(X$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(X$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(X$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Y50" s="158">
+      <c r="Y50" s="157">
         <f>IF(Y$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(Y$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(Y$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(Y$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Z50" s="158">
+      <c r="Z50" s="157">
         <f>IF(Z$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(Z$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(Z$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(Z$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AA50" s="158">
+      <c r="AA50" s="157">
         <f>IF(AA$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AA$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AA$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AA$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AB50" s="158">
+      <c r="AB50" s="157">
         <f>IF(AB$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AB$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AB$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AB$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AC50" s="158">
+      <c r="AC50" s="157">
         <f>IF(AC$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AC$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AC$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AC$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AD50" s="158">
+      <c r="AD50" s="157">
         <f>IF(AD$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AD$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AD$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AD$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AE50" s="158">
+      <c r="AE50" s="157">
         <f>IF(AE$8=Metadaten!$F$2,IF(ISNA(VLOOKUP(AE$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0,VLOOKUP(AE$7,Fördersystematik!$B$6:$D$9,3,TRUE)),0) * IF(AE$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:53" s="154" customFormat="1" ht="14.45" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="155" t="str">
+    <row r="51" spans="1:53" s="153" customFormat="1" ht="14.45" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="154" t="str">
         <f>Budget!B51</f>
         <v xml:space="preserve">Förderpauschale Adaption </v>
       </c>
-      <c r="C51" s="156"/>
-[...1 lines deleted...]
-      <c r="E51" s="158">
+      <c r="C51" s="155"/>
+      <c r="D51" s="156"/>
+      <c r="E51" s="157">
         <f>SUM(F51:K51)</f>
         <v>0</v>
       </c>
-      <c r="F51" s="158">
+      <c r="F51" s="157">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G51" s="158">
+      <c r="G51" s="157">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H51" s="158">
+      <c r="H51" s="157">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I51" s="158">
+      <c r="I51" s="157">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J51" s="158">
+      <c r="J51" s="157">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K51" s="158">
+      <c r="K51" s="157">
         <f>SUMIFS($L51:$AE51,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L51" s="158">
+      <c r="L51" s="157">
         <f>IF(L$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(L$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(L$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(L$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="M51" s="158">
+      <c r="M51" s="157">
         <f>IF(M$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(M$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(M$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(M$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="N51" s="158">
+      <c r="N51" s="157">
         <f>IF(N$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(N$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(N$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(N$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="O51" s="158">
+      <c r="O51" s="157">
         <f>IF(O$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(O$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(O$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(O$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="P51" s="158">
+      <c r="P51" s="157">
         <f>IF(P$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(P$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(P$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(P$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Q51" s="158">
+      <c r="Q51" s="157">
         <f>IF(Q$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(Q$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(Q$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(Q$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="R51" s="158">
+      <c r="R51" s="157">
         <f>IF(R$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(R$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(R$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(R$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="S51" s="158">
+      <c r="S51" s="157">
         <f>IF(S$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(S$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(S$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(S$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="T51" s="158">
+      <c r="T51" s="157">
         <f>IF(T$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(T$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(T$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(T$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="U51" s="158">
+      <c r="U51" s="157">
         <f>IF(U$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(U$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(U$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(U$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="V51" s="158">
+      <c r="V51" s="157">
         <f>IF(V$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(V$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(V$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(V$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="W51" s="158">
+      <c r="W51" s="157">
         <f>IF(W$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(W$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(W$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(W$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="X51" s="158">
+      <c r="X51" s="157">
         <f>IF(X$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(X$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(X$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(X$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Y51" s="158">
+      <c r="Y51" s="157">
         <f>IF(Y$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(Y$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(Y$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(Y$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Z51" s="158">
+      <c r="Z51" s="157">
         <f>IF(Z$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(Z$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(Z$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(Z$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AA51" s="158">
+      <c r="AA51" s="157">
         <f>IF(AA$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AA$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AA$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AA$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AB51" s="158">
+      <c r="AB51" s="157">
         <f>IF(AB$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AB$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AB$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AB$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AC51" s="158">
+      <c r="AC51" s="157">
         <f>IF(AC$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AC$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AC$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AC$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AD51" s="158">
+      <c r="AD51" s="157">
         <f>IF(AD$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AD$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AD$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AD$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AE51" s="158">
+      <c r="AE51" s="157">
         <f>IF(AE$8=Metadaten!$F$3,IF(ISNA(VLOOKUP(AE$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0,VLOOKUP(AE$7,Fördersystematik!$B$6:$E$9,4,TRUE)),0) * IF(AE$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:53" s="154" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="155" t="str">
+    <row r="52" spans="1:53" s="153" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="154" t="str">
         <f>Budget!B52</f>
         <v xml:space="preserve">Max. Förderbeitrag Durchführung </v>
       </c>
-      <c r="C52" s="156"/>
-[...1 lines deleted...]
-      <c r="E52" s="158">
+      <c r="C52" s="155"/>
+      <c r="D52" s="156"/>
+      <c r="E52" s="157">
         <f>SUM(F52:K52)</f>
         <v>0</v>
       </c>
-      <c r="F52" s="158">
+      <c r="F52" s="157">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G52" s="158">
+      <c r="G52" s="157">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H52" s="158">
+      <c r="H52" s="157">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I52" s="158">
+      <c r="I52" s="157">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J52" s="158">
+      <c r="J52" s="157">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K52" s="158">
+      <c r="K52" s="157">
         <f>SUMIFS($L52:$AE52,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L52" s="158">
+      <c r="L52" s="157">
         <f>IF(AND(L$9=Metadaten!$F$2,L$16&gt;0,L$7&gt;0),IF(ISNA(VLOOKUP(L$7,Fördersystematik!$B$6:$K$9,IF(L$16&lt;=10,5,IF(L$16&gt;=15,10,L$16-5)),TRUE)),0,VLOOKUP(L$7,Fördersystematik!$B$6:$K$9,IF(L$16&lt;=10,5,IF(L$16&gt;=15,10,L$16-5)),TRUE)),0) * IF(L$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="M52" s="158">
+      <c r="M52" s="157">
         <f>IF(AND(M$9=Metadaten!$F$2,M$16&gt;0,M$7&gt;0),IF(ISNA(VLOOKUP(M$7,Fördersystematik!$B$6:$K$9,IF(M$16&lt;=10,5,IF(M$16&gt;=15,10,M$16-5)),TRUE)),0,VLOOKUP(M$7,Fördersystematik!$B$6:$K$9,IF(M$16&lt;=10,5,IF(M$16&gt;=15,10,M$16-5)),TRUE)),0) * IF(M$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="N52" s="158">
+      <c r="N52" s="157">
         <f>IF(AND(N$9=Metadaten!$F$2,N$16&gt;0,N$7&gt;0),IF(ISNA(VLOOKUP(N$7,Fördersystematik!$B$6:$K$9,IF(N$16&lt;=10,5,IF(N$16&gt;=15,10,N$16-5)),TRUE)),0,VLOOKUP(N$7,Fördersystematik!$B$6:$K$9,IF(N$16&lt;=10,5,IF(N$16&gt;=15,10,N$16-5)),TRUE)),0) * IF(N$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="O52" s="158">
+      <c r="O52" s="157">
         <f>IF(AND(O$9=Metadaten!$F$2,O$16&gt;0,O$7&gt;0),IF(ISNA(VLOOKUP(O$7,Fördersystematik!$B$6:$K$9,IF(O$16&lt;=10,5,IF(O$16&gt;=15,10,O$16-5)),TRUE)),0,VLOOKUP(O$7,Fördersystematik!$B$6:$K$9,IF(O$16&lt;=10,5,IF(O$16&gt;=15,10,O$16-5)),TRUE)),0) * IF(O$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="P52" s="158">
+      <c r="P52" s="157">
         <f>IF(AND(P$9=Metadaten!$F$2,P$16&gt;0,P$7&gt;0),IF(ISNA(VLOOKUP(P$7,Fördersystematik!$B$6:$K$9,IF(P$16&lt;=10,5,IF(P$16&gt;=15,10,P$16-5)),TRUE)),0,VLOOKUP(P$7,Fördersystematik!$B$6:$K$9,IF(P$16&lt;=10,5,IF(P$16&gt;=15,10,P$16-5)),TRUE)),0) * IF(P$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Q52" s="158">
+      <c r="Q52" s="157">
         <f>IF(AND(Q$9=Metadaten!$F$2,Q$16&gt;0,Q$7&gt;0),IF(ISNA(VLOOKUP(Q$7,Fördersystematik!$B$6:$K$9,IF(Q$16&lt;=10,5,IF(Q$16&gt;=15,10,Q$16-5)),TRUE)),0,VLOOKUP(Q$7,Fördersystematik!$B$6:$K$9,IF(Q$16&lt;=10,5,IF(Q$16&gt;=15,10,Q$16-5)),TRUE)),0) * IF(Q$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="R52" s="158">
+      <c r="R52" s="157">
         <f>IF(AND(R$9=Metadaten!$F$2,R$16&gt;0,R$7&gt;0),IF(ISNA(VLOOKUP(R$7,Fördersystematik!$B$6:$K$9,IF(R$16&lt;=10,5,IF(R$16&gt;=15,10,R$16-5)),TRUE)),0,VLOOKUP(R$7,Fördersystematik!$B$6:$K$9,IF(R$16&lt;=10,5,IF(R$16&gt;=15,10,R$16-5)),TRUE)),0) * IF(R$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="S52" s="158">
+      <c r="S52" s="157">
         <f>IF(AND(S$9=Metadaten!$F$2,S$16&gt;0,S$7&gt;0),IF(ISNA(VLOOKUP(S$7,Fördersystematik!$B$6:$K$9,IF(S$16&lt;=10,5,IF(S$16&gt;=15,10,S$16-5)),TRUE)),0,VLOOKUP(S$7,Fördersystematik!$B$6:$K$9,IF(S$16&lt;=10,5,IF(S$16&gt;=15,10,S$16-5)),TRUE)),0) * IF(S$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="T52" s="158">
+      <c r="T52" s="157">
         <f>IF(AND(T$9=Metadaten!$F$2,T$16&gt;0,T$7&gt;0),IF(ISNA(VLOOKUP(T$7,Fördersystematik!$B$6:$K$9,IF(T$16&lt;=10,5,IF(T$16&gt;=15,10,T$16-5)),TRUE)),0,VLOOKUP(T$7,Fördersystematik!$B$6:$K$9,IF(T$16&lt;=10,5,IF(T$16&gt;=15,10,T$16-5)),TRUE)),0) * IF(T$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="U52" s="158">
+      <c r="U52" s="157">
         <f>IF(AND(U$9=Metadaten!$F$2,U$16&gt;0,U$7&gt;0),IF(ISNA(VLOOKUP(U$7,Fördersystematik!$B$6:$K$9,IF(U$16&lt;=10,5,IF(U$16&gt;=15,10,U$16-5)),TRUE)),0,VLOOKUP(U$7,Fördersystematik!$B$6:$K$9,IF(U$16&lt;=10,5,IF(U$16&gt;=15,10,U$16-5)),TRUE)),0) * IF(U$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="V52" s="158">
+      <c r="V52" s="157">
         <f>IF(AND(V$9=Metadaten!$F$2,V$16&gt;0,V$7&gt;0),IF(ISNA(VLOOKUP(V$7,Fördersystematik!$B$6:$K$9,IF(V$16&lt;=10,5,IF(V$16&gt;=15,10,V$16-5)),TRUE)),0,VLOOKUP(V$7,Fördersystematik!$B$6:$K$9,IF(V$16&lt;=10,5,IF(V$16&gt;=15,10,V$16-5)),TRUE)),0) * IF(V$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="W52" s="158">
+      <c r="W52" s="157">
         <f>IF(AND(W$9=Metadaten!$F$2,W$16&gt;0,W$7&gt;0),IF(ISNA(VLOOKUP(W$7,Fördersystematik!$B$6:$K$9,IF(W$16&lt;=10,5,IF(W$16&gt;=15,10,W$16-5)),TRUE)),0,VLOOKUP(W$7,Fördersystematik!$B$6:$K$9,IF(W$16&lt;=10,5,IF(W$16&gt;=15,10,W$16-5)),TRUE)),0) * IF(W$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="X52" s="158">
+      <c r="X52" s="157">
         <f>IF(AND(X$9=Metadaten!$F$2,X$16&gt;0,X$7&gt;0),IF(ISNA(VLOOKUP(X$7,Fördersystematik!$B$6:$K$9,IF(X$16&lt;=10,5,IF(X$16&gt;=15,10,X$16-5)),TRUE)),0,VLOOKUP(X$7,Fördersystematik!$B$6:$K$9,IF(X$16&lt;=10,5,IF(X$16&gt;=15,10,X$16-5)),TRUE)),0) * IF(X$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Y52" s="158">
+      <c r="Y52" s="157">
         <f>IF(AND(Y$9=Metadaten!$F$2,Y$16&gt;0,Y$7&gt;0),IF(ISNA(VLOOKUP(Y$7,Fördersystematik!$B$6:$K$9,IF(Y$16&lt;=10,5,IF(Y$16&gt;=15,10,Y$16-5)),TRUE)),0,VLOOKUP(Y$7,Fördersystematik!$B$6:$K$9,IF(Y$16&lt;=10,5,IF(Y$16&gt;=15,10,Y$16-5)),TRUE)),0) * IF(Y$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="Z52" s="158">
+      <c r="Z52" s="157">
         <f>IF(AND(Z$9=Metadaten!$F$2,Z$16&gt;0,Z$7&gt;0),IF(ISNA(VLOOKUP(Z$7,Fördersystematik!$B$6:$K$9,IF(Z$16&lt;=10,5,IF(Z$16&gt;=15,10,Z$16-5)),TRUE)),0,VLOOKUP(Z$7,Fördersystematik!$B$6:$K$9,IF(Z$16&lt;=10,5,IF(Z$16&gt;=15,10,Z$16-5)),TRUE)),0) * IF(Z$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AA52" s="158">
+      <c r="AA52" s="157">
         <f>IF(AND(AA$9=Metadaten!$F$2,AA$16&gt;0,AA$7&gt;0),IF(ISNA(VLOOKUP(AA$7,Fördersystematik!$B$6:$K$9,IF(AA$16&lt;=10,5,IF(AA$16&gt;=15,10,AA$16-5)),TRUE)),0,VLOOKUP(AA$7,Fördersystematik!$B$6:$K$9,IF(AA$16&lt;=10,5,IF(AA$16&gt;=15,10,AA$16-5)),TRUE)),0) * IF(AA$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AB52" s="158">
+      <c r="AB52" s="157">
         <f>IF(AND(AB$9=Metadaten!$F$2,AB$16&gt;0,AB$7&gt;0),IF(ISNA(VLOOKUP(AB$7,Fördersystematik!$B$6:$K$9,IF(AB$16&lt;=10,5,IF(AB$16&gt;=15,10,AB$16-5)),TRUE)),0,VLOOKUP(AB$7,Fördersystematik!$B$6:$K$9,IF(AB$16&lt;=10,5,IF(AB$16&gt;=15,10,AB$16-5)),TRUE)),0) * IF(AB$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AC52" s="158">
+      <c r="AC52" s="157">
         <f>IF(AND(AC$9=Metadaten!$F$2,AC$16&gt;0,AC$7&gt;0),IF(ISNA(VLOOKUP(AC$7,Fördersystematik!$B$6:$K$9,IF(AC$16&lt;=10,5,IF(AC$16&gt;=15,10,AC$16-5)),TRUE)),0,VLOOKUP(AC$7,Fördersystematik!$B$6:$K$9,IF(AC$16&lt;=10,5,IF(AC$16&gt;=15,10,AC$16-5)),TRUE)),0) * IF(AC$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AD52" s="158">
+      <c r="AD52" s="157">
         <f>IF(AND(AD$9=Metadaten!$F$2,AD$16&gt;0,AD$7&gt;0),IF(ISNA(VLOOKUP(AD$7,Fördersystematik!$B$6:$K$9,IF(AD$16&lt;=10,5,IF(AD$16&gt;=15,10,AD$16-5)),TRUE)),0,VLOOKUP(AD$7,Fördersystematik!$B$6:$K$9,IF(AD$16&lt;=10,5,IF(AD$16&gt;=15,10,AD$16-5)),TRUE)),0) * IF(AD$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
-      <c r="AE52" s="158">
+      <c r="AE52" s="157">
         <f>IF(AND(AE$9=Metadaten!$F$2,AE$16&gt;0,AE$7&gt;0),IF(ISNA(VLOOKUP(AE$7,Fördersystematik!$B$6:$K$9,IF(AE$16&lt;=10,5,IF(AE$16&gt;=15,10,AE$16-5)),TRUE)),0,VLOOKUP(AE$7,Fördersystematik!$B$6:$K$9,IF(AE$16&lt;=10,5,IF(AE$16&gt;=15,10,AE$16-5)),TRUE)),0) * IF(AE$10 = Metadaten!$F$2,1.25,1)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:53" s="154" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="155" t="str">
+    <row r="53" spans="1:53" s="153" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="154" t="str">
         <f>Budget!B53</f>
         <v xml:space="preserve">Max. Förderbeitrag Masterarbeiten </v>
       </c>
-      <c r="C53" s="156"/>
-[...1 lines deleted...]
-      <c r="E53" s="158">
+      <c r="C53" s="155"/>
+      <c r="D53" s="156"/>
+      <c r="E53" s="157">
         <f>SUM(F53:K53)</f>
         <v>0</v>
       </c>
-      <c r="F53" s="158">
+      <c r="F53" s="157">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G53" s="158">
+      <c r="G53" s="157">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H53" s="158">
+      <c r="H53" s="157">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I53" s="158">
+      <c r="I53" s="157">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J53" s="158">
+      <c r="J53" s="157">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K53" s="158">
+      <c r="K53" s="157">
         <f>SUMIFS($L53:$AE53,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L53" s="158">
+      <c r="L53" s="157">
         <f>Fördersystematik!$D$11*L$11</f>
         <v>0</v>
       </c>
-      <c r="M53" s="158">
+      <c r="M53" s="157">
         <f>Fördersystematik!$D$11*M$11</f>
         <v>0</v>
       </c>
-      <c r="N53" s="158">
+      <c r="N53" s="157">
         <f>Fördersystematik!$D$11*N$11</f>
         <v>0</v>
       </c>
-      <c r="O53" s="158">
+      <c r="O53" s="157">
         <f>Fördersystematik!$D$11*O$11</f>
         <v>0</v>
       </c>
-      <c r="P53" s="158">
+      <c r="P53" s="157">
         <f>Fördersystematik!$D$11*P$11</f>
         <v>0</v>
       </c>
-      <c r="Q53" s="158">
+      <c r="Q53" s="157">
         <f>Fördersystematik!$D$11*Q$11</f>
         <v>0</v>
       </c>
-      <c r="R53" s="158">
+      <c r="R53" s="157">
         <f>Fördersystematik!$D$11*R$11</f>
         <v>0</v>
       </c>
-      <c r="S53" s="158">
+      <c r="S53" s="157">
         <f>Fördersystematik!$D$11*S$11</f>
         <v>0</v>
       </c>
-      <c r="T53" s="158">
+      <c r="T53" s="157">
         <f>Fördersystematik!$D$11*T$11</f>
         <v>0</v>
       </c>
-      <c r="U53" s="158">
+      <c r="U53" s="157">
         <f>Fördersystematik!$D$11*U$11</f>
         <v>0</v>
       </c>
-      <c r="V53" s="158">
+      <c r="V53" s="157">
         <f>Fördersystematik!$D$11*V$11</f>
         <v>0</v>
       </c>
-      <c r="W53" s="158">
+      <c r="W53" s="157">
         <f>Fördersystematik!$D$11*W$11</f>
         <v>0</v>
       </c>
-      <c r="X53" s="158">
+      <c r="X53" s="157">
         <f>Fördersystematik!$D$11*X$11</f>
         <v>0</v>
       </c>
-      <c r="Y53" s="158">
+      <c r="Y53" s="157">
         <f>Fördersystematik!$D$11*Y$11</f>
         <v>0</v>
       </c>
-      <c r="Z53" s="158">
+      <c r="Z53" s="157">
         <f>Fördersystematik!$D$11*Z$11</f>
         <v>0</v>
       </c>
-      <c r="AA53" s="158">
+      <c r="AA53" s="157">
         <f>Fördersystematik!$D$11*AA$11</f>
         <v>0</v>
       </c>
-      <c r="AB53" s="158">
+      <c r="AB53" s="157">
         <f>Fördersystematik!$D$11*AB$11</f>
         <v>0</v>
       </c>
-      <c r="AC53" s="158">
+      <c r="AC53" s="157">
         <f>Fördersystematik!$D$11*AC$11</f>
         <v>0</v>
       </c>
-      <c r="AD53" s="158">
+      <c r="AD53" s="157">
         <f>Fördersystematik!$D$11*AD$11</f>
         <v>0</v>
       </c>
-      <c r="AE53" s="159">
+      <c r="AE53" s="158">
         <f>Fördersystematik!$D$11*AE$11</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:53" s="162" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B54" s="155" t="str">
+    <row r="54" spans="1:53" s="161" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="153"/>
+      <c r="B54" s="154" t="str">
         <f>Budget!B54</f>
         <v>Total maximaler Förderbeitrag</v>
       </c>
-      <c r="C54" s="160"/>
-[...1 lines deleted...]
-      <c r="E54" s="158">
+      <c r="C54" s="159"/>
+      <c r="D54" s="156"/>
+      <c r="E54" s="157">
         <f>SUM(E50:E53)</f>
         <v>0</v>
       </c>
-      <c r="F54" s="158">
+      <c r="F54" s="157">
         <f t="shared" ref="F54:I54" si="12">SUM(F50:F53)</f>
         <v>0</v>
       </c>
-      <c r="G54" s="158">
+      <c r="G54" s="157">
         <f>SUM(G50:G53)</f>
         <v>0</v>
       </c>
-      <c r="H54" s="158">
+      <c r="H54" s="157">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="I54" s="158">
+      <c r="I54" s="157">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="J54" s="158">
+      <c r="J54" s="157">
         <f>SUM(J50:J53)</f>
         <v>0</v>
       </c>
-      <c r="K54" s="158">
+      <c r="K54" s="157">
         <f t="shared" ref="K54:AE54" si="13">SUM(K50:K53)</f>
         <v>0</v>
       </c>
-      <c r="L54" s="161">
+      <c r="L54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M54" s="161">
+      <c r="M54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="N54" s="161">
+      <c r="N54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="O54" s="161">
+      <c r="O54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="P54" s="161">
+      <c r="P54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="Q54" s="161">
+      <c r="Q54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R54" s="161">
+      <c r="R54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="S54" s="161">
+      <c r="S54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="T54" s="161">
+      <c r="T54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="U54" s="161">
+      <c r="U54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="V54" s="161">
+      <c r="V54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="W54" s="161">
+      <c r="W54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="X54" s="161">
+      <c r="X54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="Y54" s="161">
+      <c r="Y54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="Z54" s="161">
+      <c r="Z54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="AA54" s="161">
+      <c r="AA54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="AB54" s="161">
+      <c r="AB54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="AC54" s="161">
+      <c r="AC54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="AD54" s="161">
+      <c r="AD54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="AE54" s="161">
+      <c r="AE54" s="160">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="AF54" s="154"/>
-[...24 lines deleted...]
-      <c r="B55" s="164" t="str">
+      <c r="AF54" s="153"/>
+      <c r="AG54" s="153"/>
+      <c r="AH54" s="153"/>
+      <c r="AI54" s="153"/>
+      <c r="AJ54" s="153"/>
+      <c r="AK54" s="153"/>
+      <c r="AL54" s="153"/>
+      <c r="AM54" s="153"/>
+      <c r="AN54" s="153"/>
+      <c r="AO54" s="153"/>
+      <c r="AP54" s="153"/>
+      <c r="AQ54" s="153"/>
+      <c r="AR54" s="153"/>
+      <c r="AS54" s="153"/>
+      <c r="AT54" s="153"/>
+      <c r="AU54" s="153"/>
+      <c r="AV54" s="153"/>
+      <c r="AW54" s="153"/>
+      <c r="AX54" s="153"/>
+      <c r="AY54" s="153"/>
+      <c r="AZ54" s="153"/>
+      <c r="BA54" s="153"/>
+    </row>
+    <row r="55" spans="1:53" s="167" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="162"/>
+      <c r="B55" s="163" t="str">
         <f>Budget!B55</f>
         <v xml:space="preserve">Erfolg mit maximalem Förderbeitrag </v>
       </c>
-      <c r="C55" s="165" t="str">
+      <c r="C55" s="164" t="str">
         <f>Budget!C55</f>
         <v>Zwischenergebnis</v>
       </c>
-      <c r="D55" s="166"/>
-      <c r="E55" s="208">
+      <c r="D55" s="165"/>
+      <c r="E55" s="205">
         <f>E49+E54-E42</f>
         <v>0</v>
       </c>
-      <c r="F55" s="208">
+      <c r="F55" s="205">
         <f t="shared" ref="F55:AE55" si="14">F49+F54-F42</f>
         <v>0</v>
       </c>
-      <c r="G55" s="208">
+      <c r="G55" s="205">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="H55" s="208">
+      <c r="H55" s="205">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="I55" s="208">
+      <c r="I55" s="205">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="J55" s="208">
+      <c r="J55" s="205">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="K55" s="208">
+      <c r="K55" s="205">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="L55" s="167">
+      <c r="L55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="M55" s="167">
+      <c r="M55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="N55" s="167">
+      <c r="N55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="O55" s="167">
+      <c r="O55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="P55" s="167">
+      <c r="P55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Q55" s="167">
+      <c r="Q55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="R55" s="167">
+      <c r="R55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S55" s="167">
+      <c r="S55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="T55" s="167">
+      <c r="T55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="U55" s="167">
+      <c r="U55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="V55" s="167">
+      <c r="V55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="W55" s="167">
+      <c r="W55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="X55" s="167">
+      <c r="X55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Y55" s="167">
+      <c r="Y55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Z55" s="167">
+      <c r="Z55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="AA55" s="167">
+      <c r="AA55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="AB55" s="167">
+      <c r="AB55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="AC55" s="167">
+      <c r="AC55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="AD55" s="167">
+      <c r="AD55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="AE55" s="167">
+      <c r="AE55" s="166">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="AF55" s="163"/>
-[...24 lines deleted...]
-      <c r="B56" s="155" t="str">
+      <c r="AF55" s="162"/>
+      <c r="AG55" s="162"/>
+      <c r="AH55" s="162"/>
+      <c r="AI55" s="162"/>
+      <c r="AJ55" s="162"/>
+      <c r="AK55" s="162"/>
+      <c r="AL55" s="162"/>
+      <c r="AM55" s="162"/>
+      <c r="AN55" s="162"/>
+      <c r="AO55" s="162"/>
+      <c r="AP55" s="162"/>
+      <c r="AQ55" s="162"/>
+      <c r="AR55" s="162"/>
+      <c r="AS55" s="162"/>
+      <c r="AT55" s="162"/>
+      <c r="AU55" s="162"/>
+      <c r="AV55" s="162"/>
+      <c r="AW55" s="162"/>
+      <c r="AX55" s="162"/>
+      <c r="AY55" s="162"/>
+      <c r="AZ55" s="162"/>
+      <c r="BA55" s="162"/>
+    </row>
+    <row r="56" spans="1:53" s="161" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="153"/>
+      <c r="B56" s="154" t="str">
         <f>Budget!B56</f>
         <v>Gewinn in %</v>
       </c>
-      <c r="C56" s="160"/>
-[...8 lines deleted...]
-      <c r="L56" s="296">
+      <c r="C56" s="159"/>
+      <c r="D56" s="156"/>
+      <c r="E56" s="168"/>
+      <c r="F56" s="168"/>
+      <c r="G56" s="168"/>
+      <c r="H56" s="168"/>
+      <c r="I56" s="168"/>
+      <c r="J56" s="168"/>
+      <c r="K56" s="168"/>
+      <c r="L56" s="292">
         <f t="shared" ref="L56:AE56" si="15">IF(ISERR(L55/L42),0,L55/L42)</f>
         <v>0</v>
       </c>
-      <c r="M56" s="297">
+      <c r="M56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="N56" s="297">
+      <c r="N56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="O56" s="297">
+      <c r="O56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="P56" s="297">
+      <c r="P56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="Q56" s="297">
+      <c r="Q56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="R56" s="297">
+      <c r="R56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="S56" s="297">
+      <c r="S56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="T56" s="297">
+      <c r="T56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="U56" s="297">
+      <c r="U56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="V56" s="297">
+      <c r="V56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="W56" s="297">
+      <c r="W56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="X56" s="297">
+      <c r="X56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="Y56" s="297">
+      <c r="Y56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="Z56" s="297">
+      <c r="Z56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="AA56" s="297">
+      <c r="AA56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="AB56" s="297">
+      <c r="AB56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="AC56" s="297">
+      <c r="AC56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="AD56" s="297">
+      <c r="AD56" s="293">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="AE56" s="298">
+      <c r="AE56" s="294">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="AF56" s="154"/>
-[...23 lines deleted...]
-      <c r="B57" s="155" t="str">
+      <c r="AF56" s="153"/>
+      <c r="AG56" s="153"/>
+      <c r="AH56" s="153"/>
+      <c r="AI56" s="153"/>
+      <c r="AJ56" s="153"/>
+      <c r="AK56" s="153"/>
+      <c r="AL56" s="153"/>
+      <c r="AM56" s="153"/>
+      <c r="AN56" s="153"/>
+      <c r="AO56" s="153"/>
+      <c r="AP56" s="153"/>
+      <c r="AQ56" s="153"/>
+      <c r="AR56" s="153"/>
+      <c r="AS56" s="153"/>
+      <c r="AT56" s="153"/>
+      <c r="AU56" s="153"/>
+      <c r="AV56" s="153"/>
+      <c r="AW56" s="153"/>
+      <c r="AX56" s="153"/>
+      <c r="AY56" s="153"/>
+      <c r="AZ56" s="153"/>
+      <c r="BA56" s="153"/>
+    </row>
+    <row r="57" spans="1:53" s="153" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B57" s="154" t="str">
         <f>Budget!B57</f>
         <v>Anteil des maximalen Förderbeitrages in % der Gesamtkosten</v>
       </c>
-      <c r="C57" s="156"/>
-[...8 lines deleted...]
-      <c r="L57" s="296">
+      <c r="C57" s="155"/>
+      <c r="D57" s="156"/>
+      <c r="E57" s="168"/>
+      <c r="F57" s="168"/>
+      <c r="G57" s="168"/>
+      <c r="H57" s="168"/>
+      <c r="I57" s="168"/>
+      <c r="J57" s="168"/>
+      <c r="K57" s="168"/>
+      <c r="L57" s="292">
         <f t="shared" ref="L57:AE57" si="16">IF(ISERR(L54/L42),0,L54/L42)</f>
         <v>0</v>
       </c>
-      <c r="M57" s="297">
+      <c r="M57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="N57" s="297">
+      <c r="N57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="O57" s="297">
+      <c r="O57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="P57" s="297">
+      <c r="P57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="Q57" s="297">
+      <c r="Q57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="R57" s="297">
+      <c r="R57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="S57" s="297">
+      <c r="S57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="T57" s="297">
+      <c r="T57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="U57" s="297">
+      <c r="U57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="V57" s="297">
+      <c r="V57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="W57" s="297">
+      <c r="W57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="X57" s="297">
+      <c r="X57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="Y57" s="297">
+      <c r="Y57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="Z57" s="297">
+      <c r="Z57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="AA57" s="297">
+      <c r="AA57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="AB57" s="297">
+      <c r="AB57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="AC57" s="297">
+      <c r="AC57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="AD57" s="297">
+      <c r="AD57" s="293">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
-      <c r="AE57" s="298">
+      <c r="AE57" s="294">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:53" s="154" customFormat="1" ht="33.75" x14ac:dyDescent="0.2">
-      <c r="B58" s="155" t="str">
+    <row r="58" spans="1:53" s="153" customFormat="1" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="B58" s="154" t="str">
         <f>Budget!B58</f>
         <v>Kürzung des max. Förderbeitrags</v>
       </c>
-      <c r="C58" s="156" t="str">
+      <c r="C58" s="155" t="str">
         <f>Budget!C58</f>
         <v>Kürzung sofern das Total der maximalen Förderbeiträge mehr als 40% der Gesamtkosten beträgt bzw. zu einer Gewinnerzielung &gt; 5% führt.</v>
       </c>
-      <c r="D58" s="157" t="s">
+      <c r="D58" s="156" t="s">
         <v>54</v>
       </c>
-      <c r="E58" s="158">
+      <c r="E58" s="157">
         <f>SUM(F58:K58)</f>
         <v>0</v>
       </c>
-      <c r="F58" s="158">
+      <c r="F58" s="157">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G58" s="158">
+      <c r="G58" s="157">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H58" s="158">
+      <c r="H58" s="157">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I58" s="158">
+      <c r="I58" s="157">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J58" s="158">
+      <c r="J58" s="157">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K58" s="158">
+      <c r="K58" s="157">
         <f>SUMIFS($L58:$AE58,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L58" s="299">
+      <c r="L58" s="295">
         <f>L98</f>
         <v>0</v>
       </c>
-      <c r="M58" s="299">
+      <c r="M58" s="295">
         <f t="shared" ref="M58:AE58" si="17">M98</f>
         <v>0</v>
       </c>
-      <c r="N58" s="299">
+      <c r="N58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="O58" s="299">
+      <c r="O58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="P58" s="299">
+      <c r="P58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="Q58" s="299">
+      <c r="Q58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="R58" s="299">
+      <c r="R58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="S58" s="299">
+      <c r="S58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="T58" s="299">
+      <c r="T58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="U58" s="299">
+      <c r="U58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="V58" s="299">
+      <c r="V58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="W58" s="299">
+      <c r="W58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="X58" s="299">
+      <c r="X58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="Y58" s="299">
+      <c r="Y58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="Z58" s="299">
+      <c r="Z58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="AA58" s="299">
+      <c r="AA58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="AB58" s="299">
+      <c r="AB58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="AC58" s="299">
+      <c r="AC58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="AD58" s="299">
+      <c r="AD58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="AE58" s="299">
+      <c r="AE58" s="295">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:53" s="153" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B59" s="113" t="str">
+    <row r="59" spans="1:53" s="152" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A59" s="150"/>
+      <c r="B59" s="112" t="str">
         <f>Budget!B59</f>
         <v xml:space="preserve">Effektiver Subventionsbetrag </v>
       </c>
-      <c r="C59" s="198" t="str">
+      <c r="C59" s="195" t="str">
         <f>Budget!C59</f>
         <v>nach allfällliger Kürzung des maximalen Förderbeitrags</v>
       </c>
-      <c r="D59" s="152" t="s">
+      <c r="D59" s="151" t="s">
         <v>43</v>
       </c>
-      <c r="E59" s="133">
+      <c r="E59" s="132">
         <f>SUM(F59:K59)</f>
         <v>0</v>
       </c>
-      <c r="F59" s="133">
+      <c r="F59" s="132">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,F$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G59" s="133">
+      <c r="G59" s="132">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,G$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H59" s="133">
+      <c r="H59" s="132">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,H$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I59" s="133">
+      <c r="I59" s="132">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,I$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J59" s="133">
+      <c r="J59" s="132">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,J$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K59" s="133">
+      <c r="K59" s="132">
         <f>SUMIFS($L59:$AE59,$L$15:$AE$15,K$44,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L59" s="133">
+      <c r="L59" s="132">
         <f t="shared" ref="L59:AE59" si="18">IF(INT(L54-L58)&lt;0,0,INT(L54-L58))</f>
         <v>0</v>
       </c>
-      <c r="M59" s="133">
+      <c r="M59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="N59" s="133">
+      <c r="N59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O59" s="133">
+      <c r="O59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="P59" s="133">
+      <c r="P59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q59" s="133">
+      <c r="Q59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="R59" s="133">
+      <c r="R59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="S59" s="133">
+      <c r="S59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="T59" s="133">
+      <c r="T59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="U59" s="133">
+      <c r="U59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="V59" s="133">
+      <c r="V59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="W59" s="133">
+      <c r="W59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="X59" s="133">
+      <c r="X59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Y59" s="133">
+      <c r="Y59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Z59" s="133">
+      <c r="Z59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="AA59" s="133">
+      <c r="AA59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="AB59" s="133">
+      <c r="AB59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="AC59" s="133">
+      <c r="AC59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="AD59" s="133">
+      <c r="AD59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="AE59" s="133">
+      <c r="AE59" s="132">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="AF59" s="151"/>
-[...20 lines deleted...]
-      <c r="BA59" s="151"/>
+      <c r="AF59" s="150"/>
+      <c r="AG59" s="150"/>
+      <c r="AH59" s="150"/>
+      <c r="AI59" s="150"/>
+      <c r="AJ59" s="150"/>
+      <c r="AK59" s="150"/>
+      <c r="AL59" s="150"/>
+      <c r="AM59" s="150"/>
+      <c r="AN59" s="150"/>
+      <c r="AO59" s="150"/>
+      <c r="AP59" s="150"/>
+      <c r="AQ59" s="150"/>
+      <c r="AR59" s="150"/>
+      <c r="AS59" s="150"/>
+      <c r="AT59" s="150"/>
+      <c r="AU59" s="150"/>
+      <c r="AV59" s="150"/>
+      <c r="AW59" s="150"/>
+      <c r="AX59" s="150"/>
+      <c r="AY59" s="150"/>
+      <c r="AZ59" s="150"/>
+      <c r="BA59" s="150"/>
     </row>
     <row r="60" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="114" t="str">
+      <c r="B60" s="113" t="str">
         <f>Budget!B60</f>
         <v>Prozentualer Anteil der Subvention an den Gesamtkosten</v>
       </c>
-      <c r="C60" s="114"/>
-      <c r="D60" s="83" t="s">
+      <c r="C60" s="113"/>
+      <c r="D60" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="E60" s="203">
+      <c r="E60" s="200">
         <f t="shared" ref="E60:K60" si="19">IF(ISERR(E59/E42),0,E59/E42)</f>
         <v>0</v>
       </c>
-      <c r="F60" s="203">
+      <c r="F60" s="200">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="G60" s="203">
+      <c r="G60" s="200">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="H60" s="203">
+      <c r="H60" s="200">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="I60" s="203">
+      <c r="I60" s="200">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="J60" s="203">
+      <c r="J60" s="200">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="K60" s="203">
+      <c r="K60" s="200">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="L60" s="210"/>
-[...18 lines deleted...]
-      <c r="AE60" s="210"/>
+      <c r="L60" s="207"/>
+      <c r="M60" s="207"/>
+      <c r="N60" s="207"/>
+      <c r="O60" s="207"/>
+      <c r="P60" s="207"/>
+      <c r="Q60" s="207"/>
+      <c r="R60" s="207"/>
+      <c r="S60" s="207"/>
+      <c r="T60" s="207"/>
+      <c r="U60" s="207"/>
+      <c r="V60" s="207"/>
+      <c r="W60" s="207"/>
+      <c r="X60" s="207"/>
+      <c r="Y60" s="207"/>
+      <c r="Z60" s="207"/>
+      <c r="AA60" s="207"/>
+      <c r="AB60" s="207"/>
+      <c r="AC60" s="207"/>
+      <c r="AD60" s="207"/>
+      <c r="AE60" s="207"/>
     </row>
     <row r="61" spans="1:53" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="275" t="str">
+      <c r="B61" s="272" t="str">
         <f>Budget!B61</f>
         <v>Eigenleistungen (-) / Gewinn der Bildungsinstitution (+)</v>
       </c>
-      <c r="C61" s="198">
+      <c r="C61" s="195">
         <f>Budget!C61</f>
         <v>0</v>
       </c>
-      <c r="D61" s="199"/>
-      <c r="E61" s="291">
+      <c r="D61" s="196"/>
+      <c r="E61" s="287">
         <f t="shared" ref="E61:H61" si="20">INT(E49+E59-E42)</f>
         <v>0</v>
       </c>
-      <c r="F61" s="291">
+      <c r="F61" s="287">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="G61" s="291">
+      <c r="G61" s="287">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="H61" s="291">
+      <c r="H61" s="287">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="I61" s="204">
+      <c r="I61" s="201">
         <f t="shared" ref="I61:K61" si="21">IF((I42-I49-I59)&gt;0,(I42-I49-I59),)</f>
         <v>0</v>
       </c>
-      <c r="J61" s="204">
+      <c r="J61" s="201">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="K61" s="204">
+      <c r="K61" s="201">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
-      <c r="L61" s="291">
+      <c r="L61" s="287">
         <f>INT(L49+L59-L42)</f>
         <v>0</v>
       </c>
-      <c r="M61" s="291">
+      <c r="M61" s="287">
         <f t="shared" ref="M61:AE61" si="22">INT(M49+M59-M42)</f>
         <v>0</v>
       </c>
-      <c r="N61" s="291">
+      <c r="N61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="O61" s="291">
+      <c r="O61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="P61" s="291">
+      <c r="P61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="Q61" s="291">
+      <c r="Q61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="R61" s="291">
+      <c r="R61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="S61" s="291">
+      <c r="S61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="T61" s="291">
+      <c r="T61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="U61" s="291">
+      <c r="U61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="V61" s="291">
+      <c r="V61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="W61" s="291">
+      <c r="W61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="X61" s="291">
+      <c r="X61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="Y61" s="291">
+      <c r="Y61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="Z61" s="291">
+      <c r="Z61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="AA61" s="291">
+      <c r="AA61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="AB61" s="291">
+      <c r="AB61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="AC61" s="291">
+      <c r="AC61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="AD61" s="291">
+      <c r="AD61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="AE61" s="291">
+      <c r="AE61" s="287">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:53" s="191" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="136" t="str">
+    <row r="62" spans="1:53" s="190" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="135" t="str">
         <f>Budget!B62</f>
         <v>Total Einnahmen (ohne Eigenmittel)</v>
       </c>
-      <c r="C62" s="192"/>
-[...1 lines deleted...]
-      <c r="E62" s="205">
+      <c r="C62" s="191"/>
+      <c r="D62" s="192"/>
+      <c r="E62" s="202">
         <f>E59+E49</f>
         <v>0</v>
       </c>
-      <c r="F62" s="205">
+      <c r="F62" s="202">
         <f t="shared" ref="F62:K62" si="23">F59+F49</f>
         <v>0</v>
       </c>
-      <c r="G62" s="205">
+      <c r="G62" s="202">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="H62" s="205">
+      <c r="H62" s="202">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="I62" s="205">
+      <c r="I62" s="202">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="J62" s="205">
+      <c r="J62" s="202">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="K62" s="205">
+      <c r="K62" s="202">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="L62" s="205">
+      <c r="L62" s="202">
         <f>L59+L49</f>
         <v>0</v>
       </c>
-      <c r="M62" s="205">
+      <c r="M62" s="202">
         <f t="shared" ref="M62:AE62" si="24">M59+M49</f>
         <v>0</v>
       </c>
-      <c r="N62" s="205">
+      <c r="N62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="O62" s="205">
+      <c r="O62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="P62" s="205">
+      <c r="P62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="Q62" s="205">
+      <c r="Q62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="R62" s="205">
+      <c r="R62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="S62" s="205">
+      <c r="S62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="T62" s="205">
+      <c r="T62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="U62" s="205">
+      <c r="U62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="V62" s="205">
+      <c r="V62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="W62" s="205">
+      <c r="W62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="X62" s="205">
+      <c r="X62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="Y62" s="205">
+      <c r="Y62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="Z62" s="205">
+      <c r="Z62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AA62" s="205">
+      <c r="AA62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AB62" s="205">
+      <c r="AB62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AC62" s="205">
+      <c r="AC62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AD62" s="205">
+      <c r="AD62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="AE62" s="205">
+      <c r="AE62" s="202">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:53" x14ac:dyDescent="0.2">
-      <c r="B64" s="120" t="str">
+      <c r="B64" s="119" t="str">
         <f>Übersetzungen!B69</f>
         <v>Zahlungen durch EnergieSchweiz (Kontrolle)</v>
       </c>
-      <c r="C64" s="137"/>
-[...1 lines deleted...]
-      <c r="E64" s="108" t="s">
+      <c r="C64" s="136"/>
+      <c r="D64" s="137"/>
+      <c r="E64" s="107" t="s">
         <v>6</v>
       </c>
-      <c r="F64" s="122">
+      <c r="F64" s="121">
         <f t="shared" ref="F64:K64" si="25">F44</f>
         <v>0</v>
       </c>
-      <c r="G64" s="122">
+      <c r="G64" s="121">
         <f t="shared" si="25"/>
         <v>1</v>
       </c>
-      <c r="H64" s="122">
+      <c r="H64" s="121">
         <f t="shared" si="25"/>
         <v>2</v>
       </c>
-      <c r="I64" s="122">
+      <c r="I64" s="121">
         <f t="shared" si="25"/>
         <v>3</v>
       </c>
-      <c r="J64" s="122">
+      <c r="J64" s="121">
         <f t="shared" si="25"/>
         <v>4</v>
       </c>
-      <c r="K64" s="122">
+      <c r="K64" s="121">
         <f t="shared" si="25"/>
         <v>5</v>
       </c>
-      <c r="L64" s="120"/>
-[...18 lines deleted...]
-      <c r="AE64" s="120"/>
+      <c r="L64" s="119"/>
+      <c r="M64" s="119"/>
+      <c r="N64" s="119"/>
+      <c r="O64" s="119"/>
+      <c r="P64" s="119"/>
+      <c r="Q64" s="119"/>
+      <c r="R64" s="119"/>
+      <c r="S64" s="119"/>
+      <c r="T64" s="119"/>
+      <c r="U64" s="119"/>
+      <c r="V64" s="119"/>
+      <c r="W64" s="119"/>
+      <c r="X64" s="119"/>
+      <c r="Y64" s="119"/>
+      <c r="Z64" s="119"/>
+      <c r="AA64" s="119"/>
+      <c r="AB64" s="119"/>
+      <c r="AC64" s="119"/>
+      <c r="AD64" s="119"/>
+      <c r="AE64" s="119"/>
     </row>
     <row r="65" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B65" s="114" t="str">
+      <c r="B65" s="113" t="str">
         <f>Übersetzungen!B70</f>
         <v>Total Subventionsbeitrag (Kopie aus Zeile 59)</v>
       </c>
-      <c r="C65" s="114"/>
-[...1 lines deleted...]
-      <c r="E65" s="127">
+      <c r="C65" s="113"/>
+      <c r="D65" s="113"/>
+      <c r="E65" s="126">
         <f>SUM(F65:K65)</f>
         <v>0</v>
       </c>
-      <c r="F65" s="127">
+      <c r="F65" s="126">
         <f>F59</f>
         <v>0</v>
       </c>
-      <c r="G65" s="127">
+      <c r="G65" s="126">
         <f t="shared" ref="G65:AE65" si="26">G59</f>
         <v>0</v>
       </c>
-      <c r="H65" s="127">
+      <c r="H65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="I65" s="127">
+      <c r="I65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="J65" s="127">
+      <c r="J65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="K65" s="127">
+      <c r="K65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="L65" s="127">
+      <c r="L65" s="126">
         <f>L59</f>
         <v>0</v>
       </c>
-      <c r="M65" s="127">
+      <c r="M65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="N65" s="127">
+      <c r="N65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="O65" s="127">
+      <c r="O65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="P65" s="127">
+      <c r="P65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Q65" s="127">
+      <c r="Q65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="R65" s="127">
+      <c r="R65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="S65" s="127">
+      <c r="S65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="T65" s="127">
+      <c r="T65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="U65" s="127">
+      <c r="U65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="V65" s="127">
+      <c r="V65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="W65" s="127">
+      <c r="W65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="X65" s="127">
+      <c r="X65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Y65" s="127">
+      <c r="Y65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="Z65" s="127">
+      <c r="Z65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AA65" s="127">
+      <c r="AA65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AB65" s="127">
+      <c r="AB65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AC65" s="127">
+      <c r="AC65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AD65" s="127">
+      <c r="AD65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
-      <c r="AE65" s="127">
+      <c r="AE65" s="126">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B66" s="114" t="str">
+      <c r="B66" s="113" t="str">
         <f>Übersetzungen!B71</f>
         <v>Total Zahlungen</v>
       </c>
-      <c r="C66" s="114"/>
-[...1 lines deleted...]
-      <c r="E66" s="127">
+      <c r="C66" s="113"/>
+      <c r="D66" s="113"/>
+      <c r="E66" s="126">
         <f t="shared" ref="E66:E71" si="27">SUM(F66:K66)</f>
         <v>0</v>
       </c>
-      <c r="F66" s="127">
+      <c r="F66" s="126">
         <f>SUM(F69:F88)+F91</f>
         <v>0</v>
       </c>
-      <c r="G66" s="127">
+      <c r="G66" s="126">
         <f t="shared" ref="G66:K66" si="28">SUM(G69:G88)+G91</f>
         <v>0</v>
       </c>
-      <c r="H66" s="127">
+      <c r="H66" s="126">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="I66" s="127">
+      <c r="I66" s="126">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="J66" s="127">
+      <c r="J66" s="126">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="K66" s="127">
+      <c r="K66" s="126">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
-      <c r="L66" s="127">
+      <c r="L66" s="126">
         <f t="shared" ref="L66:AE66" si="29">SUM(L69:L88)+L91</f>
         <v>0</v>
       </c>
-      <c r="M66" s="127">
+      <c r="M66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="N66" s="127">
+      <c r="N66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="O66" s="127">
+      <c r="O66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="P66" s="127">
+      <c r="P66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="Q66" s="127">
+      <c r="Q66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="R66" s="127">
+      <c r="R66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="S66" s="127">
+      <c r="S66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="T66" s="127">
+      <c r="T66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="U66" s="127">
+      <c r="U66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="V66" s="127">
+      <c r="V66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="W66" s="127">
+      <c r="W66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="X66" s="127">
+      <c r="X66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="Y66" s="127">
+      <c r="Y66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="Z66" s="127">
+      <c r="Z66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="AA66" s="127">
+      <c r="AA66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="AB66" s="127">
+      <c r="AB66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="AC66" s="127">
+      <c r="AC66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="AD66" s="127">
+      <c r="AD66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
-      <c r="AE66" s="127">
+      <c r="AE66" s="126">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B67" s="114" t="str">
+      <c r="B67" s="113" t="str">
         <f>Übersetzungen!B72</f>
         <v>Ausstehende Subventionsbeiträge</v>
       </c>
-      <c r="C67" s="114"/>
-[...1 lines deleted...]
-      <c r="E67" s="127">
+      <c r="C67" s="113"/>
+      <c r="D67" s="113"/>
+      <c r="E67" s="126">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F67" s="127">
+      <c r="F67" s="126">
         <f>F65-F66</f>
         <v>0</v>
       </c>
-      <c r="G67" s="127">
+      <c r="G67" s="126">
         <f t="shared" ref="G67:AE67" si="30">G65-G66</f>
         <v>0</v>
       </c>
-      <c r="H67" s="127">
+      <c r="H67" s="126">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="I67" s="127">
+      <c r="I67" s="126">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="J67" s="127">
+      <c r="J67" s="126">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="K67" s="127">
+      <c r="K67" s="126">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="L67" s="139">
+      <c r="L67" s="138">
         <f>L65-L66</f>
         <v>0</v>
       </c>
-      <c r="M67" s="139">
+      <c r="M67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="N67" s="139">
+      <c r="N67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="O67" s="139">
+      <c r="O67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="P67" s="139">
+      <c r="P67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="Q67" s="139">
+      <c r="Q67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="R67" s="139">
+      <c r="R67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="S67" s="139">
+      <c r="S67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="T67" s="139">
+      <c r="T67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="U67" s="139">
+      <c r="U67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="V67" s="139">
+      <c r="V67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="W67" s="139">
+      <c r="W67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="X67" s="139">
+      <c r="X67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="Y67" s="139">
+      <c r="Y67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="Z67" s="139">
+      <c r="Z67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="AA67" s="139">
+      <c r="AA67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="AB67" s="139">
+      <c r="AB67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="AC67" s="139">
+      <c r="AC67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="AD67" s="139">
+      <c r="AD67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
-      <c r="AE67" s="139">
+      <c r="AE67" s="138">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B68" s="114" t="str">
+      <c r="B68" s="113" t="str">
         <f>Übersetzungen!B73</f>
         <v>Enddatum Lehrgang</v>
       </c>
-      <c r="C68" s="114"/>
-[...8 lines deleted...]
-      <c r="L68" s="142">
+      <c r="C68" s="113"/>
+      <c r="D68" s="139"/>
+      <c r="E68" s="116"/>
+      <c r="F68" s="116"/>
+      <c r="G68" s="199"/>
+      <c r="H68" s="199"/>
+      <c r="I68" s="199"/>
+      <c r="J68" s="199"/>
+      <c r="K68" s="199"/>
+      <c r="L68" s="141">
         <f t="shared" ref="L68:AE68" si="31">L14</f>
         <v>0</v>
       </c>
-      <c r="M68" s="142">
+      <c r="M68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="N68" s="142">
+      <c r="N68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="O68" s="142">
+      <c r="O68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="P68" s="142">
+      <c r="P68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="Q68" s="142">
+      <c r="Q68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="R68" s="142">
+      <c r="R68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="S68" s="142">
+      <c r="S68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="T68" s="142">
+      <c r="T68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="U68" s="142">
+      <c r="U68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="V68" s="142">
+      <c r="V68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="W68" s="142">
+      <c r="W68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="X68" s="142">
+      <c r="X68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="Y68" s="142">
+      <c r="Y68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="Z68" s="142">
+      <c r="Z68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="AA68" s="142">
+      <c r="AA68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="AB68" s="142">
+      <c r="AB68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="AC68" s="142">
+      <c r="AC68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="AD68" s="142">
+      <c r="AD68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="AE68" s="142">
+      <c r="AE68" s="141">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B69" s="114" t="str">
+      <c r="B69" s="113" t="str">
         <f>Übersetzungen!B74</f>
         <v>01.  Teil - Zahlung</v>
       </c>
-      <c r="C69" s="143"/>
-      <c r="E69" s="127">
+      <c r="C69" s="142"/>
+      <c r="E69" s="126">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F69" s="127">
+      <c r="F69" s="126">
         <f>SUMIFS($L69:$AE69,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G69" s="127">
+      <c r="G69" s="126">
         <f>SUMIFS($L69:$AE69,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H69" s="127">
+      <c r="H69" s="126">
         <f>SUMIFS($L69:$AE69,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I69" s="127">
+      <c r="I69" s="126">
         <f>SUMIFS($L69:$AE69,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J69" s="127">
+      <c r="J69" s="126">
         <f>SUMIFS($L69:$AE69,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K69" s="127">
+      <c r="K69" s="126">
         <f>SUMIFS($L69:$AE69,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L69" s="144"/>
-[...18 lines deleted...]
-      <c r="AE69" s="144"/>
+      <c r="L69" s="143"/>
+      <c r="M69" s="143"/>
+      <c r="N69" s="143"/>
+      <c r="O69" s="143"/>
+      <c r="P69" s="143"/>
+      <c r="Q69" s="143"/>
+      <c r="R69" s="143"/>
+      <c r="S69" s="143"/>
+      <c r="T69" s="143"/>
+      <c r="U69" s="143"/>
+      <c r="V69" s="143"/>
+      <c r="W69" s="143"/>
+      <c r="X69" s="143"/>
+      <c r="Y69" s="143"/>
+      <c r="Z69" s="143"/>
+      <c r="AA69" s="143"/>
+      <c r="AB69" s="143"/>
+      <c r="AC69" s="143"/>
+      <c r="AD69" s="143"/>
+      <c r="AE69" s="143"/>
     </row>
     <row r="70" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B70" s="114" t="str">
+      <c r="B70" s="113" t="str">
         <f>Übersetzungen!B75</f>
         <v>02. Teil - Zahlung</v>
       </c>
-      <c r="C70" s="143"/>
-      <c r="E70" s="127">
+      <c r="C70" s="142"/>
+      <c r="E70" s="126">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F70" s="127">
+      <c r="F70" s="126">
         <f>SUMIFS($L70:$AE70,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G70" s="127">
+      <c r="G70" s="126">
         <f>SUMIFS($L70:$AE70,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H70" s="127">
+      <c r="H70" s="126">
         <f>SUMIFS($L70:$AE70,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I70" s="127">
+      <c r="I70" s="126">
         <f>SUMIFS($L70:$AE70,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J70" s="127">
+      <c r="J70" s="126">
         <f>SUMIFS($L70:$AE70,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K70" s="127">
+      <c r="K70" s="126">
         <f>SUMIFS($L70:$AE70,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L70" s="144"/>
-[...18 lines deleted...]
-      <c r="AE70" s="144"/>
+      <c r="L70" s="143"/>
+      <c r="M70" s="143"/>
+      <c r="N70" s="143"/>
+      <c r="O70" s="143"/>
+      <c r="P70" s="143"/>
+      <c r="Q70" s="143"/>
+      <c r="R70" s="143"/>
+      <c r="S70" s="143"/>
+      <c r="T70" s="143"/>
+      <c r="U70" s="143"/>
+      <c r="V70" s="143"/>
+      <c r="W70" s="143"/>
+      <c r="X70" s="143"/>
+      <c r="Y70" s="143"/>
+      <c r="Z70" s="143"/>
+      <c r="AA70" s="143"/>
+      <c r="AB70" s="143"/>
+      <c r="AC70" s="143"/>
+      <c r="AD70" s="143"/>
+      <c r="AE70" s="143"/>
     </row>
     <row r="71" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B71" s="114" t="str">
+      <c r="B71" s="113" t="str">
         <f>Übersetzungen!B76</f>
         <v>03. Teil - Zahlung</v>
       </c>
-      <c r="C71" s="143"/>
-      <c r="E71" s="127">
+      <c r="C71" s="142"/>
+      <c r="E71" s="126">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
-      <c r="F71" s="127">
+      <c r="F71" s="126">
         <f>SUMIFS($L71:$AE71,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G71" s="127">
+      <c r="G71" s="126">
         <f>SUMIFS($L71:$AE71,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H71" s="127">
+      <c r="H71" s="126">
         <f>SUMIFS($L71:$AE71,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I71" s="127">
+      <c r="I71" s="126">
         <f>SUMIFS($L71:$AE71,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J71" s="127">
+      <c r="J71" s="126">
         <f>SUMIFS($L71:$AE71,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K71" s="127">
+      <c r="K71" s="126">
         <f>SUMIFS($L71:$AE71,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L71" s="144"/>
-[...18 lines deleted...]
-      <c r="AE71" s="144"/>
+      <c r="L71" s="143"/>
+      <c r="M71" s="143"/>
+      <c r="N71" s="143"/>
+      <c r="O71" s="143"/>
+      <c r="P71" s="143"/>
+      <c r="Q71" s="143"/>
+      <c r="R71" s="143"/>
+      <c r="S71" s="143"/>
+      <c r="T71" s="143"/>
+      <c r="U71" s="143"/>
+      <c r="V71" s="143"/>
+      <c r="W71" s="143"/>
+      <c r="X71" s="143"/>
+      <c r="Y71" s="143"/>
+      <c r="Z71" s="143"/>
+      <c r="AA71" s="143"/>
+      <c r="AB71" s="143"/>
+      <c r="AC71" s="143"/>
+      <c r="AD71" s="143"/>
+      <c r="AE71" s="143"/>
     </row>
     <row r="72" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B72" s="114" t="str">
+      <c r="B72" s="113" t="str">
         <f>Übersetzungen!B77</f>
         <v>04. Teil - Zahlung</v>
       </c>
-      <c r="C72" s="143"/>
-      <c r="E72" s="127">
+      <c r="C72" s="142"/>
+      <c r="E72" s="126">
         <f t="shared" ref="E72:E88" si="32">SUM(F72:K72)</f>
         <v>0</v>
       </c>
-      <c r="F72" s="127">
+      <c r="F72" s="126">
         <f>SUMIFS($L72:$AE72,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G72" s="127">
+      <c r="G72" s="126">
         <f>SUMIFS($L72:$AE72,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H72" s="127">
+      <c r="H72" s="126">
         <f>SUMIFS($L72:$AE72,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I72" s="127">
+      <c r="I72" s="126">
         <f>SUMIFS($L72:$AE72,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J72" s="127">
+      <c r="J72" s="126">
         <f>SUMIFS($L72:$AE72,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K72" s="127">
+      <c r="K72" s="126">
         <f>SUMIFS($L72:$AE72,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L72" s="144"/>
-[...18 lines deleted...]
-      <c r="AE72" s="144"/>
+      <c r="L72" s="143"/>
+      <c r="M72" s="143"/>
+      <c r="N72" s="143"/>
+      <c r="O72" s="143"/>
+      <c r="P72" s="143"/>
+      <c r="Q72" s="143"/>
+      <c r="R72" s="143"/>
+      <c r="S72" s="143"/>
+      <c r="T72" s="143"/>
+      <c r="U72" s="143"/>
+      <c r="V72" s="143"/>
+      <c r="W72" s="143"/>
+      <c r="X72" s="143"/>
+      <c r="Y72" s="143"/>
+      <c r="Z72" s="143"/>
+      <c r="AA72" s="143"/>
+      <c r="AB72" s="143"/>
+      <c r="AC72" s="143"/>
+      <c r="AD72" s="143"/>
+      <c r="AE72" s="143"/>
     </row>
     <row r="73" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B73" s="114" t="str">
+      <c r="B73" s="113" t="str">
         <f>Übersetzungen!B78</f>
         <v>05. Teil - Zahlung</v>
       </c>
-      <c r="C73" s="143"/>
-      <c r="E73" s="127">
+      <c r="C73" s="142"/>
+      <c r="E73" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F73" s="127">
+      <c r="F73" s="126">
         <f>SUMIFS($L73:$AE73,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G73" s="127">
+      <c r="G73" s="126">
         <f>SUMIFS($L73:$AE73,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H73" s="127">
+      <c r="H73" s="126">
         <f>SUMIFS($L73:$AE73,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I73" s="127">
+      <c r="I73" s="126">
         <f>SUMIFS($L73:$AE73,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J73" s="127">
+      <c r="J73" s="126">
         <f>SUMIFS($L73:$AE73,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K73" s="127">
+      <c r="K73" s="126">
         <f>SUMIFS($L73:$AE73,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L73" s="144"/>
-[...18 lines deleted...]
-      <c r="AE73" s="144"/>
+      <c r="L73" s="143"/>
+      <c r="M73" s="143"/>
+      <c r="N73" s="143"/>
+      <c r="O73" s="143"/>
+      <c r="P73" s="143"/>
+      <c r="Q73" s="143"/>
+      <c r="R73" s="143"/>
+      <c r="S73" s="143"/>
+      <c r="T73" s="143"/>
+      <c r="U73" s="143"/>
+      <c r="V73" s="143"/>
+      <c r="W73" s="143"/>
+      <c r="X73" s="143"/>
+      <c r="Y73" s="143"/>
+      <c r="Z73" s="143"/>
+      <c r="AA73" s="143"/>
+      <c r="AB73" s="143"/>
+      <c r="AC73" s="143"/>
+      <c r="AD73" s="143"/>
+      <c r="AE73" s="143"/>
     </row>
     <row r="74" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B74" s="114" t="str">
+      <c r="B74" s="113" t="str">
         <f>Übersetzungen!B79</f>
         <v>06. Teil - Zahlung</v>
       </c>
-      <c r="C74" s="143"/>
-      <c r="E74" s="127">
+      <c r="C74" s="142"/>
+      <c r="E74" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F74" s="127">
+      <c r="F74" s="126">
         <f>SUMIFS($L74:$AE74,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G74" s="127">
+      <c r="G74" s="126">
         <f>SUMIFS($L74:$AE74,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H74" s="127">
+      <c r="H74" s="126">
         <f>SUMIFS($L74:$AE74,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I74" s="127">
+      <c r="I74" s="126">
         <f>SUMIFS($L74:$AE74,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J74" s="127">
+      <c r="J74" s="126">
         <f>SUMIFS($L74:$AE74,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K74" s="127">
+      <c r="K74" s="126">
         <f>SUMIFS($L74:$AE74,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L74" s="144"/>
-[...18 lines deleted...]
-      <c r="AE74" s="144"/>
+      <c r="L74" s="143"/>
+      <c r="M74" s="143"/>
+      <c r="N74" s="143"/>
+      <c r="O74" s="143"/>
+      <c r="P74" s="143"/>
+      <c r="Q74" s="143"/>
+      <c r="R74" s="143"/>
+      <c r="S74" s="143"/>
+      <c r="T74" s="143"/>
+      <c r="U74" s="143"/>
+      <c r="V74" s="143"/>
+      <c r="W74" s="143"/>
+      <c r="X74" s="143"/>
+      <c r="Y74" s="143"/>
+      <c r="Z74" s="143"/>
+      <c r="AA74" s="143"/>
+      <c r="AB74" s="143"/>
+      <c r="AC74" s="143"/>
+      <c r="AD74" s="143"/>
+      <c r="AE74" s="143"/>
     </row>
     <row r="75" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B75" s="114" t="str">
+      <c r="B75" s="113" t="str">
         <f>Übersetzungen!B80</f>
         <v>07. Teil - Zahlung</v>
       </c>
-      <c r="C75" s="143"/>
-      <c r="E75" s="127">
+      <c r="C75" s="142"/>
+      <c r="E75" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F75" s="127">
+      <c r="F75" s="126">
         <f>SUMIFS($L75:$AE75,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G75" s="127">
+      <c r="G75" s="126">
         <f>SUMIFS($L75:$AE75,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H75" s="127">
+      <c r="H75" s="126">
         <f>SUMIFS($L75:$AE75,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I75" s="127">
+      <c r="I75" s="126">
         <f>SUMIFS($L75:$AE75,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J75" s="127">
+      <c r="J75" s="126">
         <f>SUMIFS($L75:$AE75,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K75" s="127">
+      <c r="K75" s="126">
         <f>SUMIFS($L75:$AE75,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L75" s="144"/>
-[...18 lines deleted...]
-      <c r="AE75" s="144"/>
+      <c r="L75" s="143"/>
+      <c r="M75" s="143"/>
+      <c r="N75" s="143"/>
+      <c r="O75" s="143"/>
+      <c r="P75" s="143"/>
+      <c r="Q75" s="143"/>
+      <c r="R75" s="143"/>
+      <c r="S75" s="143"/>
+      <c r="T75" s="143"/>
+      <c r="U75" s="143"/>
+      <c r="V75" s="143"/>
+      <c r="W75" s="143"/>
+      <c r="X75" s="143"/>
+      <c r="Y75" s="143"/>
+      <c r="Z75" s="143"/>
+      <c r="AA75" s="143"/>
+      <c r="AB75" s="143"/>
+      <c r="AC75" s="143"/>
+      <c r="AD75" s="143"/>
+      <c r="AE75" s="143"/>
     </row>
     <row r="76" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B76" s="114" t="str">
+      <c r="B76" s="113" t="str">
         <f>Übersetzungen!B81</f>
         <v>08. Teil - Zahlung</v>
       </c>
-      <c r="C76" s="143"/>
-      <c r="E76" s="127">
+      <c r="C76" s="142"/>
+      <c r="E76" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F76" s="127">
+      <c r="F76" s="126">
         <f>SUMIFS($L76:$AE76,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G76" s="127">
+      <c r="G76" s="126">
         <f>SUMIFS($L76:$AE76,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H76" s="127">
+      <c r="H76" s="126">
         <f>SUMIFS($L76:$AE76,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I76" s="127">
+      <c r="I76" s="126">
         <f>SUMIFS($L76:$AE76,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J76" s="127">
+      <c r="J76" s="126">
         <f>SUMIFS($L76:$AE76,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K76" s="127">
+      <c r="K76" s="126">
         <f>SUMIFS($L76:$AE76,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L76" s="144"/>
-[...18 lines deleted...]
-      <c r="AE76" s="144"/>
+      <c r="L76" s="143"/>
+      <c r="M76" s="143"/>
+      <c r="N76" s="143"/>
+      <c r="O76" s="143"/>
+      <c r="P76" s="143"/>
+      <c r="Q76" s="143"/>
+      <c r="R76" s="143"/>
+      <c r="S76" s="143"/>
+      <c r="T76" s="143"/>
+      <c r="U76" s="143"/>
+      <c r="V76" s="143"/>
+      <c r="W76" s="143"/>
+      <c r="X76" s="143"/>
+      <c r="Y76" s="143"/>
+      <c r="Z76" s="143"/>
+      <c r="AA76" s="143"/>
+      <c r="AB76" s="143"/>
+      <c r="AC76" s="143"/>
+      <c r="AD76" s="143"/>
+      <c r="AE76" s="143"/>
     </row>
     <row r="77" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B77" s="114" t="str">
+      <c r="B77" s="113" t="str">
         <f>Übersetzungen!B82</f>
         <v>09. Teil - Zahlung</v>
       </c>
-      <c r="C77" s="143"/>
-      <c r="E77" s="127">
+      <c r="C77" s="142"/>
+      <c r="E77" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F77" s="127">
+      <c r="F77" s="126">
         <f>SUMIFS($L77:$AE77,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G77" s="127">
+      <c r="G77" s="126">
         <f>SUMIFS($L77:$AE77,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H77" s="127">
+      <c r="H77" s="126">
         <f>SUMIFS($L77:$AE77,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I77" s="127">
+      <c r="I77" s="126">
         <f>SUMIFS($L77:$AE77,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J77" s="127">
+      <c r="J77" s="126">
         <f>SUMIFS($L77:$AE77,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K77" s="127">
+      <c r="K77" s="126">
         <f>SUMIFS($L77:$AE77,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L77" s="144"/>
-[...18 lines deleted...]
-      <c r="AE77" s="144"/>
+      <c r="L77" s="143"/>
+      <c r="M77" s="143"/>
+      <c r="N77" s="143"/>
+      <c r="O77" s="143"/>
+      <c r="P77" s="143"/>
+      <c r="Q77" s="143"/>
+      <c r="R77" s="143"/>
+      <c r="S77" s="143"/>
+      <c r="T77" s="143"/>
+      <c r="U77" s="143"/>
+      <c r="V77" s="143"/>
+      <c r="W77" s="143"/>
+      <c r="X77" s="143"/>
+      <c r="Y77" s="143"/>
+      <c r="Z77" s="143"/>
+      <c r="AA77" s="143"/>
+      <c r="AB77" s="143"/>
+      <c r="AC77" s="143"/>
+      <c r="AD77" s="143"/>
+      <c r="AE77" s="143"/>
     </row>
     <row r="78" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B78" s="114" t="str">
+      <c r="B78" s="113" t="str">
         <f>Übersetzungen!B83</f>
         <v>10. Teil - Zahlung</v>
       </c>
-      <c r="C78" s="143"/>
-      <c r="E78" s="127">
+      <c r="C78" s="142"/>
+      <c r="E78" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F78" s="127">
+      <c r="F78" s="126">
         <f>SUMIFS($L78:$AE78,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G78" s="127">
+      <c r="G78" s="126">
         <f>SUMIFS($L78:$AE78,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H78" s="127">
+      <c r="H78" s="126">
         <f>SUMIFS($L78:$AE78,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I78" s="127">
+      <c r="I78" s="126">
         <f>SUMIFS($L78:$AE78,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J78" s="127">
+      <c r="J78" s="126">
         <f>SUMIFS($L78:$AE78,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K78" s="127">
+      <c r="K78" s="126">
         <f>SUMIFS($L78:$AE78,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L78" s="144"/>
-[...18 lines deleted...]
-      <c r="AE78" s="144"/>
+      <c r="L78" s="143"/>
+      <c r="M78" s="143"/>
+      <c r="N78" s="143"/>
+      <c r="O78" s="143"/>
+      <c r="P78" s="143"/>
+      <c r="Q78" s="143"/>
+      <c r="R78" s="143"/>
+      <c r="S78" s="143"/>
+      <c r="T78" s="143"/>
+      <c r="U78" s="143"/>
+      <c r="V78" s="143"/>
+      <c r="W78" s="143"/>
+      <c r="X78" s="143"/>
+      <c r="Y78" s="143"/>
+      <c r="Z78" s="143"/>
+      <c r="AA78" s="143"/>
+      <c r="AB78" s="143"/>
+      <c r="AC78" s="143"/>
+      <c r="AD78" s="143"/>
+      <c r="AE78" s="143"/>
     </row>
     <row r="79" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B79" s="114" t="str">
+      <c r="B79" s="113" t="str">
         <f>Übersetzungen!B84</f>
         <v>11. Teil - Zahlung</v>
       </c>
-      <c r="C79" s="143"/>
-      <c r="E79" s="127">
+      <c r="C79" s="142"/>
+      <c r="E79" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F79" s="127">
+      <c r="F79" s="126">
         <f t="shared" ref="F79:K90" si="33">SUMIFS($L79:$AE79,$L$15:$AE$15,F$64)</f>
         <v>0</v>
       </c>
-      <c r="G79" s="127">
+      <c r="G79" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H79" s="127">
+      <c r="H79" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I79" s="127">
+      <c r="I79" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J79" s="127">
+      <c r="J79" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K79" s="127">
+      <c r="K79" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L79" s="144"/>
-[...18 lines deleted...]
-      <c r="AE79" s="144"/>
+      <c r="L79" s="143"/>
+      <c r="M79" s="143"/>
+      <c r="N79" s="143"/>
+      <c r="O79" s="143"/>
+      <c r="P79" s="143"/>
+      <c r="Q79" s="143"/>
+      <c r="R79" s="143"/>
+      <c r="S79" s="143"/>
+      <c r="T79" s="143"/>
+      <c r="U79" s="143"/>
+      <c r="V79" s="143"/>
+      <c r="W79" s="143"/>
+      <c r="X79" s="143"/>
+      <c r="Y79" s="143"/>
+      <c r="Z79" s="143"/>
+      <c r="AA79" s="143"/>
+      <c r="AB79" s="143"/>
+      <c r="AC79" s="143"/>
+      <c r="AD79" s="143"/>
+      <c r="AE79" s="143"/>
     </row>
     <row r="80" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B80" s="114" t="str">
+      <c r="B80" s="113" t="str">
         <f>Übersetzungen!B85</f>
         <v>12. Teil - Zahlung</v>
       </c>
-      <c r="C80" s="143"/>
-      <c r="E80" s="127">
+      <c r="C80" s="142"/>
+      <c r="E80" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F80" s="127">
+      <c r="F80" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G80" s="127">
+      <c r="G80" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H80" s="127">
+      <c r="H80" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I80" s="127">
+      <c r="I80" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J80" s="127">
+      <c r="J80" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K80" s="127">
+      <c r="K80" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L80" s="144"/>
-[...18 lines deleted...]
-      <c r="AE80" s="144"/>
+      <c r="L80" s="143"/>
+      <c r="M80" s="143"/>
+      <c r="N80" s="143"/>
+      <c r="O80" s="143"/>
+      <c r="P80" s="143"/>
+      <c r="Q80" s="143"/>
+      <c r="R80" s="143"/>
+      <c r="S80" s="143"/>
+      <c r="T80" s="143"/>
+      <c r="U80" s="143"/>
+      <c r="V80" s="143"/>
+      <c r="W80" s="143"/>
+      <c r="X80" s="143"/>
+      <c r="Y80" s="143"/>
+      <c r="Z80" s="143"/>
+      <c r="AA80" s="143"/>
+      <c r="AB80" s="143"/>
+      <c r="AC80" s="143"/>
+      <c r="AD80" s="143"/>
+      <c r="AE80" s="143"/>
     </row>
     <row r="81" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B81" s="114" t="str">
+      <c r="B81" s="113" t="str">
         <f>Übersetzungen!B86</f>
         <v>13. Teil - Zahlung</v>
       </c>
-      <c r="C81" s="143"/>
-      <c r="E81" s="127">
+      <c r="C81" s="142"/>
+      <c r="E81" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F81" s="127">
+      <c r="F81" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G81" s="127">
+      <c r="G81" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H81" s="127">
+      <c r="H81" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I81" s="127">
+      <c r="I81" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J81" s="127">
+      <c r="J81" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K81" s="127">
+      <c r="K81" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L81" s="144"/>
-[...18 lines deleted...]
-      <c r="AE81" s="144"/>
+      <c r="L81" s="143"/>
+      <c r="M81" s="143"/>
+      <c r="N81" s="143"/>
+      <c r="O81" s="143"/>
+      <c r="P81" s="143"/>
+      <c r="Q81" s="143"/>
+      <c r="R81" s="143"/>
+      <c r="S81" s="143"/>
+      <c r="T81" s="143"/>
+      <c r="U81" s="143"/>
+      <c r="V81" s="143"/>
+      <c r="W81" s="143"/>
+      <c r="X81" s="143"/>
+      <c r="Y81" s="143"/>
+      <c r="Z81" s="143"/>
+      <c r="AA81" s="143"/>
+      <c r="AB81" s="143"/>
+      <c r="AC81" s="143"/>
+      <c r="AD81" s="143"/>
+      <c r="AE81" s="143"/>
     </row>
     <row r="82" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="114" t="str">
+      <c r="B82" s="113" t="str">
         <f>Übersetzungen!B87</f>
         <v>14. Teil - Zahlung</v>
       </c>
-      <c r="C82" s="143"/>
-      <c r="E82" s="127">
+      <c r="C82" s="142"/>
+      <c r="E82" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F82" s="127">
+      <c r="F82" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G82" s="127">
+      <c r="G82" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H82" s="127">
+      <c r="H82" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I82" s="127">
+      <c r="I82" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J82" s="127">
+      <c r="J82" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K82" s="127">
+      <c r="K82" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L82" s="144"/>
-[...18 lines deleted...]
-      <c r="AE82" s="144"/>
+      <c r="L82" s="143"/>
+      <c r="M82" s="143"/>
+      <c r="N82" s="143"/>
+      <c r="O82" s="143"/>
+      <c r="P82" s="143"/>
+      <c r="Q82" s="143"/>
+      <c r="R82" s="143"/>
+      <c r="S82" s="143"/>
+      <c r="T82" s="143"/>
+      <c r="U82" s="143"/>
+      <c r="V82" s="143"/>
+      <c r="W82" s="143"/>
+      <c r="X82" s="143"/>
+      <c r="Y82" s="143"/>
+      <c r="Z82" s="143"/>
+      <c r="AA82" s="143"/>
+      <c r="AB82" s="143"/>
+      <c r="AC82" s="143"/>
+      <c r="AD82" s="143"/>
+      <c r="AE82" s="143"/>
     </row>
     <row r="83" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B83" s="114" t="str">
+      <c r="B83" s="113" t="str">
         <f>Übersetzungen!B88</f>
         <v>15. Teil - Zahlung</v>
       </c>
-      <c r="C83" s="143"/>
-      <c r="E83" s="127">
+      <c r="C83" s="142"/>
+      <c r="E83" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F83" s="127">
+      <c r="F83" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G83" s="127">
+      <c r="G83" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H83" s="127">
+      <c r="H83" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I83" s="127">
+      <c r="I83" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J83" s="127">
+      <c r="J83" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K83" s="127">
+      <c r="K83" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L83" s="144"/>
-[...18 lines deleted...]
-      <c r="AE83" s="144"/>
+      <c r="L83" s="143"/>
+      <c r="M83" s="143"/>
+      <c r="N83" s="143"/>
+      <c r="O83" s="143"/>
+      <c r="P83" s="143"/>
+      <c r="Q83" s="143"/>
+      <c r="R83" s="143"/>
+      <c r="S83" s="143"/>
+      <c r="T83" s="143"/>
+      <c r="U83" s="143"/>
+      <c r="V83" s="143"/>
+      <c r="W83" s="143"/>
+      <c r="X83" s="143"/>
+      <c r="Y83" s="143"/>
+      <c r="Z83" s="143"/>
+      <c r="AA83" s="143"/>
+      <c r="AB83" s="143"/>
+      <c r="AC83" s="143"/>
+      <c r="AD83" s="143"/>
+      <c r="AE83" s="143"/>
     </row>
     <row r="84" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B84" s="114" t="str">
+      <c r="B84" s="113" t="str">
         <f>Übersetzungen!B89</f>
         <v>16. Teil - Zahlung</v>
       </c>
-      <c r="C84" s="143"/>
-      <c r="E84" s="127">
+      <c r="C84" s="142"/>
+      <c r="E84" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F84" s="127">
+      <c r="F84" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G84" s="127">
+      <c r="G84" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H84" s="127">
+      <c r="H84" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I84" s="127">
+      <c r="I84" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J84" s="127">
+      <c r="J84" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K84" s="127">
+      <c r="K84" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L84" s="144"/>
-[...18 lines deleted...]
-      <c r="AE84" s="144"/>
+      <c r="L84" s="143"/>
+      <c r="M84" s="143"/>
+      <c r="N84" s="143"/>
+      <c r="O84" s="143"/>
+      <c r="P84" s="143"/>
+      <c r="Q84" s="143"/>
+      <c r="R84" s="143"/>
+      <c r="S84" s="143"/>
+      <c r="T84" s="143"/>
+      <c r="U84" s="143"/>
+      <c r="V84" s="143"/>
+      <c r="W84" s="143"/>
+      <c r="X84" s="143"/>
+      <c r="Y84" s="143"/>
+      <c r="Z84" s="143"/>
+      <c r="AA84" s="143"/>
+      <c r="AB84" s="143"/>
+      <c r="AC84" s="143"/>
+      <c r="AD84" s="143"/>
+      <c r="AE84" s="143"/>
     </row>
     <row r="85" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B85" s="114" t="str">
+      <c r="B85" s="113" t="str">
         <f>Übersetzungen!B90</f>
         <v>17. Teil - Zahlung</v>
       </c>
-      <c r="C85" s="143"/>
-      <c r="E85" s="127">
+      <c r="C85" s="142"/>
+      <c r="E85" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F85" s="127">
+      <c r="F85" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G85" s="127">
+      <c r="G85" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H85" s="127">
+      <c r="H85" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I85" s="127">
+      <c r="I85" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J85" s="127">
+      <c r="J85" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K85" s="127">
+      <c r="K85" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L85" s="144"/>
-[...18 lines deleted...]
-      <c r="AE85" s="144"/>
+      <c r="L85" s="143"/>
+      <c r="M85" s="143"/>
+      <c r="N85" s="143"/>
+      <c r="O85" s="143"/>
+      <c r="P85" s="143"/>
+      <c r="Q85" s="143"/>
+      <c r="R85" s="143"/>
+      <c r="S85" s="143"/>
+      <c r="T85" s="143"/>
+      <c r="U85" s="143"/>
+      <c r="V85" s="143"/>
+      <c r="W85" s="143"/>
+      <c r="X85" s="143"/>
+      <c r="Y85" s="143"/>
+      <c r="Z85" s="143"/>
+      <c r="AA85" s="143"/>
+      <c r="AB85" s="143"/>
+      <c r="AC85" s="143"/>
+      <c r="AD85" s="143"/>
+      <c r="AE85" s="143"/>
     </row>
     <row r="86" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B86" s="114" t="str">
+      <c r="B86" s="113" t="str">
         <f>Übersetzungen!B91</f>
         <v>18. Teil - Zahlung</v>
       </c>
-      <c r="C86" s="143"/>
-      <c r="E86" s="127">
+      <c r="C86" s="142"/>
+      <c r="E86" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F86" s="127">
+      <c r="F86" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G86" s="127">
+      <c r="G86" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H86" s="127">
+      <c r="H86" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I86" s="127">
+      <c r="I86" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J86" s="127">
+      <c r="J86" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K86" s="127">
+      <c r="K86" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L86" s="144"/>
-[...18 lines deleted...]
-      <c r="AE86" s="144"/>
+      <c r="L86" s="143"/>
+      <c r="M86" s="143"/>
+      <c r="N86" s="143"/>
+      <c r="O86" s="143"/>
+      <c r="P86" s="143"/>
+      <c r="Q86" s="143"/>
+      <c r="R86" s="143"/>
+      <c r="S86" s="143"/>
+      <c r="T86" s="143"/>
+      <c r="U86" s="143"/>
+      <c r="V86" s="143"/>
+      <c r="W86" s="143"/>
+      <c r="X86" s="143"/>
+      <c r="Y86" s="143"/>
+      <c r="Z86" s="143"/>
+      <c r="AA86" s="143"/>
+      <c r="AB86" s="143"/>
+      <c r="AC86" s="143"/>
+      <c r="AD86" s="143"/>
+      <c r="AE86" s="143"/>
     </row>
     <row r="87" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B87" s="114" t="str">
+      <c r="B87" s="113" t="str">
         <f>Übersetzungen!B92</f>
         <v>19. Teil - Zahlung</v>
       </c>
-      <c r="C87" s="143"/>
-      <c r="E87" s="127">
+      <c r="C87" s="142"/>
+      <c r="E87" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F87" s="127">
+      <c r="F87" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G87" s="127">
+      <c r="G87" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H87" s="127">
+      <c r="H87" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I87" s="127">
+      <c r="I87" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J87" s="127">
+      <c r="J87" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K87" s="127">
+      <c r="K87" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L87" s="144"/>
-[...18 lines deleted...]
-      <c r="AE87" s="144"/>
+      <c r="L87" s="143"/>
+      <c r="M87" s="143"/>
+      <c r="N87" s="143"/>
+      <c r="O87" s="143"/>
+      <c r="P87" s="143"/>
+      <c r="Q87" s="143"/>
+      <c r="R87" s="143"/>
+      <c r="S87" s="143"/>
+      <c r="T87" s="143"/>
+      <c r="U87" s="143"/>
+      <c r="V87" s="143"/>
+      <c r="W87" s="143"/>
+      <c r="X87" s="143"/>
+      <c r="Y87" s="143"/>
+      <c r="Z87" s="143"/>
+      <c r="AA87" s="143"/>
+      <c r="AB87" s="143"/>
+      <c r="AC87" s="143"/>
+      <c r="AD87" s="143"/>
+      <c r="AE87" s="143"/>
     </row>
     <row r="88" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B88" s="114" t="str">
+      <c r="B88" s="113" t="str">
         <f>Übersetzungen!B93</f>
         <v>20. Teil - Zahlung</v>
       </c>
-      <c r="C88" s="143"/>
-      <c r="E88" s="127">
+      <c r="C88" s="142"/>
+      <c r="E88" s="126">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
-      <c r="F88" s="127">
+      <c r="F88" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G88" s="127">
+      <c r="G88" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H88" s="127">
+      <c r="H88" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I88" s="127">
+      <c r="I88" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J88" s="127">
+      <c r="J88" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K88" s="127">
+      <c r="K88" s="126">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L88" s="144"/>
-[...18 lines deleted...]
-      <c r="AE88" s="144"/>
+      <c r="L88" s="143"/>
+      <c r="M88" s="142"/>
+      <c r="N88" s="143"/>
+      <c r="O88" s="143"/>
+      <c r="P88" s="143"/>
+      <c r="Q88" s="143"/>
+      <c r="R88" s="143"/>
+      <c r="S88" s="143"/>
+      <c r="T88" s="143"/>
+      <c r="U88" s="143"/>
+      <c r="V88" s="143"/>
+      <c r="W88" s="143"/>
+      <c r="X88" s="143"/>
+      <c r="Y88" s="143"/>
+      <c r="Z88" s="143"/>
+      <c r="AA88" s="143"/>
+      <c r="AB88" s="143"/>
+      <c r="AC88" s="143"/>
+      <c r="AD88" s="143"/>
+      <c r="AE88" s="143"/>
     </row>
     <row r="89" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B89" s="114" t="str">
+      <c r="B89" s="113" t="str">
         <f>Übersetzungen!B94</f>
         <v>Schlusszahlung Datum</v>
       </c>
-      <c r="C89" s="143"/>
-[...1 lines deleted...]
-      <c r="F89" s="141">
+      <c r="C89" s="142"/>
+      <c r="E89" s="140"/>
+      <c r="F89" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G89" s="141">
+      <c r="G89" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H89" s="141">
+      <c r="H89" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I89" s="141">
+      <c r="I89" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J89" s="141">
+      <c r="J89" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K89" s="141">
+      <c r="K89" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L89" s="143"/>
-[...18 lines deleted...]
-      <c r="AE89" s="143"/>
+      <c r="L89" s="142"/>
+      <c r="M89" s="142"/>
+      <c r="N89" s="142"/>
+      <c r="O89" s="142"/>
+      <c r="P89" s="142"/>
+      <c r="Q89" s="142"/>
+      <c r="R89" s="142"/>
+      <c r="S89" s="142"/>
+      <c r="T89" s="142"/>
+      <c r="U89" s="142"/>
+      <c r="V89" s="142"/>
+      <c r="W89" s="142"/>
+      <c r="X89" s="142"/>
+      <c r="Y89" s="142"/>
+      <c r="Z89" s="142"/>
+      <c r="AA89" s="142"/>
+      <c r="AB89" s="142"/>
+      <c r="AC89" s="142"/>
+      <c r="AD89" s="142"/>
+      <c r="AE89" s="142"/>
     </row>
     <row r="90" spans="2:31" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B90" s="145" t="str">
+      <c r="B90" s="144" t="str">
         <f>Übersetzungen!B95</f>
         <v>Schlusszahlung Betrag</v>
       </c>
-      <c r="C90" s="143"/>
-[...1 lines deleted...]
-      <c r="F90" s="141">
+      <c r="C90" s="142"/>
+      <c r="E90" s="140"/>
+      <c r="F90" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="G90" s="141">
+      <c r="G90" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="H90" s="141">
+      <c r="H90" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="I90" s="141">
+      <c r="I90" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="J90" s="141">
+      <c r="J90" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="K90" s="141">
+      <c r="K90" s="140">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
-      <c r="L90" s="146"/>
-[...1 lines deleted...]
-      <c r="N90" s="146">
+      <c r="L90" s="145"/>
+      <c r="M90" s="145"/>
+      <c r="N90" s="145">
         <f t="shared" ref="N90:AE90" si="34">YEAR(N89)</f>
         <v>1900</v>
       </c>
-      <c r="O90" s="146">
+      <c r="O90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="P90" s="146">
+      <c r="P90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="Q90" s="146">
+      <c r="Q90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="R90" s="146">
+      <c r="R90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="S90" s="146">
+      <c r="S90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="T90" s="146">
+      <c r="T90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="U90" s="146">
+      <c r="U90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="V90" s="146">
+      <c r="V90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="W90" s="146">
+      <c r="W90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="X90" s="146">
+      <c r="X90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="Y90" s="146">
+      <c r="Y90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="Z90" s="146">
+      <c r="Z90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="AA90" s="146">
+      <c r="AA90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="AB90" s="146">
+      <c r="AB90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="AC90" s="146">
+      <c r="AC90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="AD90" s="146">
+      <c r="AD90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
-      <c r="AE90" s="146">
+      <c r="AE90" s="145">
         <f t="shared" si="34"/>
         <v>1900</v>
       </c>
     </row>
     <row r="91" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B91" s="118" t="str">
+      <c r="B91" s="117" t="str">
         <f>Übersetzungen!B95</f>
         <v>Schlusszahlung Betrag</v>
       </c>
-      <c r="C91" s="143"/>
-      <c r="E91" s="127">
+      <c r="C91" s="142"/>
+      <c r="E91" s="126">
         <f t="shared" ref="E91" si="35">SUM(F91:K91)</f>
         <v>0</v>
       </c>
-      <c r="F91" s="127">
+      <c r="F91" s="126">
         <f>SUMIFS($L91:$AE91,$L$15:$AE$15,F$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="G91" s="127">
+      <c r="G91" s="126">
         <f>SUMIFS($L91:$AE91,$L$15:$AE$15,G$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="H91" s="127">
+      <c r="H91" s="126">
         <f>SUMIFS($L91:$AE91,$L$15:$AE$15,H$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="I91" s="127">
+      <c r="I91" s="126">
         <f>SUMIFS($L91:$AE91,$L$15:$AE$15,I$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="J91" s="127">
+      <c r="J91" s="126">
         <f>SUMIFS($L91:$AE91,$L$15:$AE$15,J$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="K91" s="127">
+      <c r="K91" s="126">
         <f>SUMIFS($L91:$AE91,$L$15:$AE$15,K$64,$L$93:$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="L91" s="147"/>
-[...18 lines deleted...]
-      <c r="AE91" s="147"/>
+      <c r="L91" s="146"/>
+      <c r="M91" s="146"/>
+      <c r="N91" s="146"/>
+      <c r="O91" s="146"/>
+      <c r="P91" s="146"/>
+      <c r="Q91" s="146"/>
+      <c r="R91" s="146"/>
+      <c r="S91" s="146"/>
+      <c r="T91" s="146"/>
+      <c r="U91" s="146"/>
+      <c r="V91" s="146"/>
+      <c r="W91" s="146"/>
+      <c r="X91" s="146"/>
+      <c r="Y91" s="146"/>
+      <c r="Z91" s="146"/>
+      <c r="AA91" s="146"/>
+      <c r="AB91" s="146"/>
+      <c r="AC91" s="146"/>
+      <c r="AD91" s="146"/>
+      <c r="AE91" s="146"/>
     </row>
     <row r="92" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B92" s="117" t="str">
+      <c r="B92" s="116" t="str">
         <f>Übersetzungen!B96</f>
         <v xml:space="preserve">Total Zahlungen </v>
       </c>
-      <c r="C92" s="117"/>
-[...1 lines deleted...]
-      <c r="E92" s="201">
+      <c r="C92" s="116"/>
+      <c r="D92" s="116"/>
+      <c r="E92" s="198">
         <f>SUM(F92:K92)</f>
         <v>0</v>
       </c>
-      <c r="F92" s="201">
+      <c r="F92" s="198">
         <f t="shared" ref="F92:K92" si="36">SUM(F69:F88)+F91</f>
         <v>0</v>
       </c>
-      <c r="G92" s="201">
+      <c r="G92" s="198">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="H92" s="201">
+      <c r="H92" s="198">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="I92" s="201">
+      <c r="I92" s="198">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="J92" s="201">
+      <c r="J92" s="198">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="K92" s="201">
+      <c r="K92" s="198">
         <f t="shared" si="36"/>
         <v>0</v>
       </c>
-      <c r="L92" s="127">
+      <c r="L92" s="126">
         <f>SUM(L69:L88)+L91</f>
         <v>0</v>
       </c>
-      <c r="M92" s="127">
+      <c r="M92" s="126">
         <f t="shared" ref="M92:AE92" si="37">SUM(M69:M88)+M91</f>
         <v>0</v>
       </c>
-      <c r="N92" s="127">
+      <c r="N92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="O92" s="127">
+      <c r="O92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="P92" s="127">
+      <c r="P92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="Q92" s="127">
+      <c r="Q92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="R92" s="127">
+      <c r="R92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="S92" s="127">
+      <c r="S92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="T92" s="127">
+      <c r="T92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="U92" s="127">
+      <c r="U92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="V92" s="127">
+      <c r="V92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="W92" s="127">
+      <c r="W92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="X92" s="127">
+      <c r="X92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="Y92" s="127">
+      <c r="Y92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="Z92" s="127">
+      <c r="Z92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AA92" s="127">
+      <c r="AA92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AB92" s="127">
+      <c r="AB92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AC92" s="127">
+      <c r="AC92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AD92" s="127">
+      <c r="AD92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
-      <c r="AE92" s="127">
+      <c r="AE92" s="126">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="2:31" x14ac:dyDescent="0.2">
-      <c r="B93" s="117" t="str">
+      <c r="B93" s="116" t="str">
         <f>Übersetzungen!B97</f>
         <v>Lehrgang abgerechnet (ja=Übertrag in "Übersicht")</v>
       </c>
-      <c r="C93" s="117"/>
-[...7 lines deleted...]
-      <c r="K93" s="202"/>
+      <c r="C93" s="116"/>
+      <c r="D93" s="116"/>
+      <c r="E93" s="199"/>
+      <c r="F93" s="199"/>
+      <c r="G93" s="199"/>
+      <c r="H93" s="199"/>
+      <c r="I93" s="199"/>
+      <c r="J93" s="199"/>
+      <c r="K93" s="199"/>
       <c r="L93" s="18"/>
       <c r="M93" s="18"/>
       <c r="N93" s="18"/>
       <c r="O93" s="18"/>
       <c r="P93" s="18"/>
       <c r="Q93" s="18"/>
       <c r="R93" s="18"/>
       <c r="S93" s="18"/>
       <c r="T93" s="18"/>
       <c r="U93" s="18"/>
       <c r="V93" s="18"/>
       <c r="W93" s="18"/>
       <c r="X93" s="18"/>
       <c r="Y93" s="18"/>
       <c r="Z93" s="18"/>
       <c r="AA93" s="18"/>
       <c r="AB93" s="18"/>
       <c r="AC93" s="18"/>
       <c r="AD93" s="18"/>
       <c r="AE93" s="18"/>
     </row>
-    <row r="96" spans="2:31" s="300" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L96" s="304">
+    <row r="96" spans="2:31" s="296" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D96" s="297"/>
+      <c r="L96" s="300">
         <f>IF(L$56&gt;0.05,L$55-(0.05*L$42),0)</f>
         <v>0</v>
       </c>
-      <c r="M96" s="304">
+      <c r="M96" s="300">
         <f t="shared" ref="M96:AE96" si="38">IF(M$56&gt;0.05,M$55-(0.05*M$42),0)</f>
         <v>0</v>
       </c>
-      <c r="N96" s="304">
+      <c r="N96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="O96" s="304">
+      <c r="O96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="P96" s="304">
+      <c r="P96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="Q96" s="304">
+      <c r="Q96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="R96" s="304">
+      <c r="R96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="S96" s="304">
+      <c r="S96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="T96" s="304">
+      <c r="T96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="U96" s="304">
+      <c r="U96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="V96" s="304">
+      <c r="V96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="W96" s="304">
+      <c r="W96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="X96" s="304">
+      <c r="X96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="Y96" s="304">
+      <c r="Y96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="Z96" s="304">
+      <c r="Z96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="AA96" s="304">
+      <c r="AA96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="AB96" s="304">
+      <c r="AB96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="AC96" s="304">
+      <c r="AC96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="AD96" s="304">
+      <c r="AD96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
-      <c r="AE96" s="304">
+      <c r="AE96" s="300">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="4:31" s="300" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L97" s="304">
+    <row r="97" spans="4:31" s="296" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D97" s="297"/>
+      <c r="L97" s="300">
         <f>IF(ISERR((L$54-L$96)/L$42),0,IF(((L$54-L$96)/L$42)&lt;0.4,0,(((L$54-L$96)/L$42)-0.4)*L$42))</f>
         <v>0</v>
       </c>
-      <c r="M97" s="304">
+      <c r="M97" s="300">
         <f t="shared" ref="M97:AE97" si="39">IF(ISERR((M$54-M$96)/M$42),0,IF(((M$54-M$96)/M$42)&lt;0.4,0,(((M$54-M$96)/M$42)-0.4)*M$42))</f>
         <v>0</v>
       </c>
-      <c r="N97" s="304">
+      <c r="N97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="O97" s="304">
+      <c r="O97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="P97" s="304">
+      <c r="P97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="Q97" s="304">
+      <c r="Q97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="R97" s="304">
+      <c r="R97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="S97" s="304">
+      <c r="S97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="T97" s="304">
+      <c r="T97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="U97" s="304">
+      <c r="U97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="V97" s="304">
+      <c r="V97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="W97" s="304">
+      <c r="W97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="X97" s="304">
+      <c r="X97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="Y97" s="304">
+      <c r="Y97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="Z97" s="304">
+      <c r="Z97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="AA97" s="304">
+      <c r="AA97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="AB97" s="304">
+      <c r="AB97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="AC97" s="304">
+      <c r="AC97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="AD97" s="304">
+      <c r="AD97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
-      <c r="AE97" s="304">
+      <c r="AE97" s="300">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
     </row>
-    <row r="98" spans="4:31" s="300" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="L98" s="304">
+    <row r="98" spans="4:31" s="296" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D98" s="297"/>
+      <c r="L98" s="300">
         <f>IF(L$54-(L$97+L$96)&lt;0,L$54,L$97+L$96)</f>
         <v>0</v>
       </c>
-      <c r="M98" s="304">
+      <c r="M98" s="300">
         <f t="shared" ref="M98:AE98" si="40">IF(M$54-(M$97+M$96)&lt;0,M$54,M$97+M$96)</f>
         <v>0</v>
       </c>
-      <c r="N98" s="304">
+      <c r="N98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="O98" s="304">
+      <c r="O98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="P98" s="304">
+      <c r="P98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="Q98" s="304">
+      <c r="Q98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="R98" s="304">
+      <c r="R98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="S98" s="304">
+      <c r="S98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="T98" s="304">
+      <c r="T98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="U98" s="304">
+      <c r="U98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="V98" s="304">
+      <c r="V98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="W98" s="304">
+      <c r="W98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="X98" s="304">
+      <c r="X98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="Y98" s="304">
+      <c r="Y98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="Z98" s="304">
+      <c r="Z98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="AA98" s="304">
+      <c r="AA98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="AB98" s="304">
+      <c r="AB98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="AC98" s="304">
+      <c r="AC98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="AD98" s="304">
+      <c r="AD98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
-      <c r="AE98" s="304">
+      <c r="AE98" s="300">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="4:31" s="302" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="D99" s="303"/>
+    <row r="99" spans="4:31" s="298" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D99" s="299"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="nPDRWr/TXJd7DF+4O7NDnGj51vo2Okvgcf4h4xVdmfIhrsyDpnc1FjsHmWcpYHHRCElGv2g+iVggnsLGcyiz1w==" saltValue="nqERLk2ehc7gQIV7HDIpCw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Bw7bVXAK4C1DP0+1gXWY84Xh8cZlXtHAc+g7weEPL71Y2q9xMevzHBTjyrKFJfJ6bpNyEk5y7xj20RiikijMlQ==" saltValue="5lkry8Brmh/i83uY4jbvxg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B13:B14"/>
   </mergeCells>
   <conditionalFormatting sqref="E67:AE67">
     <cfRule type="expression" dxfId="12" priority="30">
       <formula>E$67&lt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L5:AE5">
     <cfRule type="expression" dxfId="11" priority="28">
       <formula>AND(L$92 &gt; 0, L$67 = 0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L7:AE7 L8:W8 L9:AE11">
     <cfRule type="cellIs" dxfId="10" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L13:AE14">
     <cfRule type="expression" dxfId="9" priority="15">
       <formula>L$13 &lt; DATE(2000,1,1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L16:AE17">
     <cfRule type="cellIs" dxfId="8" priority="16" operator="equal">
@@ -19605,52 +19615,52 @@
     </dataValidation>
     <dataValidation type="date" errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Das Enddatum kann nicht vor dem Startdatum sein. / _x000a_Saisie invalide : la date de fin ne peut être antérieure à la date de début." promptTitle="Zeitspanne erfassen" prompt="Enddatum tt.mm.jjjj  / _x000a_Période : Date de fin du cours jj.mm.aaaa." sqref="L14:AE14" xr:uid="{00000000-0002-0000-0200-00000B000000}">
       <formula1>L13</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Geldgeber erfassen" prompt="Bitte Geldgeber erfassen, falls Einnahmen aus Drittmittel eingehen./ Bailleurs de fonds. Veuillez svp saisir les bailleurs de fonds si des recettes proviennent de fonds de tiers." sqref="C46" xr:uid="{00000000-0002-0000-0200-00000C000000}"/>
     <dataValidation allowBlank="1" sqref="B24" xr:uid="{00000000-0002-0000-0200-00000D000000}"/>
     <dataValidation allowBlank="1" showErrorMessage="1" sqref="B20" xr:uid="{00000000-0002-0000-0200-00000E000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Datum der Zahlung" prompt="Datum eingeben tt.mm.jjjj./_x000a_Date du paiement. Saisir la date. jj.mm.aaaa." sqref="C69:C91" xr:uid="{00000000-0002-0000-0200-00000F000000}"/>
     <dataValidation type="whole" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es muss eine Zahl grösser oder gleich 8 sein. / Saisie invalide : le nombre doit être supérieur ou égal à 8." promptTitle="Anzahl Teilnehmende" prompt="Effektive Zahl ab 10 Personen /_x000a_Nombre effectif de participant(e)s : nb à partir de 10 personnes." sqref="L16:AE16" xr:uid="{00000000-0002-0000-0200-000010000000}">
       <formula1>8</formula1>
       <formula2>10000</formula2>
     </dataValidation>
     <dataValidation type="whole" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe ungültig" error="Es wird nur eine Zahl als Eingabe erwartet. / Saisie invalide : seul un nombre est admis." promptTitle="Präsenzunterricht" prompt="Effektive Anzahl Tage eingeben. / _x000a_Veuillez svp saisir  le nombre effectif de jours de cours en présentiel." sqref="L7:AE7" xr:uid="{00000000-0002-0000-0200-000011000000}">
       <formula1>1</formula1>
       <formula2>5000</formula2>
     </dataValidation>
     <dataValidation type="whole" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe ungültig" error="Es wird nur eine Zahl als Eingabe erwartet. / _x000a_Saisie invalide : seul un nombre est admis." promptTitle="Masterarbeiten" prompt="Effektive Anzahl Masterarbeiten.  / _x000a_Nombre effectif de travaux de master : " sqref="L11:AE11" xr:uid="{00000000-0002-0000-0200-000012000000}">
       <formula1>0</formula1>
       <formula2>1000</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Betrag positiv = Eigenleistungen; Betrag negativ = Gewinn /_x000a_Montant positif = Prestations propres; montant negatif = gains" sqref="B61" xr:uid="{00000000-0002-0000-0200-000013000000}"/>
     <dataValidation type="whole" errorStyle="warning" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Wert  nicht korrekt" error="Es wird ein ganzzahliger Betrag in CHF erwartet. / Valeur incorrecte : un nb entier en CHF est requis." promptTitle="Betrag eingeben" prompt="Ganzzahligen Betrag in CHF eingeben, falls das Feld orange hinterlegt ist. / Montant : veuillez svp saisir un montant entier en CHF si le champ est surligné en orange." sqref="L20:AE39" xr:uid="{00000000-0002-0000-0200-000014000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="12" id="{DEE86FB2-578B-4C32-99B3-5B7441C94211}">
             <xm:f>L$8=Metadaten!$F$2</xm:f>
             <x14:dxf>
               <font>
                 <b val="0"/>
                 <i val="0"/>
                 <strike val="0"/>
                 <color auto="1"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFF7A823"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>L20:AE20</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="13" id="{B767A192-B4F8-4AEC-8A75-ADB7CF999CB7}">
@@ -19716,2703 +19726,2705 @@
           <x14:formula1>
             <xm:f>Metadaten!$F$2:$F$3</xm:f>
           </x14:formula1>
           <xm:sqref>L93:AE93</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es wird nur ein Wert aus der Auswahlliste erwartet. /_x000a_Saisie invalide : seule une donnée de la liste est admise." promptTitle="Neu Entwickelt" prompt="ja/nein /_x000a_Réalisation : oui / non" xr:uid="{EBAFFBC3-62AC-4AF8-9F26-EF2B24A4024A}">
           <x14:formula1>
             <xm:f>Metadaten!$F$2:$F$3</xm:f>
           </x14:formula1>
           <xm:sqref>X8:AE8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabe nicht korrekt" error="Es wird nur ein Wert aus der Auswahlliste erwartet. /_x000a_Saisie invalide : seule une donnée de la liste est admise." promptTitle="Neuentwicklung / Montage" prompt="ja/nein /_x000a_oui / non" xr:uid="{1C06BCB7-5E66-4DEB-B799-CFC9F5E9927A}">
           <x14:formula1>
             <xm:f>Metadaten!$F$2:$F$3</xm:f>
           </x14:formula1>
           <xm:sqref>L8:W8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <sheetPr codeName="Sheet4"/>
+  <sheetPr codeName="Sheet4">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="B2:Q59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D4" sqref="D4"/>
+      <selection activeCell="B59" sqref="B59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.85546875" style="213" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="18" max="16384" width="10.85546875" style="213"/>
+    <col min="1" max="1" width="1.85546875" style="210" customWidth="1"/>
+    <col min="2" max="2" width="57.7109375" style="210" customWidth="1"/>
+    <col min="3" max="3" width="12.42578125" style="225" customWidth="1"/>
+    <col min="4" max="6" width="12.7109375" style="208" customWidth="1"/>
+    <col min="7" max="8" width="2.7109375" style="208" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="2.7109375" style="209" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="0.7109375" style="210" customWidth="1"/>
+    <col min="11" max="11" width="13.140625" style="225" customWidth="1"/>
+    <col min="12" max="14" width="12.42578125" style="208" customWidth="1"/>
+    <col min="15" max="16" width="19.140625" style="208" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="19.140625" style="209" hidden="1" customWidth="1"/>
+    <col min="18" max="16384" width="10.85546875" style="210"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="263" t="str">
+      <c r="B2" s="260" t="str">
         <f>Übersetzungen!B100</f>
         <v>Übersicht Gesamtantrag</v>
       </c>
-      <c r="C2" s="229"/>
-[...13 lines deleted...]
-      <c r="Q2" s="262"/>
+      <c r="C2" s="226"/>
+      <c r="D2" s="226"/>
+      <c r="E2" s="226"/>
+      <c r="F2" s="226"/>
+      <c r="G2" s="226"/>
+      <c r="H2" s="226"/>
+      <c r="I2" s="226"/>
+      <c r="J2" s="226"/>
+      <c r="K2" s="226"/>
+      <c r="L2" s="226"/>
+      <c r="M2" s="226"/>
+      <c r="N2" s="226"/>
+      <c r="O2" s="226"/>
+      <c r="P2" s="226"/>
+      <c r="Q2" s="259"/>
     </row>
     <row r="3" spans="2:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="274"/>
-      <c r="C3" s="320" t="str">
+      <c r="B3" s="271"/>
+      <c r="C3" s="313" t="str">
         <f>Übersetzungen!B121</f>
         <v>Budget</v>
       </c>
-      <c r="D3" s="320"/>
-[...6 lines deleted...]
-      <c r="K3" s="322" t="str">
+      <c r="D3" s="313"/>
+      <c r="E3" s="313"/>
+      <c r="F3" s="313"/>
+      <c r="G3" s="313"/>
+      <c r="H3" s="313"/>
+      <c r="I3" s="314"/>
+      <c r="J3" s="211"/>
+      <c r="K3" s="315" t="str">
         <f>Übersetzungen!B122</f>
         <v>Rechnung</v>
       </c>
-      <c r="L3" s="323"/>
-[...4 lines deleted...]
-      <c r="Q3" s="324"/>
+      <c r="L3" s="316"/>
+      <c r="M3" s="316"/>
+      <c r="N3" s="316"/>
+      <c r="O3" s="316"/>
+      <c r="P3" s="316"/>
+      <c r="Q3" s="317"/>
     </row>
     <row r="4" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B4" s="264" t="str">
+      <c r="B4" s="261" t="str">
         <f>Übersetzungen!B101</f>
         <v>Auswertung/Statistik</v>
       </c>
-      <c r="C4" s="240" t="str">
+      <c r="C4" s="237" t="str">
         <f>Übersetzungen!B124</f>
         <v>Alle Jahre</v>
       </c>
-      <c r="D4" s="230">
+      <c r="D4" s="227">
         <f>Budget!F19</f>
         <v>0</v>
       </c>
-      <c r="E4" s="230">
+      <c r="E4" s="227">
         <f>Budget!G19</f>
         <v>1</v>
       </c>
-      <c r="F4" s="230">
+      <c r="F4" s="227">
         <f>Budget!H19</f>
         <v>2</v>
       </c>
-      <c r="G4" s="230">
+      <c r="G4" s="227">
         <f>Budget!I19</f>
         <v>3</v>
       </c>
-      <c r="H4" s="230">
+      <c r="H4" s="227">
         <f>Budget!J19</f>
         <v>4</v>
       </c>
-      <c r="I4" s="241">
+      <c r="I4" s="238">
         <f>Budget!K19</f>
         <v>5</v>
       </c>
-      <c r="J4" s="231"/>
-      <c r="K4" s="240" t="str">
+      <c r="J4" s="228"/>
+      <c r="K4" s="237" t="str">
         <f>Übersetzungen!B124</f>
         <v>Alle Jahre</v>
       </c>
-      <c r="L4" s="230">
+      <c r="L4" s="227">
         <f>Budget!F19</f>
         <v>0</v>
       </c>
-      <c r="M4" s="230">
+      <c r="M4" s="227">
         <f>Budget!G19</f>
         <v>1</v>
       </c>
-      <c r="N4" s="230">
+      <c r="N4" s="227">
         <f>Budget!H19</f>
         <v>2</v>
       </c>
-      <c r="O4" s="230">
+      <c r="O4" s="227">
         <f>Budget!I19</f>
         <v>3</v>
       </c>
-      <c r="P4" s="230">
+      <c r="P4" s="227">
         <f>Budget!J19</f>
         <v>4</v>
       </c>
-      <c r="Q4" s="241">
+      <c r="Q4" s="238">
         <f>Budget!K19</f>
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B5" s="265" t="str">
+      <c r="B5" s="262" t="str">
         <f>Übersetzungen!B102</f>
         <v>Anzahl durchgeführter Tage</v>
       </c>
-      <c r="C5" s="242">
+      <c r="C5" s="239">
         <f>SUM(D5:I5)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="215">
+      <c r="D5" s="212">
         <f>SUMIFS(Budget!$L$7:'Budget'!$AE$7,Budget!$L$15:'Budget'!$AE$15,D$4)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="215">
+      <c r="E5" s="212">
         <f>SUMIFS(Budget!$L$7:'Budget'!$AE$7,Budget!$L$15:'Budget'!$AE$15,E$4)</f>
         <v>0</v>
       </c>
-      <c r="F5" s="215">
+      <c r="F5" s="212">
         <f>SUMIFS(Budget!$L$7:'Budget'!$AE$7,Budget!$L$15:'Budget'!$AE$15,F$4)</f>
         <v>0</v>
       </c>
-      <c r="G5" s="215">
+      <c r="G5" s="212">
         <f>SUMIFS(Budget!$L$7:'Budget'!$AE$7,Budget!$L$15:'Budget'!$AE$15,G$4)</f>
         <v>0</v>
       </c>
-      <c r="H5" s="215">
+      <c r="H5" s="212">
         <f>SUMIFS(Budget!$L$7:'Budget'!$AE$7,Budget!$L$15:'Budget'!$AE$15,H$4)</f>
         <v>0</v>
       </c>
-      <c r="I5" s="243">
+      <c r="I5" s="240">
         <f>SUMIFS(Budget!$L$7:'Budget'!$AE$7,Budget!$L$15:'Budget'!$AE$15,I$4)</f>
         <v>0</v>
       </c>
-      <c r="J5" s="216"/>
-      <c r="K5" s="242">
+      <c r="J5" s="213"/>
+      <c r="K5" s="239">
         <f>SUM(L5:Q5)</f>
         <v>0</v>
       </c>
-      <c r="L5" s="215">
+      <c r="L5" s="212">
         <f>SUMIFS(Rechnung!$L$7:'Rechnung'!$AE$7,Rechnung!$L$15:'Rechnung'!$AE$15,L$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M5" s="215">
+      <c r="M5" s="212">
         <f>SUMIFS(Rechnung!$L$7:'Rechnung'!$AE$7,Rechnung!$L$15:'Rechnung'!$AE$15,M$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N5" s="215">
+      <c r="N5" s="212">
         <f>SUMIFS(Rechnung!$L$7:'Rechnung'!$AE$7,Rechnung!$L$15:'Rechnung'!$AE$15,N$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O5" s="215">
+      <c r="O5" s="212">
         <f>SUMIFS(Rechnung!$L$7:'Rechnung'!$AE$7,Rechnung!$L$15:'Rechnung'!$AE$15,O$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P5" s="215">
+      <c r="P5" s="212">
         <f>SUMIFS(Rechnung!$L$7:'Rechnung'!$AE$7,Rechnung!$L$15:'Rechnung'!$AE$15,P$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q5" s="243">
+      <c r="Q5" s="240">
         <f>SUMIFS(Rechnung!$L$7:'Rechnung'!$AE$7,Rechnung!$L$15:'Rechnung'!$AE$15,Q$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B6" s="266" t="str">
+      <c r="B6" s="263" t="str">
         <f>Übersetzungen!B103</f>
         <v>Anzahl Neuentwicklungen</v>
       </c>
-      <c r="C6" s="242">
+      <c r="C6" s="239">
         <f>SUM(D6:I6)</f>
         <v>0</v>
       </c>
-      <c r="D6" s="215">
+      <c r="D6" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,D$4)</f>
         <v>0</v>
       </c>
-      <c r="E6" s="215">
+      <c r="E6" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,E$4)</f>
         <v>0</v>
       </c>
-      <c r="F6" s="215">
+      <c r="F6" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,F$4)</f>
         <v>0</v>
       </c>
-      <c r="G6" s="215">
+      <c r="G6" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,G$4)</f>
         <v>0</v>
       </c>
-      <c r="H6" s="215">
+      <c r="H6" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,H$4)</f>
         <v>0</v>
       </c>
-      <c r="I6" s="243">
+      <c r="I6" s="240">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,I$4)</f>
         <v>0</v>
       </c>
-      <c r="J6" s="216"/>
-      <c r="K6" s="242">
+      <c r="J6" s="213"/>
+      <c r="K6" s="239">
         <f>SUM(L6:Q6)</f>
         <v>0</v>
       </c>
-      <c r="L6" s="215">
+      <c r="L6" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,L$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M6" s="215">
+      <c r="M6" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,M$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N6" s="215">
+      <c r="N6" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,N$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O6" s="215">
+      <c r="O6" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,O$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P6" s="215">
+      <c r="P6" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,P$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q6" s="243">
+      <c r="Q6" s="240">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,Q$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="266" t="str">
+      <c r="B7" s="263" t="str">
         <f>Übersetzungen!B104</f>
         <v>Anzahl Adaptionen</v>
       </c>
-      <c r="C7" s="242">
+      <c r="C7" s="239">
         <f>SUM(D7:I7)</f>
         <v>0</v>
       </c>
-      <c r="D7" s="215">
+      <c r="D7" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$3,Budget!$L$15:'Budget'!$AE$15,D$4)</f>
         <v>0</v>
       </c>
-      <c r="E7" s="215">
+      <c r="E7" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$3,Budget!$L$15:'Budget'!$AE$15,E$4)</f>
         <v>0</v>
       </c>
-      <c r="F7" s="215">
+      <c r="F7" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$3,Budget!$L$15:'Budget'!$AE$15,F$4)</f>
         <v>0</v>
       </c>
-      <c r="G7" s="215">
+      <c r="G7" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$3,Budget!$L$15:'Budget'!$AE$15,G$4)</f>
         <v>0</v>
       </c>
-      <c r="H7" s="215">
+      <c r="H7" s="212">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$3,Budget!$L$15:'Budget'!$AE$15,H$4)</f>
         <v>0</v>
       </c>
-      <c r="I7" s="243">
+      <c r="I7" s="240">
         <f>COUNTIFS(Budget!$L$8:'Budget'!$AE$8,Metadaten!$F$3,Budget!$L$15:'Budget'!$AE$15,I$4)</f>
         <v>0</v>
       </c>
-      <c r="J7" s="216"/>
-      <c r="K7" s="242">
+      <c r="J7" s="213"/>
+      <c r="K7" s="239">
         <f>SUM(L7:Q7)</f>
         <v>0</v>
       </c>
-      <c r="L7" s="215">
+      <c r="L7" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$3,Rechnung!$L$15:'Rechnung'!$AE$15,L$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M7" s="215">
+      <c r="M7" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$3,Rechnung!$L$15:'Rechnung'!$AE$15,M$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N7" s="215">
+      <c r="N7" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$3,Rechnung!$L$15:'Rechnung'!$AE$15,N$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O7" s="215">
+      <c r="O7" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$3,Rechnung!$L$15:'Rechnung'!$AE$15,O$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P7" s="215">
+      <c r="P7" s="212">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$3,Rechnung!$L$15:'Rechnung'!$AE$15,P$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q7" s="243">
+      <c r="Q7" s="240">
         <f>COUNTIFS(Rechnung!$L$8:'Rechnung'!$AE$8,Metadaten!$F$3,Rechnung!$L$15:'Rechnung'!$AE$15,Q$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B8" s="266" t="str">
+      <c r="B8" s="263" t="str">
         <f>Übersetzungen!B105</f>
         <v>Anzahl durchgeführter Lehrgänge</v>
       </c>
-      <c r="C8" s="242">
+      <c r="C8" s="239">
         <f>SUM(D8:I8)</f>
         <v>0</v>
       </c>
-      <c r="D8" s="215">
+      <c r="D8" s="212">
         <f>COUNTIFS(Budget!$L$9:'Budget'!$AE$9,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,D$4)</f>
         <v>0</v>
       </c>
-      <c r="E8" s="215">
+      <c r="E8" s="212">
         <f>COUNTIFS(Budget!$L$9:'Budget'!$AE$9,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,E$4)</f>
         <v>0</v>
       </c>
-      <c r="F8" s="215">
+      <c r="F8" s="212">
         <f>COUNTIFS(Budget!$L$9:'Budget'!$AE$9,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,F$4)</f>
         <v>0</v>
       </c>
-      <c r="G8" s="215">
+      <c r="G8" s="212">
         <f>COUNTIFS(Budget!$L$9:'Budget'!$AE$9,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,G$4)</f>
         <v>0</v>
       </c>
-      <c r="H8" s="215">
+      <c r="H8" s="212">
         <f>COUNTIFS(Budget!$L$9:'Budget'!$AE$9,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,H$4)</f>
         <v>0</v>
       </c>
-      <c r="I8" s="243">
+      <c r="I8" s="240">
         <f>COUNTIFS(Budget!$L$9:'Budget'!$AE$9,Metadaten!$F$2,Budget!$L$15:'Budget'!$AE$15,I$4)</f>
         <v>0</v>
       </c>
-      <c r="J8" s="216"/>
-      <c r="K8" s="242">
+      <c r="J8" s="213"/>
+      <c r="K8" s="239">
         <f>SUM(L8:Q8)</f>
         <v>0</v>
       </c>
-      <c r="L8" s="215">
+      <c r="L8" s="212">
         <f>COUNTIFS(Rechnung!$L$9:'Rechnung'!$AE$9,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,D$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M8" s="215">
+      <c r="M8" s="212">
         <f>COUNTIFS(Rechnung!$L$9:'Rechnung'!$AE$9,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,E$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N8" s="215">
+      <c r="N8" s="212">
         <f>COUNTIFS(Rechnung!$L$9:'Rechnung'!$AE$9,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,F$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O8" s="215">
+      <c r="O8" s="212">
         <f>COUNTIFS(Rechnung!$L$9:'Rechnung'!$AE$9,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,G$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P8" s="215">
+      <c r="P8" s="212">
         <f>COUNTIFS(Rechnung!$L$9:'Rechnung'!$AE$9,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,H$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q8" s="243">
+      <c r="Q8" s="240">
         <f>COUNTIFS(Rechnung!$L$9:'Rechnung'!$AE$9,Metadaten!$F$2,Rechnung!$L$15:'Rechnung'!$AE$15,I$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B9" s="265" t="str">
+      <c r="B9" s="262" t="str">
         <f>Übersetzungen!B106</f>
         <v>Anzahl Masterarbeiten</v>
       </c>
-      <c r="C9" s="242">
+      <c r="C9" s="239">
         <f t="shared" ref="C9:C10" si="0">SUM(D9:I9)</f>
         <v>0</v>
       </c>
-      <c r="D9" s="215">
+      <c r="D9" s="212">
         <f>SUMIFS(Budget!$L$11:'Budget'!$AE$11,Budget!$L$15:'Budget'!$AE$15,D$4)</f>
         <v>0</v>
       </c>
-      <c r="E9" s="215">
+      <c r="E9" s="212">
         <f>SUMIFS(Budget!$L$11:'Budget'!$AE$11,Budget!$L$15:'Budget'!$AE$15,E$4)</f>
         <v>0</v>
       </c>
-      <c r="F9" s="215">
+      <c r="F9" s="212">
         <f>SUMIFS(Budget!$L$11:'Budget'!$AE$11,Budget!$L$15:'Budget'!$AE$15,F$4)</f>
         <v>0</v>
       </c>
-      <c r="G9" s="215">
+      <c r="G9" s="212">
         <f>SUMIFS(Budget!$L$11:'Budget'!$AE$11,Budget!$L$15:'Budget'!$AE$15,G$4)</f>
         <v>0</v>
       </c>
-      <c r="H9" s="215">
+      <c r="H9" s="212">
         <f>SUMIFS(Budget!$L$11:'Budget'!$AE$11,Budget!$L$15:'Budget'!$AE$15,H$4)</f>
         <v>0</v>
       </c>
-      <c r="I9" s="243">
+      <c r="I9" s="240">
         <f>SUMIFS(Budget!$L$11:'Budget'!$AE$11,Budget!$L$15:'Budget'!$AE$15,I$4)</f>
         <v>0</v>
       </c>
-      <c r="J9" s="216"/>
-      <c r="K9" s="242">
+      <c r="J9" s="213"/>
+      <c r="K9" s="239">
         <f t="shared" ref="K9:K10" si="1">SUM(L9:Q9)</f>
         <v>0</v>
       </c>
-      <c r="L9" s="215">
+      <c r="L9" s="212">
         <f>SUMIFS(Rechnung!$L$11:'Rechnung'!$AE$11,Rechnung!$L$15:'Rechnung'!$AE$15,L$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M9" s="215">
+      <c r="M9" s="212">
         <f>SUMIFS(Rechnung!$L$11:'Rechnung'!$AE$11,Rechnung!$L$15:'Rechnung'!$AE$15,M$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N9" s="215">
+      <c r="N9" s="212">
         <f>SUMIFS(Rechnung!$L$11:'Rechnung'!$AE$11,Rechnung!$L$15:'Rechnung'!$AE$15,N$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O9" s="215">
+      <c r="O9" s="212">
         <f>SUMIFS(Rechnung!$L$11:'Rechnung'!$AE$11,Rechnung!$L$15:'Rechnung'!$AE$15,O$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P9" s="215">
+      <c r="P9" s="212">
         <f>SUMIFS(Rechnung!$L$11:'Rechnung'!$AE$11,Rechnung!$L$15:'Rechnung'!$AE$15,P$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q9" s="243">
+      <c r="Q9" s="240">
         <f>SUMIFS(Rechnung!$L$11:'Rechnung'!$AE$11,Rechnung!$L$15:'Rechnung'!$AE$15,Q$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B10" s="265" t="str">
+      <c r="B10" s="262" t="str">
         <f>Übersetzungen!B107</f>
         <v>Anzahl Teilnehmende</v>
       </c>
-      <c r="C10" s="242">
+      <c r="C10" s="239">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D10" s="215">
+      <c r="D10" s="212">
         <f>SUMIFS(Budget!$L$16:'Budget'!$AE$16,Budget!$L$15:'Budget'!$AE$15,D$4)</f>
         <v>0</v>
       </c>
-      <c r="E10" s="215">
+      <c r="E10" s="212">
         <f>SUMIFS(Budget!$L$16:'Budget'!$AE$16,Budget!$L$15:'Budget'!$AE$15,E$4)</f>
         <v>0</v>
       </c>
-      <c r="F10" s="215">
+      <c r="F10" s="212">
         <f>SUMIFS(Budget!$L$16:'Budget'!$AE$16,Budget!$L$15:'Budget'!$AE$15,F$4)</f>
         <v>0</v>
       </c>
-      <c r="G10" s="215">
+      <c r="G10" s="212">
         <f>SUMIFS(Budget!$L$16:'Budget'!$AE$16,Budget!$L$15:'Budget'!$AE$15,G$4)</f>
         <v>0</v>
       </c>
-      <c r="H10" s="215">
+      <c r="H10" s="212">
         <f>SUMIFS(Budget!$L$16:'Budget'!$AE$16,Budget!$L$15:'Budget'!$AE$15,H$4)</f>
         <v>0</v>
       </c>
-      <c r="I10" s="243">
+      <c r="I10" s="240">
         <f>SUMIFS(Budget!$L$16:'Budget'!$AE$16,Budget!$L$15:'Budget'!$AE$15,I$4)</f>
         <v>0</v>
       </c>
-      <c r="J10" s="216"/>
-      <c r="K10" s="242">
+      <c r="J10" s="213"/>
+      <c r="K10" s="239">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="L10" s="215">
+      <c r="L10" s="212">
         <f>SUMIFS(Rechnung!$L$16:'Rechnung'!$AE$16,Rechnung!$L$15:'Rechnung'!$AE$15,L$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M10" s="215">
+      <c r="M10" s="212">
         <f>SUMIFS(Rechnung!$L$16:'Rechnung'!$AE$16,Rechnung!$L$15:'Rechnung'!$AE$15,M$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N10" s="215">
+      <c r="N10" s="212">
         <f>SUMIFS(Rechnung!$L$16:'Rechnung'!$AE$16,Rechnung!$L$15:'Rechnung'!$AE$15,N$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O10" s="215">
+      <c r="O10" s="212">
         <f>SUMIFS(Rechnung!$L$16:'Rechnung'!$AE$16,Rechnung!$L$15:'Rechnung'!$AE$15,O$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P10" s="215">
+      <c r="P10" s="212">
         <f>SUMIFS(Rechnung!$L$16:'Rechnung'!$AE$16,Rechnung!$L$15:'Rechnung'!$AE$15,P$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q10" s="243">
+      <c r="Q10" s="240">
         <f>SUMIFS(Rechnung!$L$16:'Rechnung'!$AE$16,Rechnung!$L$15:'Rechnung'!$AE$15,Q$4,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B11" s="266" t="str">
+      <c r="B11" s="263" t="str">
         <f>Übersetzungen!B108</f>
         <v>Durchschnittlich Anzahl Teilnehmende pro Lehrgang</v>
       </c>
-      <c r="C11" s="242">
+      <c r="C11" s="239">
         <f>IF(ISERR(C10/C8),0,C10/C8)</f>
         <v>0</v>
       </c>
-      <c r="D11" s="215">
+      <c r="D11" s="212">
         <f>IF(ISERR(D10/D8),0,D10/D8)</f>
         <v>0</v>
       </c>
-      <c r="E11" s="215">
+      <c r="E11" s="212">
         <f t="shared" ref="E11:I11" si="2">IF(ISERR(E10/E8),0,E10/E8)</f>
         <v>0</v>
       </c>
-      <c r="F11" s="215">
+      <c r="F11" s="212">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G11" s="215">
+      <c r="G11" s="212">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H11" s="215">
+      <c r="H11" s="212">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I11" s="243">
+      <c r="I11" s="240">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J11" s="216"/>
-      <c r="K11" s="242">
+      <c r="J11" s="213"/>
+      <c r="K11" s="239">
         <f>IF(ISERR(K10/K8),0,K10/K8)</f>
         <v>0</v>
       </c>
-      <c r="L11" s="215">
+      <c r="L11" s="212">
         <f>IF(ISERR(L10/L8),0,L10/L8)</f>
         <v>0</v>
       </c>
-      <c r="M11" s="215">
+      <c r="M11" s="212">
         <f t="shared" ref="M11:Q11" si="3">IF(ISERR(M10/M8),0,M10/M8)</f>
         <v>0</v>
       </c>
-      <c r="N11" s="215">
+      <c r="N11" s="212">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="O11" s="215">
+      <c r="O11" s="212">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="P11" s="215">
+      <c r="P11" s="212">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Q11" s="243">
+      <c r="Q11" s="240">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B12" s="267" t="str">
+      <c r="B12" s="264" t="str">
         <f>Übersetzungen!B109</f>
         <v>Übersicht Kosten Lehrgänge und Masterarbeiten</v>
       </c>
-      <c r="C12" s="244" t="s">
+      <c r="C12" s="241" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="232">
+      <c r="D12" s="229">
         <f>Budget!F19</f>
         <v>0</v>
       </c>
-      <c r="E12" s="232">
+      <c r="E12" s="229">
         <f>Budget!G19</f>
         <v>1</v>
       </c>
-      <c r="F12" s="232">
+      <c r="F12" s="229">
         <f>Budget!H19</f>
         <v>2</v>
       </c>
-      <c r="G12" s="232">
+      <c r="G12" s="229">
         <f>Budget!I19</f>
         <v>3</v>
       </c>
-      <c r="H12" s="232">
+      <c r="H12" s="229">
         <f>Budget!J19</f>
         <v>4</v>
       </c>
-      <c r="I12" s="245">
+      <c r="I12" s="242">
         <f>Budget!K19</f>
         <v>5</v>
       </c>
-      <c r="J12" s="233"/>
-      <c r="K12" s="244" t="s">
+      <c r="J12" s="230"/>
+      <c r="K12" s="241" t="s">
         <v>84</v>
       </c>
-      <c r="L12" s="232">
+      <c r="L12" s="229">
         <f>Budget!F19</f>
         <v>0</v>
       </c>
-      <c r="M12" s="232">
+      <c r="M12" s="229">
         <f>Budget!G19</f>
         <v>1</v>
       </c>
-      <c r="N12" s="232">
+      <c r="N12" s="229">
         <f>Budget!H19</f>
         <v>2</v>
       </c>
-      <c r="O12" s="232">
+      <c r="O12" s="229">
         <f>Budget!I19</f>
         <v>3</v>
       </c>
-      <c r="P12" s="232">
+      <c r="P12" s="229">
         <f>Budget!J19</f>
         <v>4</v>
       </c>
-      <c r="Q12" s="245">
+      <c r="Q12" s="242">
         <f>Budget!K19</f>
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="268" t="str">
+      <c r="B13" s="265" t="str">
         <f>Budget!L$5</f>
         <v>Lehrgang / Cycle de formation 1</v>
       </c>
-      <c r="C13" s="242">
+      <c r="C13" s="239">
         <f>SUM(D13:I13)</f>
         <v>0</v>
       </c>
-      <c r="D13" s="215">
+      <c r="D13" s="212">
         <f>SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B13)</f>
         <v>0</v>
       </c>
-      <c r="E13" s="215">
+      <c r="E13" s="212">
         <f>SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B13)</f>
         <v>0</v>
       </c>
-      <c r="F13" s="215"/>
-[...2 lines deleted...]
-      <c r="I13" s="243">
+      <c r="F13" s="212"/>
+      <c r="G13" s="212"/>
+      <c r="H13" s="212"/>
+      <c r="I13" s="240">
         <f>SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B13)</f>
         <v>0</v>
       </c>
-      <c r="J13" s="216"/>
-      <c r="K13" s="242">
+      <c r="J13" s="213"/>
+      <c r="K13" s="239">
         <f>SUM(L13:Q13)</f>
         <v>0</v>
       </c>
-      <c r="L13" s="215">
+      <c r="L13" s="212">
         <f>SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B13,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M13" s="215">
+      <c r="M13" s="212">
         <f>SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B13,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N13" s="215">
+      <c r="N13" s="212">
         <f>SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B13,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O13" s="215">
+      <c r="O13" s="212">
         <f>SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B13,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P13" s="215">
+      <c r="P13" s="212">
         <f>SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B13,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="243">
+      <c r="Q13" s="240">
         <f>SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B13,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="268" t="str">
+      <c r="B14" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,1)</f>
         <v>Lehrgang / Cycle de formation 2</v>
       </c>
-      <c r="C14" s="242">
+      <c r="C14" s="239">
         <f t="shared" ref="C14:C32" ca="1" si="4">SUM(D14:I14)</f>
         <v>0</v>
       </c>
-      <c r="D14" s="215">
+      <c r="D14" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B14)</f>
         <v>0</v>
       </c>
-      <c r="E14" s="215">
+      <c r="E14" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B14)</f>
         <v>0</v>
       </c>
-      <c r="F14" s="215"/>
-[...2 lines deleted...]
-      <c r="I14" s="243">
+      <c r="F14" s="212"/>
+      <c r="G14" s="212"/>
+      <c r="H14" s="212"/>
+      <c r="I14" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B14)</f>
         <v>0</v>
       </c>
-      <c r="J14" s="216"/>
-      <c r="K14" s="242">
+      <c r="J14" s="213"/>
+      <c r="K14" s="239">
         <f t="shared" ref="K14:K32" ca="1" si="5">SUM(L14:Q14)</f>
         <v>0</v>
       </c>
-      <c r="L14" s="215">
+      <c r="L14" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B14,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M14" s="215">
+      <c r="M14" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B14,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N14" s="215">
+      <c r="N14" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B14,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O14" s="215">
+      <c r="O14" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B14,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P14" s="215">
+      <c r="P14" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B14,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q14" s="243">
+      <c r="Q14" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B14,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="268" t="str">
+      <c r="B15" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,2)</f>
         <v>Lehrgang / Cycle de formation 3</v>
       </c>
-      <c r="C15" s="242">
+      <c r="C15" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D15" s="215">
+      <c r="D15" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B15)</f>
         <v>0</v>
       </c>
-      <c r="E15" s="215">
+      <c r="E15" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B15)</f>
         <v>0</v>
       </c>
-      <c r="F15" s="215"/>
-[...2 lines deleted...]
-      <c r="I15" s="243">
+      <c r="F15" s="212"/>
+      <c r="G15" s="212"/>
+      <c r="H15" s="212"/>
+      <c r="I15" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B15)</f>
         <v>0</v>
       </c>
-      <c r="J15" s="216"/>
-      <c r="K15" s="242">
+      <c r="J15" s="213"/>
+      <c r="K15" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L15" s="215">
+      <c r="L15" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B15,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M15" s="215">
+      <c r="M15" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B15,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N15" s="215">
+      <c r="N15" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B15,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O15" s="215">
+      <c r="O15" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B15,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P15" s="215">
+      <c r="P15" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B15,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q15" s="243">
+      <c r="Q15" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B15,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="268" t="str">
+      <c r="B16" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,3)</f>
         <v>Lehrgang / Cycle de formation 4</v>
       </c>
-      <c r="C16" s="242">
+      <c r="C16" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D16" s="215">
+      <c r="D16" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B16)</f>
         <v>0</v>
       </c>
-      <c r="E16" s="215">
+      <c r="E16" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B16)</f>
         <v>0</v>
       </c>
-      <c r="F16" s="215"/>
-[...2 lines deleted...]
-      <c r="I16" s="243">
+      <c r="F16" s="212"/>
+      <c r="G16" s="212"/>
+      <c r="H16" s="212"/>
+      <c r="I16" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B16)</f>
         <v>0</v>
       </c>
-      <c r="J16" s="216"/>
-      <c r="K16" s="242">
+      <c r="J16" s="213"/>
+      <c r="K16" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L16" s="215">
+      <c r="L16" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B16,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M16" s="215">
+      <c r="M16" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B16,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N16" s="215">
+      <c r="N16" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B16,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O16" s="215">
+      <c r="O16" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B16,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P16" s="215">
+      <c r="P16" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B16,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="243">
+      <c r="Q16" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B16,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="268" t="str">
+      <c r="B17" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,4)</f>
         <v>Lehrgang / Cycle de formation 5</v>
       </c>
-      <c r="C17" s="242">
+      <c r="C17" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D17" s="215">
+      <c r="D17" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B17)</f>
         <v>0</v>
       </c>
-      <c r="E17" s="215">
+      <c r="E17" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B17)</f>
         <v>0</v>
       </c>
-      <c r="F17" s="215"/>
-[...2 lines deleted...]
-      <c r="I17" s="243">
+      <c r="F17" s="212"/>
+      <c r="G17" s="212"/>
+      <c r="H17" s="212"/>
+      <c r="I17" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B17)</f>
         <v>0</v>
       </c>
-      <c r="J17" s="216"/>
-      <c r="K17" s="242">
+      <c r="J17" s="213"/>
+      <c r="K17" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L17" s="215">
+      <c r="L17" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B17,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M17" s="215">
+      <c r="M17" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B17,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N17" s="215">
+      <c r="N17" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B17,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O17" s="215">
+      <c r="O17" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B17,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P17" s="215">
+      <c r="P17" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B17,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q17" s="243">
+      <c r="Q17" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B17,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="268" t="str">
+      <c r="B18" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,5)</f>
         <v>Lehrgang / Cycle de formation 6</v>
       </c>
-      <c r="C18" s="242">
+      <c r="C18" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D18" s="215">
+      <c r="D18" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B18)</f>
         <v>0</v>
       </c>
-      <c r="E18" s="215">
+      <c r="E18" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B18)</f>
         <v>0</v>
       </c>
-      <c r="F18" s="215"/>
-[...2 lines deleted...]
-      <c r="I18" s="243">
+      <c r="F18" s="212"/>
+      <c r="G18" s="212"/>
+      <c r="H18" s="212"/>
+      <c r="I18" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B18)</f>
         <v>0</v>
       </c>
-      <c r="J18" s="216"/>
-      <c r="K18" s="242">
+      <c r="J18" s="213"/>
+      <c r="K18" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L18" s="215">
+      <c r="L18" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B18,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M18" s="215">
+      <c r="M18" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B18,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N18" s="215">
+      <c r="N18" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B18,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O18" s="215">
+      <c r="O18" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B18,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P18" s="215">
+      <c r="P18" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B18,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q18" s="243">
+      <c r="Q18" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B18,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="268" t="str">
+      <c r="B19" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,6)</f>
         <v>Lehrgang / Cycle de formation 7</v>
       </c>
-      <c r="C19" s="242">
+      <c r="C19" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D19" s="215">
+      <c r="D19" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B19)</f>
         <v>0</v>
       </c>
-      <c r="E19" s="215">
+      <c r="E19" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B19)</f>
         <v>0</v>
       </c>
-      <c r="F19" s="215"/>
-[...2 lines deleted...]
-      <c r="I19" s="243">
+      <c r="F19" s="212"/>
+      <c r="G19" s="212"/>
+      <c r="H19" s="212"/>
+      <c r="I19" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B19)</f>
         <v>0</v>
       </c>
-      <c r="J19" s="216"/>
-      <c r="K19" s="242">
+      <c r="J19" s="213"/>
+      <c r="K19" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L19" s="215">
+      <c r="L19" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B19,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M19" s="215">
+      <c r="M19" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B19,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N19" s="215">
+      <c r="N19" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B19,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O19" s="215">
+      <c r="O19" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B19,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P19" s="215">
+      <c r="P19" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B19,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="243">
+      <c r="Q19" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B19,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="268" t="str">
+      <c r="B20" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,7)</f>
         <v>Lehrgang / Cycle de formation 8</v>
       </c>
-      <c r="C20" s="242">
+      <c r="C20" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D20" s="215">
+      <c r="D20" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B20)</f>
         <v>0</v>
       </c>
-      <c r="E20" s="215">
+      <c r="E20" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B20)</f>
         <v>0</v>
       </c>
-      <c r="F20" s="215"/>
-[...2 lines deleted...]
-      <c r="I20" s="243">
+      <c r="F20" s="212"/>
+      <c r="G20" s="212"/>
+      <c r="H20" s="212"/>
+      <c r="I20" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B20)</f>
         <v>0</v>
       </c>
-      <c r="J20" s="216"/>
-      <c r="K20" s="242">
+      <c r="J20" s="213"/>
+      <c r="K20" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L20" s="215">
+      <c r="L20" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B20,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M20" s="215">
+      <c r="M20" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B20,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N20" s="215">
+      <c r="N20" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B20,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O20" s="215">
+      <c r="O20" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B20,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P20" s="215">
+      <c r="P20" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B20,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="243">
+      <c r="Q20" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B20,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="268" t="str">
+      <c r="B21" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,8)</f>
         <v>Lehrgang / Cycle de formation 9</v>
       </c>
-      <c r="C21" s="242">
+      <c r="C21" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D21" s="215">
+      <c r="D21" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B21)</f>
         <v>0</v>
       </c>
-      <c r="E21" s="215">
+      <c r="E21" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B21)</f>
         <v>0</v>
       </c>
-      <c r="F21" s="215"/>
-[...2 lines deleted...]
-      <c r="I21" s="243">
+      <c r="F21" s="212"/>
+      <c r="G21" s="212"/>
+      <c r="H21" s="212"/>
+      <c r="I21" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B21)</f>
         <v>0</v>
       </c>
-      <c r="J21" s="216"/>
-      <c r="K21" s="242">
+      <c r="J21" s="213"/>
+      <c r="K21" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L21" s="215">
+      <c r="L21" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B21,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M21" s="215">
+      <c r="M21" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B21,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N21" s="215">
+      <c r="N21" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B21,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O21" s="215">
+      <c r="O21" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B21,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P21" s="215">
+      <c r="P21" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B21,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q21" s="243">
+      <c r="Q21" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B21,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="268" t="str">
+      <c r="B22" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,9)</f>
         <v>Lehrgang / Cycle de formation 10</v>
       </c>
-      <c r="C22" s="242">
+      <c r="C22" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D22" s="215">
+      <c r="D22" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B22)</f>
         <v>0</v>
       </c>
-      <c r="E22" s="215">
+      <c r="E22" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B22)</f>
         <v>0</v>
       </c>
-      <c r="F22" s="215"/>
-[...2 lines deleted...]
-      <c r="I22" s="243">
+      <c r="F22" s="212"/>
+      <c r="G22" s="212"/>
+      <c r="H22" s="212"/>
+      <c r="I22" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B22)</f>
         <v>0</v>
       </c>
-      <c r="J22" s="216"/>
-      <c r="K22" s="242">
+      <c r="J22" s="213"/>
+      <c r="K22" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L22" s="215">
+      <c r="L22" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B22,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M22" s="215">
+      <c r="M22" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B22,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N22" s="215">
+      <c r="N22" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B22,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O22" s="215">
+      <c r="O22" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B22,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P22" s="215">
+      <c r="P22" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B22,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q22" s="243">
+      <c r="Q22" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B22,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="268" t="str">
+      <c r="B23" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,10)</f>
         <v>Lehrgang / Cycle de formation 11</v>
       </c>
-      <c r="C23" s="242">
+      <c r="C23" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D23" s="215">
+      <c r="D23" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B23)</f>
         <v>0</v>
       </c>
-      <c r="E23" s="215">
+      <c r="E23" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B23)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="215"/>
-[...2 lines deleted...]
-      <c r="I23" s="243">
+      <c r="F23" s="212"/>
+      <c r="G23" s="212"/>
+      <c r="H23" s="212"/>
+      <c r="I23" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B23)</f>
         <v>0</v>
       </c>
-      <c r="J23" s="216"/>
-      <c r="K23" s="242">
+      <c r="J23" s="213"/>
+      <c r="K23" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L23" s="215">
+      <c r="L23" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B23,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M23" s="215">
+      <c r="M23" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B23,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N23" s="215">
+      <c r="N23" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B23,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O23" s="215">
+      <c r="O23" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B23,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P23" s="215">
+      <c r="P23" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B23,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q23" s="243">
+      <c r="Q23" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B23,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="268" t="str">
+      <c r="B24" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,11)</f>
         <v>Lehrgang / Cycle de formation 12</v>
       </c>
-      <c r="C24" s="242">
+      <c r="C24" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D24" s="215">
+      <c r="D24" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B24)</f>
         <v>0</v>
       </c>
-      <c r="E24" s="215">
+      <c r="E24" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B24)</f>
         <v>0</v>
       </c>
-      <c r="F24" s="215"/>
-[...2 lines deleted...]
-      <c r="I24" s="243">
+      <c r="F24" s="212"/>
+      <c r="G24" s="212"/>
+      <c r="H24" s="212"/>
+      <c r="I24" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B24)</f>
         <v>0</v>
       </c>
-      <c r="J24" s="216"/>
-      <c r="K24" s="242">
+      <c r="J24" s="213"/>
+      <c r="K24" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L24" s="215">
+      <c r="L24" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B24,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M24" s="215">
+      <c r="M24" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B24,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N24" s="215">
+      <c r="N24" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B24,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O24" s="215">
+      <c r="O24" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B24,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P24" s="215">
+      <c r="P24" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B24,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q24" s="243">
+      <c r="Q24" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B24,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="268" t="str">
+      <c r="B25" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,12)</f>
         <v>Lehrgang / Cycle de formation 13</v>
       </c>
-      <c r="C25" s="242">
+      <c r="C25" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D25" s="215">
+      <c r="D25" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B25)</f>
         <v>0</v>
       </c>
-      <c r="E25" s="215">
+      <c r="E25" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B25)</f>
         <v>0</v>
       </c>
-      <c r="F25" s="215"/>
-[...2 lines deleted...]
-      <c r="I25" s="243">
+      <c r="F25" s="212"/>
+      <c r="G25" s="212"/>
+      <c r="H25" s="212"/>
+      <c r="I25" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B25)</f>
         <v>0</v>
       </c>
-      <c r="J25" s="216"/>
-      <c r="K25" s="242">
+      <c r="J25" s="213"/>
+      <c r="K25" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L25" s="215">
+      <c r="L25" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B25,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M25" s="215">
+      <c r="M25" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B25,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N25" s="215">
+      <c r="N25" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B25,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O25" s="215">
+      <c r="O25" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B25,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P25" s="215">
+      <c r="P25" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B25,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q25" s="243">
+      <c r="Q25" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B25,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="268" t="str">
+      <c r="B26" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,13)</f>
         <v>Lehrgang / Cycle de formation 14</v>
       </c>
-      <c r="C26" s="242">
+      <c r="C26" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D26" s="215">
+      <c r="D26" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B26)</f>
         <v>0</v>
       </c>
-      <c r="E26" s="215">
+      <c r="E26" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B26)</f>
         <v>0</v>
       </c>
-      <c r="F26" s="215"/>
-[...2 lines deleted...]
-      <c r="I26" s="243">
+      <c r="F26" s="212"/>
+      <c r="G26" s="212"/>
+      <c r="H26" s="212"/>
+      <c r="I26" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B26)</f>
         <v>0</v>
       </c>
-      <c r="J26" s="216"/>
-      <c r="K26" s="242">
+      <c r="J26" s="213"/>
+      <c r="K26" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L26" s="215">
+      <c r="L26" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B26,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M26" s="215">
+      <c r="M26" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B26,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N26" s="215">
+      <c r="N26" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B26,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O26" s="215">
+      <c r="O26" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B26,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P26" s="215">
+      <c r="P26" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B26,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q26" s="243">
+      <c r="Q26" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B26,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="268" t="str">
+      <c r="B27" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,14)</f>
         <v>Lehrgang / Cycle de formation 15</v>
       </c>
-      <c r="C27" s="242">
+      <c r="C27" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D27" s="215">
+      <c r="D27" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B27)</f>
         <v>0</v>
       </c>
-      <c r="E27" s="215">
+      <c r="E27" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B27)</f>
         <v>0</v>
       </c>
-      <c r="F27" s="215"/>
-[...2 lines deleted...]
-      <c r="I27" s="243">
+      <c r="F27" s="212"/>
+      <c r="G27" s="212"/>
+      <c r="H27" s="212"/>
+      <c r="I27" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B27)</f>
         <v>0</v>
       </c>
-      <c r="J27" s="216"/>
-      <c r="K27" s="242">
+      <c r="J27" s="213"/>
+      <c r="K27" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L27" s="215">
+      <c r="L27" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B27,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M27" s="215">
+      <c r="M27" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B27,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N27" s="215">
+      <c r="N27" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B27,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O27" s="215">
+      <c r="O27" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B27,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P27" s="215">
+      <c r="P27" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B27,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q27" s="243">
+      <c r="Q27" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B27,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="268" t="str">
+      <c r="B28" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,15)</f>
         <v>Lehrgang / Cycle de formation 16</v>
       </c>
-      <c r="C28" s="242">
+      <c r="C28" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D28" s="215">
+      <c r="D28" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B28)</f>
         <v>0</v>
       </c>
-      <c r="E28" s="215">
+      <c r="E28" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B28)</f>
         <v>0</v>
       </c>
-      <c r="F28" s="215"/>
-[...2 lines deleted...]
-      <c r="I28" s="243">
+      <c r="F28" s="212"/>
+      <c r="G28" s="212"/>
+      <c r="H28" s="212"/>
+      <c r="I28" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B28)</f>
         <v>0</v>
       </c>
-      <c r="J28" s="216"/>
-      <c r="K28" s="242">
+      <c r="J28" s="213"/>
+      <c r="K28" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L28" s="215">
+      <c r="L28" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B28,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M28" s="215">
+      <c r="M28" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B28,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N28" s="215">
+      <c r="N28" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B28,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O28" s="215">
+      <c r="O28" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B28,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P28" s="215">
+      <c r="P28" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B28,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q28" s="243">
+      <c r="Q28" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B28,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="268" t="str">
+      <c r="B29" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,16)</f>
         <v>Lehrgang / Cycle de formation 17</v>
       </c>
-      <c r="C29" s="242">
+      <c r="C29" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D29" s="215">
+      <c r="D29" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B29)</f>
         <v>0</v>
       </c>
-      <c r="E29" s="215">
+      <c r="E29" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B29)</f>
         <v>0</v>
       </c>
-      <c r="F29" s="215"/>
-[...2 lines deleted...]
-      <c r="I29" s="243">
+      <c r="F29" s="212"/>
+      <c r="G29" s="212"/>
+      <c r="H29" s="212"/>
+      <c r="I29" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B29)</f>
         <v>0</v>
       </c>
-      <c r="J29" s="216"/>
-      <c r="K29" s="242">
+      <c r="J29" s="213"/>
+      <c r="K29" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L29" s="215">
+      <c r="L29" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B29,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M29" s="215">
+      <c r="M29" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B29,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N29" s="215">
+      <c r="N29" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B29,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O29" s="215">
+      <c r="O29" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B29,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P29" s="215">
+      <c r="P29" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B29,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q29" s="243">
+      <c r="Q29" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B29,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="268" t="str">
+      <c r="B30" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,17)</f>
         <v>Lehrgang / Cycle de formation 18</v>
       </c>
-      <c r="C30" s="242">
+      <c r="C30" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D30" s="215">
+      <c r="D30" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B30)</f>
         <v>0</v>
       </c>
-      <c r="E30" s="215">
+      <c r="E30" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B30)</f>
         <v>0</v>
       </c>
-      <c r="F30" s="215"/>
-[...2 lines deleted...]
-      <c r="I30" s="243">
+      <c r="F30" s="212"/>
+      <c r="G30" s="212"/>
+      <c r="H30" s="212"/>
+      <c r="I30" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B30)</f>
         <v>0</v>
       </c>
-      <c r="J30" s="216"/>
-      <c r="K30" s="242">
+      <c r="J30" s="213"/>
+      <c r="K30" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L30" s="215">
+      <c r="L30" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B30,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M30" s="215">
+      <c r="M30" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B30,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N30" s="215">
+      <c r="N30" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B30,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O30" s="215">
+      <c r="O30" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B30,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P30" s="215">
+      <c r="P30" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B30,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q30" s="243">
+      <c r="Q30" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B30,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="268" t="str">
+      <c r="B31" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,18)</f>
         <v>Lehrgang / Cycle de formation 19</v>
       </c>
-      <c r="C31" s="242">
+      <c r="C31" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D31" s="215">
+      <c r="D31" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B31)</f>
         <v>0</v>
       </c>
-      <c r="E31" s="215">
+      <c r="E31" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B31)</f>
         <v>0</v>
       </c>
-      <c r="F31" s="215"/>
-[...2 lines deleted...]
-      <c r="I31" s="243">
+      <c r="F31" s="212"/>
+      <c r="G31" s="212"/>
+      <c r="H31" s="212"/>
+      <c r="I31" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B31)</f>
         <v>0</v>
       </c>
-      <c r="J31" s="216"/>
-      <c r="K31" s="242">
+      <c r="J31" s="213"/>
+      <c r="K31" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L31" s="215">
+      <c r="L31" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B31,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M31" s="215">
+      <c r="M31" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B31,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N31" s="215">
+      <c r="N31" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B31,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O31" s="215">
+      <c r="O31" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B31,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P31" s="215">
+      <c r="P31" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B31,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q31" s="243">
+      <c r="Q31" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B31,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="268" t="str">
+      <c r="B32" s="265" t="str">
         <f ca="1">OFFSET(Budget!L$5,0,19)</f>
         <v>Lehrgang / Cycle de formation 20</v>
       </c>
-      <c r="C32" s="242">
+      <c r="C32" s="239">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
-      <c r="D32" s="215">
+      <c r="D32" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,D$4,Budget!$L$5:$AE$5,Übersicht!$B32)</f>
         <v>0</v>
       </c>
-      <c r="E32" s="215">
+      <c r="E32" s="212">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,E$4,Budget!$L$5:$AE$5,Übersicht!$B32)</f>
         <v>0</v>
       </c>
-      <c r="F32" s="215"/>
-[...2 lines deleted...]
-      <c r="I32" s="243">
+      <c r="F32" s="212"/>
+      <c r="G32" s="212"/>
+      <c r="H32" s="212"/>
+      <c r="I32" s="240">
         <f ca="1">SUMIFS(Budget!$L$42:$AE$42,Budget!$L$15:$AE$15,I$4,Budget!$L$5:$AE$5,Übersicht!$B32)</f>
         <v>0</v>
       </c>
-      <c r="J32" s="216"/>
-      <c r="K32" s="242">
+      <c r="J32" s="213"/>
+      <c r="K32" s="239">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
-      <c r="L32" s="215">
+      <c r="L32" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,L$4,Rechnung!$L$5:$AE$5,Übersicht!$B32,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="M32" s="215">
+      <c r="M32" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,M$4,Rechnung!$L$5:$AE$5,Übersicht!$B32,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="N32" s="215">
+      <c r="N32" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,N$4,Rechnung!$L$5:$AE$5,Übersicht!$B32,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="O32" s="215">
+      <c r="O32" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,O$4,Rechnung!$L$5:$AE$5,Übersicht!$B32,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="P32" s="215">
+      <c r="P32" s="212">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,P$4,Rechnung!$L$5:$AE$5,Übersicht!$B32,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
-      <c r="Q32" s="243">
+      <c r="Q32" s="240">
         <f ca="1">SUMIFS(Rechnung!$L$42:$AE$42,Rechnung!$L$15:$AE$15,Q$4,Rechnung!$L$5:$AE$5,Übersicht!$B32,Rechnung!$L$93:'Rechnung'!$AE$93,Metadaten!$F$2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="282" t="str">
+      <c r="B33" s="278" t="str">
         <f>Übersetzungen!B110</f>
         <v xml:space="preserve">Gesamtkosten alle Lehrgänge </v>
       </c>
-      <c r="C33" s="283">
+      <c r="C33" s="279">
         <f>Budget!E$42</f>
         <v>0</v>
       </c>
-      <c r="D33" s="284">
+      <c r="D33" s="280">
         <f>Budget!F$42</f>
         <v>0</v>
       </c>
-      <c r="E33" s="284">
+      <c r="E33" s="280">
         <f>Budget!G$42</f>
         <v>0</v>
       </c>
-      <c r="F33" s="284">
+      <c r="F33" s="280">
         <f>Budget!H$42</f>
         <v>0</v>
       </c>
-      <c r="G33" s="284">
+      <c r="G33" s="280">
         <f>Budget!I$42</f>
         <v>0</v>
       </c>
-      <c r="H33" s="284">
+      <c r="H33" s="280">
         <f>Budget!J$42</f>
         <v>0</v>
       </c>
-      <c r="I33" s="285">
+      <c r="I33" s="281">
         <f>Budget!K$42</f>
         <v>0</v>
       </c>
-      <c r="J33" s="286"/>
-      <c r="K33" s="283">
+      <c r="J33" s="282"/>
+      <c r="K33" s="279">
         <f>Rechnung!E$42</f>
         <v>0</v>
       </c>
-      <c r="L33" s="284">
+      <c r="L33" s="280">
         <f>Rechnung!F$42</f>
         <v>0</v>
       </c>
-      <c r="M33" s="284">
+      <c r="M33" s="280">
         <f>Rechnung!G$42</f>
         <v>0</v>
       </c>
-      <c r="N33" s="284">
+      <c r="N33" s="280">
         <f>Rechnung!H$42</f>
         <v>0</v>
       </c>
-      <c r="O33" s="217">
+      <c r="O33" s="214">
         <f>Rechnung!I$42</f>
         <v>0</v>
       </c>
-      <c r="P33" s="217">
+      <c r="P33" s="214">
         <f>Rechnung!J$42</f>
         <v>0</v>
       </c>
-      <c r="Q33" s="246">
+      <c r="Q33" s="243">
         <f>Rechnung!K$42</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:17" ht="9.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="269"/>
-[...3 lines deleted...]
-      <c r="Q34" s="248"/>
+      <c r="B34" s="266"/>
+      <c r="C34" s="244"/>
+      <c r="I34" s="245"/>
+      <c r="K34" s="244"/>
+      <c r="Q34" s="245"/>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B35" s="270" t="str">
+      <c r="B35" s="267" t="str">
         <f>Übersetzungen!B111</f>
         <v>Finanzierung</v>
       </c>
-      <c r="C35" s="249" t="str">
+      <c r="C35" s="246" t="str">
         <f>Übersetzungen!B124</f>
         <v>Alle Jahre</v>
       </c>
-      <c r="D35" s="234">
+      <c r="D35" s="231">
         <f>D4</f>
         <v>0</v>
       </c>
-      <c r="E35" s="234">
+      <c r="E35" s="231">
         <f t="shared" ref="E35:I35" si="6">E4</f>
         <v>1</v>
       </c>
-      <c r="F35" s="234">
+      <c r="F35" s="231">
         <f t="shared" si="6"/>
         <v>2</v>
       </c>
-      <c r="G35" s="234">
+      <c r="G35" s="231">
         <f t="shared" si="6"/>
         <v>3</v>
       </c>
-      <c r="H35" s="234">
+      <c r="H35" s="231">
         <f t="shared" si="6"/>
         <v>4</v>
       </c>
-      <c r="I35" s="250">
+      <c r="I35" s="247">
         <f t="shared" si="6"/>
         <v>5</v>
       </c>
-      <c r="J35" s="231"/>
-      <c r="K35" s="249" t="str">
+      <c r="J35" s="228"/>
+      <c r="K35" s="246" t="str">
         <f>Übersetzungen!B124</f>
         <v>Alle Jahre</v>
       </c>
-      <c r="L35" s="234">
+      <c r="L35" s="231">
         <f>L4</f>
         <v>0</v>
       </c>
-      <c r="M35" s="234">
+      <c r="M35" s="231">
         <f t="shared" ref="M35:Q35" si="7">M4</f>
         <v>1</v>
       </c>
-      <c r="N35" s="234">
+      <c r="N35" s="231">
         <f t="shared" si="7"/>
         <v>2</v>
       </c>
-      <c r="O35" s="234">
+      <c r="O35" s="231">
         <f t="shared" si="7"/>
         <v>3</v>
       </c>
-      <c r="P35" s="234">
+      <c r="P35" s="231">
         <f t="shared" si="7"/>
         <v>4</v>
       </c>
-      <c r="Q35" s="250">
+      <c r="Q35" s="247">
         <f t="shared" si="7"/>
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B36" s="271" t="str">
+      <c r="B36" s="268" t="str">
         <f>Übersetzungen!B112</f>
         <v xml:space="preserve">TN-Gebühren, Drittmittel </v>
       </c>
-      <c r="C36" s="251">
+      <c r="C36" s="248">
         <f>Budget!$E$49</f>
         <v>0</v>
       </c>
-      <c r="D36" s="218">
+      <c r="D36" s="215">
         <f>Budget!F$49</f>
         <v>0</v>
       </c>
-      <c r="E36" s="218">
+      <c r="E36" s="215">
         <f>Budget!G$49</f>
         <v>0</v>
       </c>
-      <c r="F36" s="218">
+      <c r="F36" s="215">
         <f>Budget!H$49</f>
         <v>0</v>
       </c>
-      <c r="G36" s="218">
+      <c r="G36" s="215">
         <f>Budget!I$49</f>
         <v>0</v>
       </c>
-      <c r="H36" s="218">
+      <c r="H36" s="215">
         <f>Budget!J$49</f>
         <v>0</v>
       </c>
-      <c r="I36" s="252">
+      <c r="I36" s="249">
         <f>Budget!K$49</f>
         <v>0</v>
       </c>
-      <c r="J36" s="216"/>
-      <c r="K36" s="251">
+      <c r="J36" s="213"/>
+      <c r="K36" s="248">
         <f>Rechnung!$E$49</f>
         <v>0</v>
       </c>
-      <c r="L36" s="218">
+      <c r="L36" s="215">
         <f>Rechnung!F$49</f>
         <v>0</v>
       </c>
-      <c r="M36" s="218">
+      <c r="M36" s="215">
         <f>Rechnung!G$49</f>
         <v>0</v>
       </c>
-      <c r="N36" s="218">
+      <c r="N36" s="215">
         <f>Rechnung!H$49</f>
         <v>0</v>
       </c>
-      <c r="O36" s="218">
+      <c r="O36" s="215">
         <f>Rechnung!I$49</f>
         <v>0</v>
       </c>
-      <c r="P36" s="218">
+      <c r="P36" s="215">
         <f>Rechnung!J$49</f>
         <v>0</v>
       </c>
-      <c r="Q36" s="252">
+      <c r="Q36" s="249">
         <f>Rechnung!K$49</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="271"/>
-[...14 lines deleted...]
-      <c r="Q37" s="252"/>
+      <c r="B37" s="268"/>
+      <c r="C37" s="248"/>
+      <c r="D37" s="215"/>
+      <c r="E37" s="215"/>
+      <c r="F37" s="215"/>
+      <c r="G37" s="215"/>
+      <c r="H37" s="215"/>
+      <c r="I37" s="249"/>
+      <c r="J37" s="213"/>
+      <c r="K37" s="248"/>
+      <c r="L37" s="215"/>
+      <c r="M37" s="215"/>
+      <c r="N37" s="215"/>
+      <c r="O37" s="215"/>
+      <c r="P37" s="215"/>
+      <c r="Q37" s="249"/>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B38" s="271" t="str">
+      <c r="B38" s="268" t="str">
         <f>Übersetzungen!B114</f>
         <v xml:space="preserve">Effektiver Subventionsbetrag </v>
       </c>
-      <c r="C38" s="251">
+      <c r="C38" s="248">
         <f>Budget!E$59</f>
         <v>0</v>
       </c>
-      <c r="D38" s="218">
+      <c r="D38" s="215">
         <f>Budget!F$59</f>
         <v>0</v>
       </c>
-      <c r="E38" s="218">
+      <c r="E38" s="215">
         <f>Budget!G$59</f>
         <v>0</v>
       </c>
-      <c r="F38" s="218">
+      <c r="F38" s="215">
         <f>Budget!H$59</f>
         <v>0</v>
       </c>
-      <c r="G38" s="218">
+      <c r="G38" s="215">
         <f>Budget!I$59</f>
         <v>0</v>
       </c>
-      <c r="H38" s="218">
+      <c r="H38" s="215">
         <f>Budget!J$59</f>
         <v>0</v>
       </c>
-      <c r="I38" s="252">
+      <c r="I38" s="249">
         <f>Budget!K$59</f>
         <v>0</v>
       </c>
-      <c r="J38" s="216"/>
-      <c r="K38" s="251">
+      <c r="J38" s="213"/>
+      <c r="K38" s="248">
         <f>Rechnung!E$59</f>
         <v>0</v>
       </c>
-      <c r="L38" s="218">
+      <c r="L38" s="215">
         <f>Rechnung!F$59</f>
         <v>0</v>
       </c>
-      <c r="M38" s="218">
+      <c r="M38" s="215">
         <f>Rechnung!G$59</f>
         <v>0</v>
       </c>
-      <c r="N38" s="218">
+      <c r="N38" s="215">
         <f>Rechnung!H$59</f>
         <v>0</v>
       </c>
-      <c r="O38" s="218">
+      <c r="O38" s="215">
         <f>Rechnung!I$59</f>
         <v>0</v>
       </c>
-      <c r="P38" s="218">
+      <c r="P38" s="215">
         <f>Rechnung!J$59</f>
         <v>0</v>
       </c>
-      <c r="Q38" s="252">
+      <c r="Q38" s="249">
         <f>Rechnung!K$59</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B39" s="287" t="str">
+      <c r="B39" s="283" t="str">
         <f>Übersetzungen!B115</f>
         <v>Total Einnahmen</v>
       </c>
-      <c r="C39" s="288">
+      <c r="C39" s="284">
         <f>SUM(C36:C38)</f>
         <v>0</v>
       </c>
-      <c r="D39" s="289">
+      <c r="D39" s="285">
         <f>SUM(D36:D38)</f>
         <v>0</v>
       </c>
-      <c r="E39" s="289">
+      <c r="E39" s="285">
         <f t="shared" ref="E39:I39" si="8">SUM(E36:E38)</f>
         <v>0</v>
       </c>
-      <c r="F39" s="289">
+      <c r="F39" s="285">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G39" s="289">
+      <c r="G39" s="285">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="H39" s="289">
+      <c r="H39" s="285">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="I39" s="290">
+      <c r="I39" s="286">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="J39" s="286"/>
-      <c r="K39" s="288">
+      <c r="J39" s="282"/>
+      <c r="K39" s="284">
         <f>SUM(K36:K38)</f>
         <v>0</v>
       </c>
-      <c r="L39" s="289">
+      <c r="L39" s="285">
         <f>SUM(L36:L38)</f>
         <v>0</v>
       </c>
-      <c r="M39" s="289">
+      <c r="M39" s="285">
         <f t="shared" ref="M39:Q39" si="9">SUM(M36:M38)</f>
         <v>0</v>
       </c>
-      <c r="N39" s="289">
+      <c r="N39" s="285">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="O39" s="219">
+      <c r="O39" s="216">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="P39" s="219">
+      <c r="P39" s="216">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="Q39" s="253">
+      <c r="Q39" s="250">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B40" s="269"/>
-[...3 lines deleted...]
-      <c r="Q40" s="248"/>
+      <c r="B40" s="266"/>
+      <c r="C40" s="244"/>
+      <c r="I40" s="245"/>
+      <c r="K40" s="244"/>
+      <c r="Q40" s="245"/>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B41" s="270" t="str">
+      <c r="B41" s="267" t="str">
         <f>Übersetzungen!B116</f>
         <v>Eigenleistungen (-) / Gewinn der Bildungsinstitution (+)</v>
       </c>
-      <c r="C41" s="292">
+      <c r="C41" s="288">
         <f xml:space="preserve"> C36+C38-C33</f>
         <v>0</v>
       </c>
-      <c r="D41" s="292">
+      <c r="D41" s="288">
         <f>Budget!F$61</f>
         <v>0</v>
       </c>
-      <c r="E41" s="292">
+      <c r="E41" s="288">
         <f>Budget!G$61</f>
         <v>0</v>
       </c>
-      <c r="F41" s="292">
+      <c r="F41" s="288">
         <f>Budget!H$61</f>
         <v>0</v>
       </c>
-      <c r="G41" s="292">
+      <c r="G41" s="288">
         <f>Budget!I$61</f>
         <v>0</v>
       </c>
-      <c r="H41" s="292">
+      <c r="H41" s="288">
         <f>Budget!J$61</f>
         <v>0</v>
       </c>
-      <c r="I41" s="292">
+      <c r="I41" s="288">
         <f>Budget!K$61</f>
         <v>0</v>
       </c>
-      <c r="K41" s="292">
+      <c r="K41" s="288">
         <f xml:space="preserve"> K36+K38-K33</f>
         <v>0</v>
       </c>
-      <c r="L41" s="292">
+      <c r="L41" s="288">
         <f>Rechnung!F$61</f>
         <v>0</v>
       </c>
-      <c r="M41" s="292">
+      <c r="M41" s="288">
         <f>Rechnung!G$61</f>
         <v>0</v>
       </c>
-      <c r="N41" s="292">
+      <c r="N41" s="288">
         <f>Rechnung!H$61</f>
         <v>0</v>
       </c>
-      <c r="O41" s="292">
+      <c r="O41" s="288">
         <f>Rechnung!I$61</f>
         <v>0</v>
       </c>
-      <c r="P41" s="292">
+      <c r="P41" s="288">
         <f>Rechnung!J$61</f>
         <v>0</v>
       </c>
-      <c r="Q41" s="292">
+      <c r="Q41" s="288">
         <f>Rechnung!K$61</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B42" s="269"/>
-[...3 lines deleted...]
-      <c r="Q42" s="248"/>
+      <c r="B42" s="266"/>
+      <c r="C42" s="244"/>
+      <c r="I42" s="245"/>
+      <c r="K42" s="244"/>
+      <c r="Q42" s="245"/>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B43" s="272" t="str">
+      <c r="B43" s="269" t="str">
         <f>Übersetzungen!B117</f>
         <v>Prozentualer Anteil der Subvention an den Gesamtkosten</v>
       </c>
-      <c r="C43" s="254">
+      <c r="C43" s="251">
         <f>IF(ISERR(Budget!E59/Budget!E42),0,Budget!E59/Budget!E42)</f>
         <v>0</v>
       </c>
-      <c r="D43" s="220"/>
-[...6 lines deleted...]
-      <c r="K43" s="254">
+      <c r="D43" s="217"/>
+      <c r="E43" s="217"/>
+      <c r="F43" s="217"/>
+      <c r="G43" s="217"/>
+      <c r="H43" s="217"/>
+      <c r="I43" s="252"/>
+      <c r="J43" s="218"/>
+      <c r="K43" s="251">
         <f>IF(ISERR(Rechnung!E59/Rechnung!E42),0,Rechnung!E59/Rechnung!E42)</f>
         <v>0</v>
       </c>
-      <c r="Q43" s="248"/>
+      <c r="Q43" s="245"/>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B44" s="271" t="str">
+      <c r="B44" s="268" t="str">
         <f>Übersetzungen!B118</f>
         <v>Subvention EnergieSchweiz pro TN</v>
       </c>
-      <c r="C44" s="256">
+      <c r="C44" s="253">
         <f>IF(ISERR(C38/C10),0,C38/C10)</f>
         <v>0</v>
       </c>
-      <c r="D44" s="222"/>
-[...6 lines deleted...]
-      <c r="K44" s="256">
+      <c r="D44" s="219"/>
+      <c r="E44" s="219"/>
+      <c r="F44" s="219"/>
+      <c r="G44" s="219"/>
+      <c r="H44" s="219"/>
+      <c r="I44" s="254"/>
+      <c r="J44" s="220"/>
+      <c r="K44" s="253">
         <f>IF(ISERR(K38/K10),0,K38/K10)</f>
         <v>0</v>
       </c>
-      <c r="Q44" s="248"/>
+      <c r="Q44" s="245"/>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B45" s="271" t="str">
+      <c r="B45" s="268" t="str">
         <f>Übersetzungen!B119</f>
         <v>Subvention Energie Schweiz pro Lehrgangstag</v>
       </c>
-      <c r="C45" s="256">
+      <c r="C45" s="253">
         <f>IF(ISERR(C38/C5),0,C38/C5)</f>
         <v>0</v>
       </c>
-      <c r="D45" s="222"/>
-[...6 lines deleted...]
-      <c r="K45" s="256">
+      <c r="D45" s="219"/>
+      <c r="E45" s="219"/>
+      <c r="F45" s="219"/>
+      <c r="G45" s="219"/>
+      <c r="H45" s="219"/>
+      <c r="I45" s="254"/>
+      <c r="J45" s="220"/>
+      <c r="K45" s="253">
         <f>IF(ISERR(K38/K5),0,K38/K5)</f>
         <v>0</v>
       </c>
-      <c r="Q45" s="248"/>
+      <c r="Q45" s="245"/>
     </row>
     <row r="46" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B46" s="273" t="str">
+      <c r="B46" s="270" t="str">
         <f>Übersetzungen!B120</f>
         <v>Subvention EnergieSchweiz pro TN-Lehrgangstag</v>
       </c>
-      <c r="C46" s="258">
+      <c r="C46" s="255">
         <f>IF(ISERR(C38/(C5*C11)),0,C38/(C5*C11))</f>
         <v>0</v>
       </c>
-      <c r="D46" s="224"/>
-[...6 lines deleted...]
-      <c r="K46" s="258">
+      <c r="D46" s="221"/>
+      <c r="E46" s="221"/>
+      <c r="F46" s="221"/>
+      <c r="G46" s="221"/>
+      <c r="H46" s="221"/>
+      <c r="I46" s="256"/>
+      <c r="J46" s="222"/>
+      <c r="K46" s="255">
         <f>IF(ISERR(K38/(K5*K11)),0,K38/(K5*K11))</f>
         <v>0</v>
       </c>
-      <c r="Q46" s="248"/>
+      <c r="Q46" s="245"/>
     </row>
     <row r="47" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B47" s="269"/>
-[...3 lines deleted...]
-      <c r="Q47" s="248"/>
+      <c r="B47" s="266"/>
+      <c r="C47" s="244"/>
+      <c r="I47" s="245"/>
+      <c r="K47" s="244"/>
+      <c r="Q47" s="245"/>
     </row>
     <row r="48" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B48" s="271" t="str">
+      <c r="B48" s="268" t="str">
         <f>Übersetzungen!B123</f>
         <v>Zahlungen EnergieSchweiz</v>
       </c>
-      <c r="C48" s="260"/>
-[...7 lines deleted...]
-      <c r="K48" s="251">
+      <c r="C48" s="257"/>
+      <c r="D48" s="223"/>
+      <c r="E48" s="223"/>
+      <c r="F48" s="223"/>
+      <c r="G48" s="223"/>
+      <c r="H48" s="223"/>
+      <c r="I48" s="258"/>
+      <c r="J48" s="213"/>
+      <c r="K48" s="248">
         <f>Rechnung!E66</f>
         <v>0</v>
       </c>
-      <c r="L48" s="218">
+      <c r="L48" s="215">
         <f>Rechnung!F66</f>
         <v>0</v>
       </c>
-      <c r="M48" s="218">
+      <c r="M48" s="215">
         <f>Rechnung!G66</f>
         <v>0</v>
       </c>
-      <c r="N48" s="218">
+      <c r="N48" s="215">
         <f>Rechnung!H66</f>
         <v>0</v>
       </c>
-      <c r="O48" s="218">
+      <c r="O48" s="215">
         <f>Rechnung!I66</f>
         <v>0</v>
       </c>
-      <c r="P48" s="218">
+      <c r="P48" s="215">
         <f>Rechnung!J66</f>
         <v>0</v>
       </c>
-      <c r="Q48" s="252">
+      <c r="Q48" s="249">
         <f>Rechnung!K66</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="D49" s="281"/>
+      <c r="D49" s="277"/>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B52" s="227"/>
+      <c r="B52" s="224"/>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B53" s="227"/>
+      <c r="B53" s="224"/>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B54" s="227"/>
+      <c r="B54" s="224"/>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B55" s="227"/>
+      <c r="B55" s="224"/>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B56" s="227"/>
+      <c r="B56" s="224"/>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B57" s="227"/>
+      <c r="B57" s="224"/>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B58" s="227"/>
+      <c r="B58" s="224"/>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.2">
-      <c r="B59" s="227"/>
+      <c r="B59" s="224"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="FTHaNrlT0vkMLPwXJ8HlxWkotoIa5nEwoFQLHcHHVVldxDxQhHMal8TU+dEl4BsMMnROfC5MozvDpvTKFWXXVA==" saltValue="1aiuAqXa98hLD3ievHKpFA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="C3:I3"/>
     <mergeCell ref="K3:Q3"/>
   </mergeCells>
   <dataValidations xWindow="362" yWindow="605" count="2">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Betrag positiv = Eigenleistungen; Betrag negativ = Gewinn /_x000a_Montant positif = Prestations propres; montant negatif = gains" sqref="B37:I37 K37:Q37 B41" xr:uid="{00000000-0002-0000-0300-000000000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Betrag negativ = Eigenleistungen; Betrag positiv = Gewinn /_x000a_Montant negatif = Prestations propres; montant positif = gains" sqref="D41:I41 L41:Q41" xr:uid="{C7A6A093-6077-4DEF-BA85-70AD820ED040}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="78" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFCD3946-D41E-4464-AF1D-2C4EF9C2B483}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B03A754-BB89-49A4-A8EE-1786FF6E538D}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="B2:G9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.2">
       <c r="D2" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="F2" t="str">
         <f>IF(Sprache = 1,"Ja", "oui")</f>
         <v>Ja</v>
       </c>
       <c r="G2" s="8">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.2">
       <c r="D3" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F3" t="str">
         <f>IF(Sprache = 1,"Nein", "non")</f>
         <v>Nein</v>
       </c>
       <c r="G3" s="8">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.2">
       <c r="G4" s="8">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.2">
       <c r="G5" s="8">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B6" s="6">
         <f ca="1">TODAY()</f>
-        <v>45825</v>
+        <v>45952</v>
       </c>
       <c r="G6" s="8">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B7" s="7">
         <f ca="1">NOW()</f>
-        <v>45825.354385995372</v>
+        <v>45952.667690393515</v>
       </c>
       <c r="G7" s="8">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.2">
       <c r="G8" s="8">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:7" x14ac:dyDescent="0.2">
       <c r="G9" s="8" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="tnu5nwGNmCG2q0fqrCa7jPJ4ZJzueekeBkh++TqfEC+hye3MEXfDIo6u4jSM8zsNZaVE3rmNuDWGgApXG7r4HQ==" saltValue="u9/i0vdxa/47g9nl7TjQiw==" spinCount="100000" sheet="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A2:G125"/>
   <sheetViews>
-    <sheetView topLeftCell="C1" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
+    <sheetView topLeftCell="A95" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
       <selection activeCell="C1" sqref="C1:D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.85546875" style="56" customWidth="1"/>
     <col min="2" max="4" width="92.42578125" style="57" customWidth="1"/>
     <col min="5" max="5" width="61" style="56" customWidth="1"/>
     <col min="6" max="16384" width="8.7109375" style="56"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B2" s="76" t="s">
         <v>105</v>
       </c>
       <c r="C2" s="76" t="s">
         <v>96</v>
       </c>
       <c r="D2" s="76" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A3" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B3" s="57" t="str">
         <f t="shared" ref="B3:B21" si="0">IF(Sprache = 1, C3, D3)</f>
         <v>Antrag Fördergelder - Hinweise zum Ausfüllen</v>
       </c>
       <c r="C3" s="57" t="s">
+        <v>280</v>
+      </c>
+      <c r="D3" s="57" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B4" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Für den Antrag füllen Sie bitte das Tabellenblatt "Budget" aus.  </v>
       </c>
       <c r="C4" s="57" t="s">
         <v>235</v>
       </c>
       <c r="D4" s="57" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A5" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B5" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Für die Berichterstattung (Zwischenrechnung, Schlussrechnung): Die Zahlen aus dem Budget werden automatisch in das Tabellenblatt "Rechnung" übernommen. Aktualisieren Sie falls nötig die entsprechenden Felder in den Zeilen 8-16 mit den effektiven Angaben 
 - Neuentwicklung 
 - Durchführung 
 - Anzahl Masterarbeiten
 - Anzahl Teilnehmende
 - Wenn der Lehrgang nicht durchgeführt/nicht entwickelt werden konnte, löschen Sie bitte auch die rot geschriebenen Kosten in den entsprechenden Feldern. </v>
       </c>
-      <c r="C5" s="277" t="s">
+      <c r="C5" s="273" t="s">
+        <v>283</v>
+      </c>
+      <c r="D5" s="276" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E5" s="57"/>
     </row>
     <row r="6" spans="1:5" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A6" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B6" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Im Blatt "Übersicht" finden Sie die wichtigsten Kennzahlen zu Ihrem Projekt. Die Zahlen der Zwischenrechnung/ Rechnung werden erst übernommen, wenn Sie im Blatt "Rechnung" in der letzten Zeile  jeweils "Ja" angewählt haben. </v>
       </c>
-      <c r="C6" s="277" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="279" t="s">
+      <c r="C6" s="273" t="s">
+        <v>279</v>
+      </c>
+      <c r="D6" s="275" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B7" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Budgeterstellung</v>
       </c>
       <c r="C7" s="57" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D7" s="57" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A8" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B8" s="57" t="str">
         <f>IF(Sprache = 1, C8, D8)</f>
         <v>In Zellen, welche mit dieser orangen Farbe hinterlegt sind, können Sie Daten erfassen.
 Alle Kosten/Finanzbeträge sind in CHF. 
 Achtung für Hochschulen: Anrechenbar sind nur die direkten Kosten eines einzelnen Lehrgangs, z. B. Person-, Sach-, betriebliche Infrastrukturkosten (Deckungsbeitrag DB1).</v>
       </c>
       <c r="C8" s="57" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D8" s="57" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A9" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B9" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Durchführungsdaten: Sollten die Daten noch nicht bekannt sein, sind die ungefähren Zeitpunkte anzugeben (z.B. Start im Mai 2022, so ist bei Beginndatum 1.5.2022 einzugeben) </v>
       </c>
       <c r="C9" s="57" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D9" s="57" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A10" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B10" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Anzahl Teilnehmende: Bitte beachten Sie, dass nur Lehrgänge mit mind. 10 und max. 14 Teilnehmenden gefördert werden. Wollen Sie einen Lehrgang mit weniger als 10 TN trotzdem durchführen, nehmen Sie bitte Kontakt mit uns auf. </v>
       </c>
       <c r="C10" s="57" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D10" s="57" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A11" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B11" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Adaption: Mindestens 50% des Lehrganges muss überarbeitet werden. Reguläre Aktualisierungen werden nicht entschädigt. Es ist eine plausible Begründung im Gesuch nötig.  </v>
       </c>
-      <c r="C11" s="305" t="s">
+      <c r="C11" s="301" t="s">
         <v>260</v>
       </c>
-      <c r="D11" s="305" t="s">
+      <c r="D11" s="301" t="s">
         <v>261</v>
       </c>
       <c r="E11" s="57"/>
     </row>
     <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A12" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B12" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Masterarbeiten: Bitte füllen Sie für Masterarbeiten eine separate Spalte aus und benennen sie mit dem entsprechenden Titel des MAS. Anfangs- und Enddatum sind hier ebenfalls nötig. </v>
       </c>
       <c r="C12" s="57" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D12" s="57" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="51" x14ac:dyDescent="0.2">
       <c r="A13" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B13" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Die maximal möglichen Förderbeiträge werden aufgrund der Fördersystematik (vgl. Merkblatt) automatisch berechnet. Falls aufgrund dieser Förderbeiträge ein Gewinn erzielt oder die Subventionierung mehr als 40% der Gesamtkosten eines Lehrgangs überschreiten würde, werden die Förderbeiträge automatisch gekürzt (=effektiver Subventionsbeitrag).</v>
       </c>
       <c r="C13" s="57" t="s">
+        <v>289</v>
+      </c>
+      <c r="D13" s="57" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E13" s="57"/>
     </row>
     <row r="14" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A14" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B14" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Die Übersicht über die Förderpauschalen und allgemeine Hinweise zu den Anträgen finden Sie im Merkblatt zu den Fördermöglichkeiten.</v>
       </c>
       <c r="C14" s="57" t="s">
         <v>193</v>
       </c>
       <c r="D14" s="57" t="s">
         <v>192</v>
       </c>
       <c r="E14" s="57"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A15" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Merkblatt zu den Fördermöglichkeiten</v>
       </c>
-      <c r="C15" s="187" t="s">
+      <c r="C15" s="186" t="s">
         <v>194</v>
       </c>
-      <c r="D15" s="187" t="s">
+      <c r="D15" s="186" t="s">
         <v>191</v>
       </c>
-      <c r="E15" s="200"/>
+      <c r="E15" s="197"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A16" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B16" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Gehe zu Tabellenblatt "Budget"</v>
       </c>
       <c r="C16" s="52" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="52" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B17" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Gehe zu Tabellenblatt "Rechnung"</v>
       </c>
       <c r="C17" s="52" t="s">
@@ -22424,84 +22436,84 @@
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B18" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Gehe zu Tabellenblatt "Übersicht"</v>
       </c>
       <c r="C18" s="52" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="52" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Reporting/Abrechnung</v>
       </c>
       <c r="C19" s="57" t="s">
+        <v>277</v>
+      </c>
+      <c r="D19" s="57" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B20" s="57" t="str">
         <f t="shared" si="0"/>
         <v>Übersicht</v>
       </c>
       <c r="C20" s="57" t="s">
         <v>140</v>
       </c>
       <c r="D20" s="57" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A21" s="56" t="s">
         <v>104</v>
       </c>
       <c r="B21" s="57" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> - Bitte nehmen Sie mit uns Kontakt auf, wenn Ihr Antrag mehr 10 Angebote umfasst und mehr als 3 Jahre dauert. </v>
       </c>
       <c r="C21" s="57" t="s">
+        <v>296</v>
+      </c>
+      <c r="D21" s="57" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B22" s="57" t="str">
         <f t="shared" ref="B22:B66" si="1">IF(Sprache = 1, C22, D22)</f>
         <v>Budget Lehrgänge</v>
       </c>
       <c r="C22" s="57" t="s">
         <v>0</v>
       </c>
       <c r="D22" s="57" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B23" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Ist der Antragsteller eine Hochschule? Bitte Kontrollkästchen setzen falls ja.</v>
       </c>
@@ -22529,96 +22541,96 @@
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B25" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Dauer des Lehrganges?</v>
       </c>
       <c r="C25" s="57" t="s">
         <v>41</v>
       </c>
       <c r="D25" s="57" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B26" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Wird/wurde der Lehrgang neu entwickelt?</v>
       </c>
       <c r="C26" s="57" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D26" s="57" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B27" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Wird/wurde der Lehrgang durchgeführt?</v>
       </c>
       <c r="C27" s="57" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D27" s="57" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B28" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Erfolgen Entwicklung und Durchführung in Kooperation?</v>
       </c>
       <c r="C28" s="57" t="s">
         <v>270</v>
       </c>
       <c r="D28" s="57" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Wie viele Masterarbeiten werden/wurden begleitet?</v>
       </c>
       <c r="C29" s="57" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D29" s="57" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B30" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Wann findet der Lehrgang statt?</v>
       </c>
       <c r="C30" s="57" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="57" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="57" t="str">
@@ -22667,126 +22679,126 @@
         <v>127</v>
       </c>
       <c r="B34" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Teilnahmegebühr je Teilnehmende</v>
       </c>
       <c r="C34" s="57" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="57" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B35" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Kostenübersicht pro Lehrgang  (Hochschulen: Nur anrechenbare Kosten DB1)</v>
       </c>
       <c r="C35" s="57" t="s">
         <v>264</v>
       </c>
       <c r="D35" s="57" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B36" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Neuentwicklung</v>
       </c>
       <c r="C36" s="57" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="57" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" s="56" t="s">
         <v>127</v>
       </c>
-      <c r="B37" s="305" t="str">
+      <c r="B37" s="301" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Adaption  </v>
       </c>
-      <c r="C37" s="305" t="s">
+      <c r="C37" s="301" t="s">
         <v>81</v>
       </c>
-      <c r="D37" s="305" t="s">
+      <c r="D37" s="301" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B38" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Organisation und Durchführung des Lehrganges</v>
       </c>
       <c r="C38" s="57" t="s">
         <v>80</v>
       </c>
       <c r="D38" s="57" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B39" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Begleitung Masterarbeiten</v>
       </c>
       <c r="C39" s="57" t="s">
         <v>33</v>
       </c>
       <c r="D39" s="57" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B40" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Gesamtkosten Hochschulen (DB1) ohne Gemeinkostenzuschlag</v>
       </c>
       <c r="C40" s="57" t="s">
         <v>265</v>
       </c>
       <c r="D40" s="57" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B41" s="57" t="str">
         <f t="shared" si="1"/>
         <v>Gemeinkostenzuschlag für Hochschulen (+35%)</v>
       </c>
       <c r="C41" s="57" t="s">
         <v>266</v>
       </c>
       <c r="D41" s="57" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B42" s="57" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Gesamtkosten </v>
       </c>
@@ -22869,58 +22881,58 @@
         <v>70</v>
       </c>
       <c r="D47" s="57" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B48" s="57" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Max. Förderbeitrag Neuentwicklung </v>
       </c>
       <c r="C48" s="57" t="s">
         <v>245</v>
       </c>
       <c r="D48" s="57" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A49" s="56" t="s">
         <v>127</v>
       </c>
-      <c r="B49" s="305" t="str">
+      <c r="B49" s="301" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Förderpauschale Adaption </v>
       </c>
-      <c r="C49" s="305" t="s">
+      <c r="C49" s="301" t="s">
         <v>27</v>
       </c>
-      <c r="D49" s="305" t="s">
+      <c r="D49" s="301" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A50" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B50" s="57" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Max. Förderbeitrag Durchführung </v>
       </c>
       <c r="C50" s="57" t="s">
         <v>246</v>
       </c>
       <c r="D50" s="57" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A51" s="56" t="s">
         <v>127</v>
       </c>
       <c r="B51" s="57" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Max. Förderbeitrag Masterarbeiten </v>
@@ -23578,51 +23590,51 @@
       </c>
       <c r="D95" s="57" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A96" s="56" t="s">
         <v>64</v>
       </c>
       <c r="B96" s="57" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">Total Zahlungen </v>
       </c>
       <c r="C96" s="57" t="s">
         <v>82</v>
       </c>
       <c r="D96" s="57" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B97" s="57" t="str">
         <f t="shared" si="2"/>
         <v>Lehrgang abgerechnet (ja=Übertrag in "Übersicht")</v>
       </c>
-      <c r="C97" s="117" t="s">
+      <c r="C97" s="116" t="s">
         <v>228</v>
       </c>
       <c r="D97" s="57" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A100" s="56" t="s">
         <v>140</v>
       </c>
       <c r="B100" s="57" t="str">
         <f t="shared" ref="B100:B125" si="3">IF(Sprache = 1, C100, D100)</f>
         <v>Übersicht Gesamtantrag</v>
       </c>
       <c r="C100" s="57" t="s">
         <v>85</v>
       </c>
       <c r="D100" s="57" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A101" s="56" t="s">
         <v>140</v>
       </c>
@@ -23649,58 +23661,58 @@
         <v>72</v>
       </c>
       <c r="D102" s="57" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A103" s="56" t="s">
         <v>140</v>
       </c>
       <c r="B103" s="57" t="str">
         <f t="shared" si="3"/>
         <v>Anzahl Neuentwicklungen</v>
       </c>
       <c r="C103" s="57" t="s">
         <v>73</v>
       </c>
       <c r="D103" s="57" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A104" s="56" t="s">
         <v>140</v>
       </c>
-      <c r="B104" s="305" t="str">
+      <c r="B104" s="301" t="str">
         <f t="shared" si="3"/>
         <v>Anzahl Adaptionen</v>
       </c>
-      <c r="C104" s="305" t="s">
+      <c r="C104" s="301" t="s">
         <v>74</v>
       </c>
-      <c r="D104" s="305" t="s">
+      <c r="D104" s="301" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A105" s="56" t="s">
         <v>140</v>
       </c>
       <c r="B105" s="57" t="str">
         <f t="shared" si="3"/>
         <v>Anzahl durchgeführter Lehrgänge</v>
       </c>
       <c r="C105" s="57" t="s">
         <v>71</v>
       </c>
       <c r="D105" s="57" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A106" s="56" t="s">
         <v>140</v>
       </c>
       <c r="B106" s="57" t="str">
         <f t="shared" si="3"/>
         <v>Anzahl Masterarbeiten</v>
@@ -23998,97 +24010,97 @@
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="3rqhhMz+5ydwgXBtrkHEYixusGIDokQ9U+ybobTUVlVsc0ei2Ap+sHhx6iQA10kUAFKgefXLj2V089VbwW0Q5w==" saltValue="OCv2xGj9OLp7pjyzzIiwcA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="C16" location="Budget!H2" display="Gehe zu Tabellenblatt &quot;Budget&quot;" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
     <hyperlink ref="C17" location="Rechnung!H2" display="Gehe zu Tabellenblatt &quot;Rechnung&quot;" xr:uid="{00000000-0004-0000-0500-000001000000}"/>
     <hyperlink ref="C18" location="Übersicht!A1" display="Gehe zu Tabellenblatt &quot;Übersicht&quot;" xr:uid="{00000000-0004-0000-0500-000002000000}"/>
     <hyperlink ref="D16" location="Budget!H2" display="Gehe zu Tabellenblatt &quot;Budget&quot;" xr:uid="{00000000-0004-0000-0500-000003000000}"/>
     <hyperlink ref="D17" location="Rechnung!H2" display="Gehe zu Tabellenblatt &quot;Rechnung&quot;" xr:uid="{00000000-0004-0000-0500-000004000000}"/>
     <hyperlink ref="D18" location="Übersicht!A1" display="Gehe zu Tabellenblatt &quot;Übersicht&quot;" xr:uid="{00000000-0004-0000-0500-000005000000}"/>
     <hyperlink ref="C15" r:id="rId1" display="Merkblatt Lehrgänge" xr:uid="{00000000-0004-0000-0500-000006000000}"/>
     <hyperlink ref="D15" r:id="rId2" display="Fiche d'information sur les cours de formation" xr:uid="{00000000-0004-0000-0500-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="B1:K13"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="I16" sqref="I16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="3" width="13.85546875" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" customWidth="1"/>
     <col min="5" max="5" width="17.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:11" ht="18" x14ac:dyDescent="0.25">
       <c r="B2" s="5" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="3" spans="2:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:11" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="325" t="s">
+      <c r="B4" s="318" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="326"/>
-      <c r="D4" s="336" t="s">
+      <c r="C4" s="319"/>
+      <c r="D4" s="329" t="s">
         <v>9</v>
       </c>
-      <c r="E4" s="336" t="s">
+      <c r="E4" s="329" t="s">
         <v>1</v>
       </c>
-      <c r="F4" s="338" t="s">
+      <c r="F4" s="331" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="339"/>
-[...2 lines deleted...]
-      <c r="J4" s="340"/>
+      <c r="G4" s="332"/>
+      <c r="H4" s="332"/>
+      <c r="I4" s="332"/>
+      <c r="J4" s="333"/>
       <c r="K4" s="1"/>
     </row>
     <row r="5" spans="2:11" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="37" t="s">
         <v>56</v>
       </c>
       <c r="C5" s="36" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="337"/>
-      <c r="E5" s="337"/>
+      <c r="D5" s="330"/>
+      <c r="E5" s="330"/>
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3">
         <v>11</v>
       </c>
       <c r="H5" s="3">
         <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>13</v>
       </c>
       <c r="J5" s="4">
         <v>14</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="38">
         <v>10</v>
       </c>
       <c r="C6" s="38">
         <v>15</v>
@@ -24193,149 +24205,154 @@
         <v>70000</v>
       </c>
       <c r="E9" s="68">
         <v>0</v>
       </c>
       <c r="F9" s="68">
         <v>20000</v>
       </c>
       <c r="G9" s="68">
         <v>16000</v>
       </c>
       <c r="H9" s="68">
         <v>12000</v>
       </c>
       <c r="I9" s="68">
         <v>8000</v>
       </c>
       <c r="J9" s="68">
         <v>8000</v>
       </c>
       <c r="K9" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="327" t="s">
+      <c r="B10" s="320" t="s">
         <v>24</v>
       </c>
-      <c r="C10" s="328"/>
-[...8 lines deleted...]
-      <c r="J10" s="333"/>
+      <c r="C10" s="321"/>
+      <c r="D10" s="324" t="s">
+        <v>300</v>
+      </c>
+      <c r="E10" s="325"/>
+      <c r="F10" s="325"/>
+      <c r="G10" s="325"/>
+      <c r="H10" s="325"/>
+      <c r="I10" s="325"/>
+      <c r="J10" s="326"/>
       <c r="K10" s="1"/>
     </row>
     <row r="11" spans="2:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="329" t="s">
+      <c r="B11" s="322" t="s">
         <v>25</v>
       </c>
-      <c r="C11" s="330"/>
-      <c r="D11" s="334">
+      <c r="C11" s="323"/>
+      <c r="D11" s="327">
         <v>3000</v>
       </c>
-      <c r="E11" s="335"/>
-[...5 lines deleted...]
-      <c r="K11" s="335"/>
+      <c r="E11" s="328"/>
+      <c r="F11" s="328"/>
+      <c r="G11" s="328"/>
+      <c r="H11" s="328"/>
+      <c r="I11" s="328"/>
+      <c r="J11" s="328"/>
+      <c r="K11" s="328"/>
     </row>
     <row r="13" spans="2:11" x14ac:dyDescent="0.2">
       <c r="D13" s="40"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="+zDmU5wqUDU9UijsFGAufpzYcekUZYvOymtm2ratRnG+LxSSAmYhHCeFgAaZkSgvpH1xrv2NHezuPBYvGvHK5A==" saltValue="NoAmjYm8Ajgor1LOLD2ZZQ==" spinCount="100000" sheet="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="PVCNbIrIX0v5N5bz/wZpldc8jWx8OCs6gTCMb5rwOKqEHpBNxl3Yll5ALThdSNQ6PSgFpThIW+QI/83yFgD6pQ==" saltValue="NZxdtmF0w4e215id+nOpsg==" spinCount="100000" sheet="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="D10:J10"/>
     <mergeCell ref="D11:K11"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:J4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Information</vt:lpstr>
       <vt:lpstr>Budget</vt:lpstr>
       <vt:lpstr>Rechnung</vt:lpstr>
       <vt:lpstr>Übersicht</vt:lpstr>
       <vt:lpstr>Tabelle1</vt:lpstr>
       <vt:lpstr>Tabelle2</vt:lpstr>
       <vt:lpstr>Metadaten</vt:lpstr>
       <vt:lpstr>Übersetzungen</vt:lpstr>
       <vt:lpstr>Fördersystematik</vt:lpstr>
+      <vt:lpstr>Budget!Druckbereich</vt:lpstr>
+      <vt:lpstr>Information!Druckbereich</vt:lpstr>
+      <vt:lpstr>Rechnung!Druckbereich</vt:lpstr>
+      <vt:lpstr>Übersicht!Druckbereich</vt:lpstr>
       <vt:lpstr>Sprache</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bundesverwaltung</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Schäfli Barbara BFE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_SetDate">
     <vt:lpwstr>2025-03-04T13:46:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_Name">
     <vt:lpwstr>L1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_SiteId">
     <vt:lpwstr>6ae27add-8276-4a38-88c1-3a9c1f973767</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_245c3252-146d-46f3-8062-82cd8c8d7e7d_ActionId">
     <vt:lpwstr>09ba7a0d-ea10-4d4d-9fa8-5a8c71cbdde0</vt:lpwstr>
   </property>